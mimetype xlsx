--- v0 (2026-01-21)
+++ v1 (2026-03-23)
@@ -278,51 +278,51 @@
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>Maeve PU Leather Crossbody</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t>126624</t>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
           <t>BLANK MAEVE DG:126624</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t>999126624019</t>
         </is>
       </c>
       <c r="I6" s="0">
         <v>40</v>
       </c>
       <c r="J6" s="0">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="7" spans="1:10" customHeight="0">
       <c r="A7" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fin6pcbc5v2un7j098d7t/8720fg-172146.jpg?rlkey=vm2vhp8g1m2uhzpruesrrq1ef&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>Maeve PU Leather Crossbody</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t>126510</t>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
           <t>BLANK MAEVE BC:126510</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>999126510015</t>
         </is>
@@ -615,51 +615,51 @@
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>Rynn Belt Bag</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t>152854</t>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
           <t>BLANK RYNN BK:152854</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
           <t>999152854015</t>
         </is>
       </c>
       <c r="I18" s="0">
         <v>33.99</v>
       </c>
       <c r="J18" s="0">
-        <v>149</v>
+        <v>148</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="0">
       <c r="A19" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/urrdv81ptv76ws99cv8px/105844af.jpg?rlkey=f2aui2to4ue96r8ylwj6j2jem&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>12 Can PU Cooler</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t>105844</t>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
           <t>12 CAN COOLER:105844</t>
         </is>
       </c>
       <c r="I19" s="0">
         <v>29.99</v>
       </c>
       <c r="J19" s="0">
@@ -921,51 +921,51 @@
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>Bolt Tote</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t>122043</t>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
           <t>BLANK BOLT TOTE:122043</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
           <t>999122043012</t>
         </is>
       </c>
       <c r="I29" s="0">
         <v>39.99</v>
       </c>
       <c r="J29" s="0">
-        <v>279</v>
+        <v>278</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="0">
       <c r="A30" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/bds93ay2bxsshbf3k2oyj/rachellem.jpg?rlkey=aeyaxdewc1w5d9gnpzhj82d1c&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>Rachelle 2.0 Clear Stadium-Approved Tote</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t>152852</t>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
           <t>BLANK RACHEL BK:152852</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
           <t>999152852011</t>
         </is>
@@ -1014,51 +1014,51 @@
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>Conrad Organic Cotton Tote</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t>152851</t>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
           <t>BLANK CONRAD WE:152851</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
           <t>999152851014</t>
         </is>
       </c>
       <c r="I32" s="0">
         <v>33.99</v>
       </c>
       <c r="J32" s="0">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="0">
       <c r="A33" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yhk0wpfl4o6jdb1qr5a4s/micah-150718-af.jpg?rlkey=dprpd00b4k27fzii5wogza5hg&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>Micah Clear Stadium-Approved Crossbody</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t>150718</t>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
           <t>BLANK MICAH CL:150718</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
           <t>999150718012</t>
         </is>
@@ -1107,82 +1107,82 @@
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>Receiver Versatile Backpack</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t>143846</t>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
           <t>BLANK RECEIV BK:143846</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
           <t>999143846012</t>
         </is>
       </c>
       <c r="I35" s="0">
         <v>49.99</v>
       </c>
       <c r="J35" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="0">
       <c r="A36" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tlzmxbgdgs59am09cf9up/143344-tn.jpg?rlkey=mgkm4lfdwbmqa0iyfzsirm32l&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>Benton Canvas Backpack Cooler</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t>143344</t>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
           <t>BLANK BENTON BK:143344</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
           <t>999143344013</t>
         </is>
       </c>
       <c r="I36" s="0">
         <v>59.99</v>
       </c>
       <c r="J36" s="0">
-        <v>66</v>
+        <v>64</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="0">
       <c r="A37" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/71bl52i7clfdyrlo544mq/benton-t.jpg?rlkey=mgwfh95dif0bf8b0hacv3ee7p&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
           <t>Benton Canvas Backpack Cooler</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t>141712</t>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
           <t>BLANK BENTON BN:141712</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
           <t>999141712012</t>
         </is>
@@ -1200,82 +1200,82 @@
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>Hank Canvas Lunch Cooler</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t>141713</t>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
           <t>BLANK HANK BN:141713</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
           <t>999141713019</t>
         </is>
       </c>
       <c r="I38" s="0">
         <v>39.99</v>
       </c>
       <c r="J38" s="0">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="0">
       <c r="A39" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/d4b8vyz9y768wlpy7xl6k/davist.jpg?rlkey=ol5g6hd3ebvo1yp7a0gx36m02&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>Davis Canvas Sling Bag</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t>141790</t>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
           <t>BLANK DAVIS BN:141790</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
           <t>999141790010</t>
         </is>
       </c>
       <c r="I39" s="0">
         <v>39.99</v>
       </c>
       <c r="J39" s="0">
-        <v>276</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="0">
       <c r="A40" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/avesm5bwn7gx14a77td7u/davis-bk.jpg?rlkey=3ev9p0bh9jo2mxgid1jfa4so8&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>Davis Canvas Sling Bag</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t>143345</t>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
           <t>BLANK DAVIS BK:143345</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
           <t>999143345010</t>
         </is>
@@ -1293,51 +1293,51 @@
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>Rachelle Clear Stadium-Approved Tote</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t>136812</t>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
           <t>BLANK RACHEL BK:136812</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
           <t>999136812017</t>
         </is>
       </c>
       <c r="I41" s="0">
         <v>16.99</v>
       </c>
       <c r="J41" s="0">
-        <v>10</v>
+        <v>46</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="0">
       <c r="A42" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/53b3qegbzr7vzd20qxkjm/rachelle-136814-f.jpg?rlkey=jzyqbutrjvyx5r7bciq3x3ecb&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
           <t>Rachelle Clear Stadium-Approved Tote</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t>136814</t>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
           <t>BLANK RACHEL PE:136814</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
           <t>999136814011</t>
         </is>
@@ -2006,82 +2006,82 @@
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>Alvia Camo Strap Tote</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t>125529</t>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
           <t>BLANK ALVIA BK:125529</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
           <t>999125529018</t>
         </is>
       </c>
       <c r="I64" s="0">
         <v>42.99</v>
       </c>
       <c r="J64" s="0">
-        <v>183</v>
+        <v>181</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="0">
       <c r="A65" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8rx6pr6uf8tosjd9ebpfn/125530-af.jpg?rlkey=nzj6lehx5f6g2hv582stc4s2f&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>Jayln PVC Tote</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t>125530</t>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
           <t>BLANK JALYN BK:125530</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
           <t>999125530014</t>
         </is>
       </c>
       <c r="I65" s="0">
         <v>42.99</v>
       </c>
       <c r="J65" s="0">
-        <v>197</v>
+        <v>195</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="0">
       <c r="A66" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7qk7g6ad9r95dguacrriz/112037-af.jpg?rlkey=1nhvbbrf0j0lcrhdqunftgryn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>Corby Canvas Tote</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t>112037</t>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
           <t>BLANK CORBY KI:112037</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
           <t>990112037004</t>
         </is>
@@ -2099,82 +2099,82 @@
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>Jordan Roll Top Messenger</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t>126726</t>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
           <t>BLANK JORDAN BK:126726</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
           <t>999126726010</t>
         </is>
       </c>
       <c r="I67" s="0">
         <v>39.99</v>
       </c>
       <c r="J67" s="0">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="0">
       <c r="A68" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n8dv4j7bs6ufgj08khzek/stellamn.jpg?rlkey=8eigav8al0lc3haeczy317d0f&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>Stellan Camo Neoprene Crossbody</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t>129032</t>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
           <t>BLANK STELLAN BK:129032</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
           <t>999129032019</t>
         </is>
       </c>
       <c r="I68" s="0">
         <v>33.99</v>
       </c>
       <c r="J68" s="0">
-        <v>419</v>
+        <v>418</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="0">
       <c r="A69" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3y9rggtekymbnuo4n62qy/tacticalcarry132682.jpg?rlkey=q05c0dm5e34fqqux4mrp4424m&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>Tactical Carry Ripstop Sling</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t>132708</t>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
           <t>AB TAC CARRY BK:132708</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
           <t>999132708017</t>
         </is>
@@ -2192,82 +2192,82 @@
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>Huck Crosshatch Duffle Bag</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t>129692</t>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
           <t>BLANK HUCK GY:129692</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
           <t>999129692015</t>
         </is>
       </c>
       <c r="I70" s="0">
         <v>42.99</v>
       </c>
       <c r="J70" s="0">
-        <v>269</v>
+        <v>267</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="0">
       <c r="A71" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o5fi28wstfhgv4rdi09i4/mvp-135959-af.jpg?rlkey=tx3t1j10t1w8c8254k1gs8shs&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
           <t>MVP 12-Can Crosshatch Cooler</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t>135959</t>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
           <t>BLANK MVP BK:135959</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
           <t>999135959010</t>
         </is>
       </c>
       <c r="I71" s="0">
         <v>29.99</v>
       </c>
       <c r="J71" s="0">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="0">
       <c r="A72" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6xjbx91yadvym11er2qbf/mvp-138735-af.jpg?rlkey=rqvbvs6i92iygns0d22i2a8lt&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
           <t>MVP 12-Can Crosshatch Cooler</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t>138735</t>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
           <t>BLANK MVP GY:138735</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
           <t>999138735017</t>
         </is>
@@ -2316,51 +2316,51 @@
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
           <t>Stowaway Convertible Backpack</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t>143501</t>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
           <t>BLANK STOWAWAY:143501</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
           <t>999143501010</t>
         </is>
       </c>
       <c r="I74" s="0">
         <v>59.99</v>
       </c>
       <c r="J74" s="0">
-        <v>135</v>
+        <v>133</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="0">
       <c r="A75" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lok6wma98keqsuh6cyqw5/titan-153689-f.jpg?rlkey=hr2z1s38165atyxkf5nuxdpsx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>Titan Soft-Sided Cooler</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t>153689</t>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
           <t>BLANK TITAN BK:153689</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
           <t>999153689012</t>
         </is>
@@ -2388,51 +2388,51 @@
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t>153690</t>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
           <t>BLANK TITAN NY:153690</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
           <t>999153690018</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
           <t>8.25"W X 8"H X 6"D</t>
         </is>
       </c>
       <c r="I76" s="0">
         <v>24.99</v>
       </c>
       <c r="J76" s="0">
-        <v>180</v>
+        <v>176</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="0">
       <c r="A77" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xwpehkjndmrgfj1cgvecx/titan-153691-f.jpg?rlkey=16e1spiq6o6saj981wrfzgtbq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
           <t>Titan Soft-Sided Cooler</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t>153691</t>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
           <t>BLANK TITAN PE:153691</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
           <t>999153691015</t>
         </is>