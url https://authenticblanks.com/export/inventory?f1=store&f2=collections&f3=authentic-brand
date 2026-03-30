--- v0 (2026-02-09)
+++ v1 (2026-03-30)
@@ -72,51 +72,51 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J75"/>
+  <dimension ref="A1:J36"/>
   <sheetData>
     <row r="1" spans="1:10" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>ImageURL</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>SizeChart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Product Name</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Model</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>SKU</t>
@@ -667,2674 +667,958 @@
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
           <t>899114057099</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I14" s="0">
         <v>39.99</v>
       </c>
       <c r="J14" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="0">
       <c r="A15" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/njev5dfsmhtdsxdyv8gel/114056-f.jpg?rlkey=s0jl15vad02uyq7wk5fsocv94&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8yipd39o0s9i7anlsbrs9/110841-f.jpg?rlkey=7d2xjlyc5kghaml6afz4a7hl3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B15" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lyk4ji9tbubstrkcdmy4i/mens-jackets-size-chartsmanchester.jpg?rlkey=sp8nivgn0x506sopychht8e6h&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/opl4c08epx62vso8pcvaw/mens-polo-size-chartsbruce.jpg?rlkey=axgcomzxinndi47fnp9uw7nvz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>Manchester Men's Jacket</t>
+          <t>Space Dye Men's Polo</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
-          <t>114056</t>
+          <t>110841</t>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>BLANK MANCHE M RD:114056A-S</t>
-[...4 lines deleted...]
-          <t>899114056047</t>
+          <t>AUTHENTIC BLACK POLO:110841A - S</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I15" s="0">
-        <v>39.99</v>
+        <v>29.99</v>
       </c>
       <c r="J15" s="0">
-        <v>86</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="0">
       <c r="A16" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/njev5dfsmhtdsxdyv8gel/114056-f.jpg?rlkey=s0jl15vad02uyq7wk5fsocv94&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8yipd39o0s9i7anlsbrs9/110841-f.jpg?rlkey=7d2xjlyc5kghaml6afz4a7hl3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B16" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lyk4ji9tbubstrkcdmy4i/mens-jackets-size-chartsmanchester.jpg?rlkey=sp8nivgn0x506sopychht8e6h&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/opl4c08epx62vso8pcvaw/mens-polo-size-chartsbruce.jpg?rlkey=axgcomzxinndi47fnp9uw7nvz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>Manchester Men's Jacket</t>
+          <t>Space Dye Men's Polo</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
-          <t>114056</t>
+          <t>110841</t>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>BLANK MANCHE M RD:114056B-M</t>
-[...4 lines deleted...]
-          <t>899114056054</t>
+          <t>AUTHENTIC BLACK POLO:110841B - M</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I16" s="0">
-        <v>39.99</v>
+        <v>29.99</v>
       </c>
       <c r="J16" s="0">
-        <v>72</v>
+        <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="0">
       <c r="A17" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/njev5dfsmhtdsxdyv8gel/114056-f.jpg?rlkey=s0jl15vad02uyq7wk5fsocv94&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8yipd39o0s9i7anlsbrs9/110841-f.jpg?rlkey=7d2xjlyc5kghaml6afz4a7hl3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B17" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lyk4ji9tbubstrkcdmy4i/mens-jackets-size-chartsmanchester.jpg?rlkey=sp8nivgn0x506sopychht8e6h&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/opl4c08epx62vso8pcvaw/mens-polo-size-chartsbruce.jpg?rlkey=axgcomzxinndi47fnp9uw7nvz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>Manchester Men's Jacket</t>
+          <t>Space Dye Men's Polo</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
-          <t>114056</t>
+          <t>110841</t>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>BLANK MANCHE M RD:114056C-L</t>
-[...4 lines deleted...]
-          <t>899114056061</t>
+          <t>AUTHENTIC BLACK POLO:110841C - L</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I17" s="0">
-        <v>39.99</v>
+        <v>29.99</v>
       </c>
       <c r="J17" s="0">
-        <v>48</v>
+        <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="0">
       <c r="A18" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/njev5dfsmhtdsxdyv8gel/114056-f.jpg?rlkey=s0jl15vad02uyq7wk5fsocv94&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8yipd39o0s9i7anlsbrs9/110841-f.jpg?rlkey=7d2xjlyc5kghaml6afz4a7hl3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B18" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lyk4ji9tbubstrkcdmy4i/mens-jackets-size-chartsmanchester.jpg?rlkey=sp8nivgn0x506sopychht8e6h&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/opl4c08epx62vso8pcvaw/mens-polo-size-chartsbruce.jpg?rlkey=axgcomzxinndi47fnp9uw7nvz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>Manchester Men's Jacket</t>
+          <t>Space Dye Men's Polo</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
-          <t>114056</t>
+          <t>110841</t>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>BLANK MANCHE M RD:114056D-XL</t>
-[...4 lines deleted...]
-          <t>899114056078</t>
+          <t>AUTHENTIC BLACK POLO:110841D - XL</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I18" s="0">
-        <v>39.99</v>
+        <v>29.99</v>
       </c>
       <c r="J18" s="0">
-        <v>26</v>
+        <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="0">
       <c r="A19" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/njev5dfsmhtdsxdyv8gel/114056-f.jpg?rlkey=s0jl15vad02uyq7wk5fsocv94&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8yipd39o0s9i7anlsbrs9/110841-f.jpg?rlkey=7d2xjlyc5kghaml6afz4a7hl3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B19" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lyk4ji9tbubstrkcdmy4i/mens-jackets-size-chartsmanchester.jpg?rlkey=sp8nivgn0x506sopychht8e6h&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/opl4c08epx62vso8pcvaw/mens-polo-size-chartsbruce.jpg?rlkey=axgcomzxinndi47fnp9uw7nvz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>Manchester Men's Jacket</t>
+          <t>Space Dye Men's Polo</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
-          <t>114056</t>
+          <t>110841</t>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>BLANK MANCHE M RD:114056E-2XL</t>
-[...4 lines deleted...]
-          <t>899114056085</t>
+          <t>AUTHENTIC BLACK POLO:110841E - 2XL</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I19" s="0">
-        <v>39.99</v>
+        <v>29.99</v>
       </c>
       <c r="J19" s="0">
-        <v>14</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="0">
       <c r="A20" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/njev5dfsmhtdsxdyv8gel/114056-f.jpg?rlkey=s0jl15vad02uyq7wk5fsocv94&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8yipd39o0s9i7anlsbrs9/110841-f.jpg?rlkey=7d2xjlyc5kghaml6afz4a7hl3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B20" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lyk4ji9tbubstrkcdmy4i/mens-jackets-size-chartsmanchester.jpg?rlkey=sp8nivgn0x506sopychht8e6h&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/opl4c08epx62vso8pcvaw/mens-polo-size-chartsbruce.jpg?rlkey=axgcomzxinndi47fnp9uw7nvz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>Manchester Men's Jacket</t>
+          <t>Space Dye Men's Polo</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
-          <t>114056</t>
+          <t>110841</t>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>BLANK MANCHE M RD:114056F-3XL</t>
-[...4 lines deleted...]
-          <t>899114056092</t>
+          <t>AUTHENTIC BLACK POLO:110841F - 3XL</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I20" s="0">
-        <v>39.99</v>
+        <v>29.99</v>
       </c>
       <c r="J20" s="0">
-        <v>12</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="0">
       <c r="A21" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wtrmnix45n9yxahwjzjb0/114058f.jpg?rlkey=er1sy88e7bp78yah6o32m4jzs&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zw53346to5204def3idm7/130710-f.jpg?rlkey=u23fiwq04dmlz0vctxzp1p58n&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B21" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lyk4ji9tbubstrkcdmy4i/mens-jackets-size-chartsmanchester.jpg?rlkey=sp8nivgn0x506sopychht8e6h&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yfb829yhi9qatb5w724qv/mens-t-shirt-size-chartssoto-triblend.jpg?rlkey=wu7nckwpbfvp3m3tqkg08buoy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>Manchester Men's Jacket</t>
+          <t>Soto Men's 3/4 Sleeve Shirt</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
-          <t>114058</t>
+          <t>130710</t>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>BLANK MANCHE M NY:114058A-S</t>
+          <t>BLANK SOTO2 M BK:130710A-S</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>899114058041</t>
+          <t>899130710046</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I21" s="0">
-        <v>39.99</v>
+        <v>24.99</v>
       </c>
       <c r="J21" s="0">
-        <v>112</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="0">
       <c r="A22" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wtrmnix45n9yxahwjzjb0/114058f.jpg?rlkey=er1sy88e7bp78yah6o32m4jzs&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zw53346to5204def3idm7/130710-f.jpg?rlkey=u23fiwq04dmlz0vctxzp1p58n&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B22" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lyk4ji9tbubstrkcdmy4i/mens-jackets-size-chartsmanchester.jpg?rlkey=sp8nivgn0x506sopychht8e6h&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yfb829yhi9qatb5w724qv/mens-t-shirt-size-chartssoto-triblend.jpg?rlkey=wu7nckwpbfvp3m3tqkg08buoy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>Manchester Men's Jacket</t>
+          <t>Soto Men's 3/4 Sleeve Shirt</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
-          <t>114058</t>
+          <t>130710</t>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>BLANK MANCHE M NY:114058B-M</t>
+          <t>BLANK SOTO2 M BK:130710B-M</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
-          <t>899114058058</t>
+          <t>899130710053</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I22" s="0">
-        <v>39.99</v>
+        <v>24.99</v>
       </c>
       <c r="J22" s="0">
-        <v>114</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="0">
       <c r="A23" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wtrmnix45n9yxahwjzjb0/114058f.jpg?rlkey=er1sy88e7bp78yah6o32m4jzs&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zw53346to5204def3idm7/130710-f.jpg?rlkey=u23fiwq04dmlz0vctxzp1p58n&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B23" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lyk4ji9tbubstrkcdmy4i/mens-jackets-size-chartsmanchester.jpg?rlkey=sp8nivgn0x506sopychht8e6h&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yfb829yhi9qatb5w724qv/mens-t-shirt-size-chartssoto-triblend.jpg?rlkey=wu7nckwpbfvp3m3tqkg08buoy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>Manchester Men's Jacket</t>
+          <t>Soto Men's 3/4 Sleeve Shirt</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
-          <t>114058</t>
+          <t>130710</t>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>BLANK MANCHE M NY:114058C-L</t>
+          <t>BLANK SOTO2 M BK:130710C-L</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>899114058065</t>
+          <t>899130710060</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I23" s="0">
-        <v>39.99</v>
+        <v>24.99</v>
       </c>
       <c r="J23" s="0">
-        <v>65</v>
+        <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="0">
       <c r="A24" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wtrmnix45n9yxahwjzjb0/114058f.jpg?rlkey=er1sy88e7bp78yah6o32m4jzs&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zw53346to5204def3idm7/130710-f.jpg?rlkey=u23fiwq04dmlz0vctxzp1p58n&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B24" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lyk4ji9tbubstrkcdmy4i/mens-jackets-size-chartsmanchester.jpg?rlkey=sp8nivgn0x506sopychht8e6h&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yfb829yhi9qatb5w724qv/mens-t-shirt-size-chartssoto-triblend.jpg?rlkey=wu7nckwpbfvp3m3tqkg08buoy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>Manchester Men's Jacket</t>
+          <t>Soto Men's 3/4 Sleeve Shirt</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
-          <t>114058</t>
+          <t>130710</t>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>BLANK MANCHE M NY:114058D-XL</t>
+          <t>BLANK SOTO2 M BK:130710D-XL</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>899114058072</t>
+          <t>899130710077</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I24" s="0">
-        <v>39.99</v>
+        <v>24.99</v>
       </c>
       <c r="J24" s="0">
-        <v>44</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="0">
       <c r="A25" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wtrmnix45n9yxahwjzjb0/114058f.jpg?rlkey=er1sy88e7bp78yah6o32m4jzs&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zw53346to5204def3idm7/130710-f.jpg?rlkey=u23fiwq04dmlz0vctxzp1p58n&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B25" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lyk4ji9tbubstrkcdmy4i/mens-jackets-size-chartsmanchester.jpg?rlkey=sp8nivgn0x506sopychht8e6h&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yfb829yhi9qatb5w724qv/mens-t-shirt-size-chartssoto-triblend.jpg?rlkey=wu7nckwpbfvp3m3tqkg08buoy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>Manchester Men's Jacket</t>
+          <t>Soto Men's 3/4 Sleeve Shirt</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
-          <t>114058</t>
+          <t>130710</t>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>BLANK MANCHE M NY:114058E-2XL</t>
+          <t>BLANK SOTO2 M BK:130710E-2XL</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
-          <t>899114058089</t>
+          <t>899130710084</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I25" s="0">
-        <v>39.99</v>
+        <v>26.99</v>
       </c>
       <c r="J25" s="0">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="0">
       <c r="A26" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wtrmnix45n9yxahwjzjb0/114058f.jpg?rlkey=er1sy88e7bp78yah6o32m4jzs&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zw53346to5204def3idm7/130710-f.jpg?rlkey=u23fiwq04dmlz0vctxzp1p58n&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B26" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lyk4ji9tbubstrkcdmy4i/mens-jackets-size-chartsmanchester.jpg?rlkey=sp8nivgn0x506sopychht8e6h&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/yfb829yhi9qatb5w724qv/mens-t-shirt-size-chartssoto-triblend.jpg?rlkey=wu7nckwpbfvp3m3tqkg08buoy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>Manchester Men's Jacket</t>
+          <t>Soto Men's 3/4 Sleeve Shirt</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
-          <t>114058</t>
+          <t>130710</t>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>BLANK MANCHE M NY:114058F-3XL</t>
+          <t>BLANK SOTO2 M BK:130710F-3XL</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
-          <t>899114058096</t>
+          <t>899130710091</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I26" s="0">
-        <v>39.99</v>
+        <v>26.99</v>
       </c>
       <c r="J26" s="0">
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="0">
       <c r="A27" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vppjzk1oe56jpq1sb45gb/114059f.jpg?rlkey=3c95vffz6tmccn0r5faxfwvh9&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lyk4ji9tbubstrkcdmy4i/mens-jackets-size-chartsmanchester.jpg?rlkey=sp8nivgn0x506sopychht8e6h&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/svc5f1j3falqf1oefhj4m/120348afedit73276.jpg?rlkey=h2ssd3c8zb0czjnwwmjnj0anm&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>Manchester Men's Jacket</t>
+          <t>Tactical Sling Bag</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
-          <t>114059</t>
+          <t>121363</t>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>BLANK MANCHE M RL:114059A-S</t>
+          <t>AUTHENTIC TACTICAL BAG:121363</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>899114059048</t>
-[...9 lines deleted...]
-          <t>S</t>
+          <t>998121363015</t>
         </is>
       </c>
       <c r="I27" s="0">
-        <v>39.99</v>
+        <v>49.99</v>
       </c>
       <c r="J27" s="0">
-        <v>94</v>
+        <v>32</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="0">
       <c r="A28" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vppjzk1oe56jpq1sb45gb/114059f.jpg?rlkey=3c95vffz6tmccn0r5faxfwvh9&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lyk4ji9tbubstrkcdmy4i/mens-jackets-size-chartsmanchester.jpg?rlkey=sp8nivgn0x506sopychht8e6h&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/m5atgcf8tae6p7jsbh3c4/authm1.jpg?rlkey=bzccajdbt10zlc6r7tg68pjql&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>Manchester Men's Jacket</t>
+          <t>Authentic Reusable Face Masks 10pk</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
-          <t>114059</t>
+          <t>116970</t>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>BLANK MANCHE M RL:114059B-M</t>
-[...9 lines deleted...]
-          <t>MENS</t>
+          <t>AUTHENTIC BLACK FACEMASK 10PC:116970</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>ADULT</t>
         </is>
       </c>
       <c r="I28" s="0">
-        <v>39.99</v>
+        <v>33.99</v>
       </c>
       <c r="J28" s="0">
-        <v>97</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="0">
       <c r="A29" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vppjzk1oe56jpq1sb45gb/114059f.jpg?rlkey=3c95vffz6tmccn0r5faxfwvh9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rllzcndolwemu3tkrd9jk/122943af11814.png?rlkey=8ldn1oy1k25rdgq0ervnpdis5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B29" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lyk4ji9tbubstrkcdmy4i/mens-jackets-size-chartsmanchester.jpg?rlkey=sp8nivgn0x506sopychht8e6h&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a0tkcb75vhoen7fkpd3ph/womens-size-chartsbowman.jpg?rlkey=lvv5vouaw23ufp7zeaa0vyxgn&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>Manchester Men's Jacket</t>
+          <t>Bowman Women's Jacket</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
-          <t>114059</t>
+          <t>122943</t>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>BLANK MANCHE M RL:114059C-L</t>
+          <t>BOWMAN AB:122943A-S</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>899114059062</t>
+          <t>898122943042</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I29" s="0">
-        <v>39.99</v>
+        <v>59.99</v>
       </c>
       <c r="J29" s="0">
-        <v>41</v>
+        <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="0">
       <c r="A30" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vppjzk1oe56jpq1sb45gb/114059f.jpg?rlkey=3c95vffz6tmccn0r5faxfwvh9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rllzcndolwemu3tkrd9jk/122943af11814.png?rlkey=8ldn1oy1k25rdgq0ervnpdis5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B30" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lyk4ji9tbubstrkcdmy4i/mens-jackets-size-chartsmanchester.jpg?rlkey=sp8nivgn0x506sopychht8e6h&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a0tkcb75vhoen7fkpd3ph/womens-size-chartsbowman.jpg?rlkey=lvv5vouaw23ufp7zeaa0vyxgn&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
-          <t>Manchester Men's Jacket</t>
+          <t>Bowman Women's Jacket</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
-          <t>114059</t>
+          <t>122943</t>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>BLANK MANCHE M RL:114059D-XL</t>
+          <t>BOWMAN AB:122943B-M</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>899114059079</t>
+          <t>898122943059</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I30" s="0">
-        <v>39.99</v>
+        <v>59.99</v>
       </c>
       <c r="J30" s="0">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="0">
       <c r="A31" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vppjzk1oe56jpq1sb45gb/114059f.jpg?rlkey=3c95vffz6tmccn0r5faxfwvh9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rllzcndolwemu3tkrd9jk/122943af11814.png?rlkey=8ldn1oy1k25rdgq0ervnpdis5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B31" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lyk4ji9tbubstrkcdmy4i/mens-jackets-size-chartsmanchester.jpg?rlkey=sp8nivgn0x506sopychht8e6h&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a0tkcb75vhoen7fkpd3ph/womens-size-chartsbowman.jpg?rlkey=lvv5vouaw23ufp7zeaa0vyxgn&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
-          <t>Manchester Men's Jacket</t>
+          <t>Bowman Women's Jacket</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
-          <t>114059</t>
+          <t>122943</t>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>BLANK MANCHE M RL:114059E-2XL</t>
+          <t>BOWMAN AB:122943C-L</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>899114059086</t>
+          <t>898122943066</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I31" s="0">
-        <v>39.99</v>
+        <v>59.99</v>
       </c>
       <c r="J31" s="0">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="0">
       <c r="A32" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vppjzk1oe56jpq1sb45gb/114059f.jpg?rlkey=3c95vffz6tmccn0r5faxfwvh9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rllzcndolwemu3tkrd9jk/122943af11814.png?rlkey=8ldn1oy1k25rdgq0ervnpdis5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B32" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lyk4ji9tbubstrkcdmy4i/mens-jackets-size-chartsmanchester.jpg?rlkey=sp8nivgn0x506sopychht8e6h&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a0tkcb75vhoen7fkpd3ph/womens-size-chartsbowman.jpg?rlkey=lvv5vouaw23ufp7zeaa0vyxgn&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
-          <t>Manchester Men's Jacket</t>
+          <t>Bowman Women's Jacket</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
-          <t>114059</t>
+          <t>122943</t>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>BLANK MANCHE M RL:114059F-3XL</t>
+          <t>BOWMAN AB:122943D-XL</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>899114059093</t>
+          <t>898122943073</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I32" s="0">
-        <v>39.99</v>
+        <v>59.99</v>
       </c>
       <c r="J32" s="0">
-        <v>7</v>
+        <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="0">
       <c r="A33" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8yipd39o0s9i7anlsbrs9/110841-f.jpg?rlkey=7d2xjlyc5kghaml6afz4a7hl3&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rllzcndolwemu3tkrd9jk/122943af11814.png?rlkey=8ldn1oy1k25rdgq0ervnpdis5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B33" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/opl4c08epx62vso8pcvaw/mens-polo-size-chartsbruce.jpg?rlkey=axgcomzxinndi47fnp9uw7nvz&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a0tkcb75vhoen7fkpd3ph/womens-size-chartsbowman.jpg?rlkey=lvv5vouaw23ufp7zeaa0vyxgn&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
-          <t>Space Dye Men's Polo</t>
+          <t>Bowman Women's Jacket</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
-          <t>110841</t>
+          <t>122943</t>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>AUTHENTIC BLACK POLO:110841A - S</t>
+          <t>BOWMAN AB:122943E-2XL</t>
+        </is>
+      </c>
+      <c r="F33" s="0" t="inlineStr">
+        <is>
+          <t>898122943080</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I33" s="0">
-        <v>29.99</v>
+        <v>59.99</v>
       </c>
       <c r="J33" s="0">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="0">
       <c r="A34" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8yipd39o0s9i7anlsbrs9/110841-f.jpg?rlkey=7d2xjlyc5kghaml6afz4a7hl3&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/milekmz6rni87sjpqgt2v/114059-f.jpg?rlkey=mvnbebbfeunynwgpzf06me91e&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B34" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/opl4c08epx62vso8pcvaw/mens-polo-size-chartsbruce.jpg?rlkey=axgcomzxinndi47fnp9uw7nvz&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tv0xzchmu8ne6z3a3v7of/graphic-update22022-youth.jpg?rlkey=zvunh7dcvl73sqaie5jxojo5j&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
-          <t>Space Dye Men's Polo</t>
+          <t>Manchester Youth Sports Jacket</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
-          <t>110841</t>
+          <t>114059</t>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>AUTHENTIC BLACK POLO:110841B - M</t>
+          <t>BLANK MANCHE Y RL:114059B-YS</t>
+        </is>
+      </c>
+      <c r="F34" s="0" t="inlineStr">
+        <is>
+          <t>899114059017</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>YS</t>
         </is>
       </c>
       <c r="I34" s="0">
-        <v>29.99</v>
+        <v>46.99</v>
       </c>
       <c r="J34" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="0">
       <c r="A35" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8yipd39o0s9i7anlsbrs9/110841-f.jpg?rlkey=7d2xjlyc5kghaml6afz4a7hl3&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/milekmz6rni87sjpqgt2v/114059-f.jpg?rlkey=mvnbebbfeunynwgpzf06me91e&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B35" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/opl4c08epx62vso8pcvaw/mens-polo-size-chartsbruce.jpg?rlkey=axgcomzxinndi47fnp9uw7nvz&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tv0xzchmu8ne6z3a3v7of/graphic-update22022-youth.jpg?rlkey=zvunh7dcvl73sqaie5jxojo5j&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
-          <t>Space Dye Men's Polo</t>
+          <t>Manchester Youth Sports Jacket</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
-          <t>110841</t>
+          <t>114059</t>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>AUTHENTIC BLACK POLO:110841C - L</t>
+          <t>BLANK MANCHE Y RL:114059C-YM</t>
+        </is>
+      </c>
+      <c r="F35" s="0" t="inlineStr">
+        <is>
+          <t>899114059024</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>YM</t>
         </is>
       </c>
       <c r="I35" s="0">
-        <v>29.99</v>
+        <v>46.99</v>
       </c>
       <c r="J35" s="0">
-        <v>38</v>
+        <v>57</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="0">
       <c r="A36" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8yipd39o0s9i7anlsbrs9/110841-f.jpg?rlkey=7d2xjlyc5kghaml6afz4a7hl3&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/milekmz6rni87sjpqgt2v/114059-f.jpg?rlkey=mvnbebbfeunynwgpzf06me91e&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B36" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/opl4c08epx62vso8pcvaw/mens-polo-size-chartsbruce.jpg?rlkey=axgcomzxinndi47fnp9uw7nvz&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tv0xzchmu8ne6z3a3v7of/graphic-update22022-youth.jpg?rlkey=zvunh7dcvl73sqaie5jxojo5j&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
-          <t>Space Dye Men's Polo</t>
+          <t>Manchester Youth Sports Jacket</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
-          <t>110841</t>
+          <t>114059</t>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>AUTHENTIC BLACK POLO:110841D - XL</t>
+          <t>BLANK MANCHE Y RL:114059D-YL</t>
+        </is>
+      </c>
+      <c r="F36" s="0" t="inlineStr">
+        <is>
+          <t>899114059031</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>MENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>YL</t>
         </is>
       </c>
       <c r="I36" s="0">
-        <v>29.99</v>
+        <v>46.99</v>
       </c>
       <c r="J36" s="0">
-        <v>37</v>
-[...1282 lines deleted...]
-      <c r="J66" s="0">
         <v>64</v>
-      </c>
-[...394 lines deleted...]
-        <v>108</v>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>