--- v0 (2026-01-28)
+++ v1 (2026-03-18)
@@ -72,51 +72,51 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J92"/>
+  <dimension ref="A1:J93"/>
   <sheetData>
     <row r="1" spans="1:10" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>ImageURL</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>SizeChart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Product Name</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Model</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>SKU</t>
@@ -195,51 +195,51 @@
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>Benton Canvas Backpack Cooler</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t>143344</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
           <t>BLANK BENTON BK:143344</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>999143344013</t>
         </is>
       </c>
       <c r="I3" s="0">
         <v>59.99</v>
       </c>
       <c r="J3" s="0">
-        <v>66</v>
+        <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:10" customHeight="0">
       <c r="A4" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/71bl52i7clfdyrlo544mq/benton-t.jpg?rlkey=mgwfh95dif0bf8b0hacv3ee7p&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>Benton Canvas Backpack Cooler</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t>141712</t>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
           <t>BLANK BENTON BN:141712</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
           <t>999141712012</t>
         </is>
@@ -257,51 +257,51 @@
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>Hank Canvas Lunch Cooler</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t>141713</t>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
           <t>BLANK HANK BN:141713</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t>999141713019</t>
         </is>
       </c>
       <c r="I5" s="0">
         <v>39.99</v>
       </c>
       <c r="J5" s="0">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="6" spans="1:10" customHeight="0">
       <c r="A6" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6fwt7hqronupu5xuqsyh4/hankt.jpg?rlkey=pzno1snfqmh51egqogdsasly0&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>Hank Canvas Lunch Cooler</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t>143343</t>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
           <t>BLANK HANK BK:143343</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t>999143343016</t>
         </is>
@@ -319,51 +319,51 @@
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>Davis Canvas Sling Bag</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t>141790</t>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
           <t>BLANK DAVIS BN:141790</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>999141790010</t>
         </is>
       </c>
       <c r="I7" s="0">
         <v>39.99</v>
       </c>
       <c r="J7" s="0">
-        <v>276</v>
+        <v>252</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="0">
       <c r="A8" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/avesm5bwn7gx14a77td7u/davis-bk.jpg?rlkey=3ev9p0bh9jo2mxgid1jfa4so8&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>Davis Canvas Sling Bag</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t>143345</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
           <t>BLANK DAVIS BK:143345</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t>999143345010</t>
         </is>
@@ -438,139 +438,139 @@
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
           <t>ABNER M BK:124328B-M</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t>898124328052</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I10" s="0">
         <v>64.99</v>
       </c>
       <c r="J10" s="0">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="0">
       <c r="A11" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3culz3uj20r5gh5dqtu32/124328f.jpg?rlkey=97zmnl35zdffkmscnhgtxe8zd&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B11" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k9kw3tvx5cxew21ahlngu/mens-hoodie-size-chartsabner-hoodie2.jpg?rlkey=4amhg2r1mjr5k2lihp1si6o0k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>Abner Men's Heavyweight Hoodie</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t>124328</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
           <t>ABNER M BK:124328C-L</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t>898124328069</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I11" s="0">
         <v>64.99</v>
       </c>
       <c r="J11" s="0">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="0">
       <c r="A12" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3culz3uj20r5gh5dqtu32/124328f.jpg?rlkey=97zmnl35zdffkmscnhgtxe8zd&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B12" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k9kw3tvx5cxew21ahlngu/mens-hoodie-size-chartsabner-hoodie2.jpg?rlkey=4amhg2r1mjr5k2lihp1si6o0k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>Abner Men's Heavyweight Hoodie</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t>124328</t>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
           <t>ABNER M BK:124328D-XL</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t>898124328076</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I12" s="0">
         <v>64.99</v>
       </c>
       <c r="J12" s="0">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="0">
       <c r="A13" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3culz3uj20r5gh5dqtu32/124328f.jpg?rlkey=97zmnl35zdffkmscnhgtxe8zd&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B13" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k9kw3tvx5cxew21ahlngu/mens-hoodie-size-chartsabner-hoodie2.jpg?rlkey=4amhg2r1mjr5k2lihp1si6o0k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>Abner Men's Heavyweight Hoodie</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t>124328</t>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
           <t>ABNER M BK:124328E-2XL</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
@@ -4047,50 +4047,91 @@
       <c r="E92" s="0" t="inlineStr">
         <is>
           <t>BLANK CAIN M QBK:135677F-3XLT</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
           <t>899135677160</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
           <t>3XL TALL</t>
         </is>
       </c>
       <c r="I92" s="0">
         <v>159.99</v>
       </c>
       <c r="J92" s="0">
         <v>2</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" customHeight="0">
+      <c r="A93" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/i92fuvaykfp9r5l0jhrmx/walker.jpg?rlkey=1102218deev1nq4ludre9ytwa&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="C93" s="0" t="inlineStr">
+        <is>
+          <t>Walker Oil Cloth Cap</t>
+        </is>
+      </c>
+      <c r="D93" s="0" t="inlineStr">
+        <is>
+          <t>140614</t>
+        </is>
+      </c>
+      <c r="E93" s="0" t="inlineStr">
+        <is>
+          <t>BLANK OIL M TN:140614</t>
+        </is>
+      </c>
+      <c r="F93" s="0" t="inlineStr">
+        <is>
+          <t>799140614009</t>
+        </is>
+      </c>
+      <c r="G93" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H93" s="0" t="inlineStr">
+        <is>
+          <t>STANDARD MENS</t>
+        </is>
+      </c>
+      <c r="I93" s="0">
+        <v>29.99</v>
+      </c>
+      <c r="J93" s="0">
+        <v>137</v>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>