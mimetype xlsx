--- v0 (2026-01-30)
+++ v1 (2026-03-18)
@@ -72,51 +72,51 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J764"/>
+  <dimension ref="A1:J765"/>
   <sheetData>
     <row r="1" spans="1:10" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>ImageURL</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>SizeChart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Product Name</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Model</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>SKU</t>
@@ -796,51 +796,51 @@
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
           <t>BLANK LIZA W RL:140263</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
           <t>799140263016</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I19" s="0">
         <v>24.99</v>
       </c>
       <c r="J19" s="0">
-        <v>531</v>
+        <v>516</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="0">
       <c r="A20" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/97wl250pex6xl3zyihr9l/liza-140252-tn.jpg?rlkey=qnzsd0pvndra8i1niqfnrmkn3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>Liza Women's Criss-Cross Ponytail Cap</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t>140252</t>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
           <t>BLANK LIZA W PK:140252</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
           <t>799140252010</t>
         </is>
@@ -919,51 +919,51 @@
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
           <t>BLANK LIZA W WE:140255</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
           <t>799140255011</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I22" s="0">
         <v>24.99</v>
       </c>
       <c r="J22" s="0">
-        <v>548</v>
+        <v>544</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="0">
       <c r="A23" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4kafe8n6qmbeklea1p6ss/liza-140254-tn.jpg?rlkey=w2bs7rkk1dpribo6oij4y2r3p&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>Liza Women's Criss-Cross Ponytail Cap</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t>140254</t>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
           <t>BLANK LIZA W RD:140254</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
           <t>799140254014</t>
         </is>
@@ -1083,51 +1083,51 @@
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
           <t>BLANK LIZA W BN:140256</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t>799140256018</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I26" s="0">
         <v>24.99</v>
       </c>
       <c r="J26" s="0">
-        <v>569</v>
+        <v>566</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="0">
       <c r="A27" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9eywzkczfq5xhdjzn2fyo/liza.jpg?rlkey=t5ds0w30gelx7sjpcauwstijh&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>Liza Women's Criss-Cross Ponytail Cap</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t>140253</t>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
           <t>BLANK LIZA W GN:140253</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
           <t>799140253017</t>
         </is>
@@ -1570,51 +1570,51 @@
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t>110543</t>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
           <t>MADDOX DK GREY BLACK:110543STANDARD-58CM</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I38" s="0">
         <v>19.99</v>
       </c>
       <c r="J38" s="0">
-        <v>1134</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="0">
       <c r="A39" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e5spq0cjd23r6of87fw8n/110544-af.jpg?rlkey=m1ztgj8rakkiwpdb83f6bj80k&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>Maddox Men's Cotton Twill Cap</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t>110544</t>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
           <t>MADDOX DK GREY ROYAL:110544STANDARD-58CM</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
@@ -1786,51 +1786,51 @@
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t>110550</t>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
           <t>MADDOX DK GREY N ORANGE:110550STANDARD-58CM</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I44" s="0">
         <v>19.99</v>
       </c>
       <c r="J44" s="0">
-        <v>206</v>
+        <v>204</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="0">
       <c r="A45" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7676w84y3s7k7annpl1d9/110551-af.jpg?rlkey=6orqcdxozbzijce2sdyv74rzp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>Maddox Men's Cotton Twill Cap</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t>110551</t>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
           <t>MADDOX DK GREY N GREEN:110551STANDARD-58CM</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
@@ -2038,51 +2038,51 @@
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t>110560</t>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
           <t>MADDOX BLACK MED GREY:110560STANDARD-58CM</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I51" s="0">
         <v>19.99</v>
       </c>
       <c r="J51" s="0">
-        <v>875</v>
+        <v>863</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="0">
       <c r="A52" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sa4fsjdkn2sdjfv9kz9d8/110561-af.jpg?rlkey=l5mzuiy4ugnk88d5qqxp1oby2&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
           <t>Maddox Men's Cotton Twill Cap</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t>110561</t>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
           <t>MADDOX BLACK N YELLOW:110561STANDARD-58CM</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
@@ -2254,123 +2254,123 @@
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t>110567</t>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
           <t>MADDOX BLACK ATH GOLD:110567STANDARD-58CM</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I57" s="0">
         <v>19.99</v>
       </c>
       <c r="J57" s="0">
-        <v>318</v>
+        <v>317</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="0">
       <c r="A58" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wc37mgnkf5d2y1vay3ws8/110531-af.jpg?rlkey=wizi42hznpjph5gkesoqj9yl1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
           <t>Maddox Men's Cotton Twill Cap</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t>110531</t>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
           <t>MADDOX OD GREEN BLACK:110531STANDARD-58CM</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I58" s="0">
         <v>19.99</v>
       </c>
       <c r="J58" s="0">
-        <v>1103</v>
+        <v>971</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="0">
       <c r="A59" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xvhtrrjkgzctpfh08760j/110573-af.jpg?rlkey=s8nw7h4grsw01mcekrkp4skx4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
           <t>Maddox Men's Cotton Twill Cap</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
           <t>110573</t>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
           <t>MADDOX OD GREEN KHAKI:110573STANDARD-58CM</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I59" s="0">
         <v>19.99</v>
       </c>
       <c r="J59" s="0">
-        <v>472</v>
+        <v>436</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="0">
       <c r="A60" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0a0kcwdnobvc90tuyxsjt/110574-af.jpg?rlkey=42ambxkmcnai1v33q25kjusow&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>Maddox Men's Cotton Twill Cap</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t>110574</t>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
           <t>MADDOX RED WHITE:110574STANDARD-58CM</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
@@ -2434,51 +2434,51 @@
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t>110576</t>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
           <t>MADDOX RED BLACK:110576STANDARD-58CM</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I62" s="0">
         <v>19.99</v>
       </c>
       <c r="J62" s="0">
-        <v>1954</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="0">
       <c r="A63" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qsc8n5ydqlw7k3limi35e/110577-af.png?rlkey=ul5oi18ohw9bfv0gqoxlnjm5g&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>Maddox Men's Cotton Twill Cap</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t>110577</t>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
           <t>MADDOX ROYAL WHITE:110577STANDARD-58CM</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
@@ -2506,51 +2506,51 @@
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t>110578</t>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
           <t>MADDOX ROYAL:110578STANDARD-58CM</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I64" s="0">
         <v>19.99</v>
       </c>
       <c r="J64" s="0">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="0">
       <c r="A65" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3ftwj1vi2reglllb62agu/110579-af.jpg?rlkey=54n0ha0gri76m9nbg5hwpc0lk&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>Maddox Men's Cotton Twill Cap</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t>110579</t>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
           <t>MADDOX NAVY WHITE:110579STANDARD-58CM</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
@@ -2990,227 +2990,227 @@
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M BK:135942A-S</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
           <t>899135942046</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I77" s="0">
         <v>13.99</v>
       </c>
       <c r="J77" s="0">
-        <v>120</v>
+        <v>93</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="0">
       <c r="A78" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uovzptxvxwoy0fhiva2qp/blackt.jpg?rlkey=l2exkt8bm5i3u0euxgsi7p1qx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B78" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t>135942</t>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M BK:135942B-M</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
           <t>899135942053</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I78" s="0">
         <v>13.99</v>
       </c>
       <c r="J78" s="0">
-        <v>163</v>
+        <v>109</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="0">
       <c r="A79" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uovzptxvxwoy0fhiva2qp/blackt.jpg?rlkey=l2exkt8bm5i3u0euxgsi7p1qx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B79" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t>135942</t>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M BK:135942C-L</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
           <t>899135942060</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I79" s="0">
         <v>13.99</v>
       </c>
       <c r="J79" s="0">
-        <v>336</v>
+        <v>255</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="0">
       <c r="A80" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uovzptxvxwoy0fhiva2qp/blackt.jpg?rlkey=l2exkt8bm5i3u0euxgsi7p1qx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B80" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t>135942</t>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M BK:135942D-XL</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
           <t>899135942077</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I80" s="0">
         <v>13.99</v>
       </c>
       <c r="J80" s="0">
-        <v>441</v>
+        <v>360</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="0">
       <c r="A81" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uovzptxvxwoy0fhiva2qp/blackt.jpg?rlkey=l2exkt8bm5i3u0euxgsi7p1qx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B81" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t>135942</t>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M BK:135942E-2XL</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
           <t>899135942084</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I81" s="0">
         <v>15.99</v>
       </c>
       <c r="J81" s="0">
-        <v>102</v>
+        <v>48</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="0">
       <c r="A82" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uovzptxvxwoy0fhiva2qp/blackt.jpg?rlkey=l2exkt8bm5i3u0euxgsi7p1qx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B82" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t>135942</t>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M BK:135942ET-2XL TALL</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
@@ -3254,51 +3254,51 @@
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M BK:135942F-3XL</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
           <t>899135942091</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I83" s="0">
         <v>15.99</v>
       </c>
       <c r="J83" s="0">
-        <v>264</v>
+        <v>237</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="0">
       <c r="A84" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uovzptxvxwoy0fhiva2qp/blackt.jpg?rlkey=l2exkt8bm5i3u0euxgsi7p1qx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B84" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t>135942</t>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M BK:135942G-4XL</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
@@ -3474,271 +3474,271 @@
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M DG:138437A-S</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
           <t>899138437044</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I88" s="0">
         <v>13.99</v>
       </c>
       <c r="J88" s="0">
-        <v>47</v>
+        <v>40</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="0">
       <c r="A89" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2tyctjo6kpe215n27q0h6/drk-grey-t.jpg?rlkey=qja530v8nw1snj3hwbjcof59v&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B89" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t>138437</t>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M DG:138437B-M</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
           <t>899138437051</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I89" s="0">
         <v>13.99</v>
       </c>
       <c r="J89" s="0">
-        <v>96</v>
+        <v>81</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="0">
       <c r="A90" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2tyctjo6kpe215n27q0h6/drk-grey-t.jpg?rlkey=qja530v8nw1snj3hwbjcof59v&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B90" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t>138437</t>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M DG:138437C-L</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
           <t>899138437068</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I90" s="0">
         <v>13.99</v>
       </c>
       <c r="J90" s="0">
-        <v>140</v>
+        <v>117</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="0">
       <c r="A91" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2tyctjo6kpe215n27q0h6/drk-grey-t.jpg?rlkey=qja530v8nw1snj3hwbjcof59v&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B91" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t>138437</t>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M DG:138437D-XL</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
           <t>899138437075</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I91" s="0">
         <v>13.99</v>
       </c>
       <c r="J91" s="0">
-        <v>139</v>
+        <v>116</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="0">
       <c r="A92" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2tyctjo6kpe215n27q0h6/drk-grey-t.jpg?rlkey=qja530v8nw1snj3hwbjcof59v&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B92" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t>138437</t>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M DG:138437E-2XL</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
           <t>899138437082</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I92" s="0">
         <v>15.99</v>
       </c>
       <c r="J92" s="0">
-        <v>97</v>
+        <v>82</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="0">
       <c r="A93" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2tyctjo6kpe215n27q0h6/drk-grey-t.jpg?rlkey=qja530v8nw1snj3hwbjcof59v&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B93" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t>138437</t>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M DG:138437F-3XL</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
           <t>899138437099</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I93" s="0">
         <v>15.99</v>
       </c>
       <c r="J93" s="0">
-        <v>47</v>
+        <v>40</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="0">
       <c r="A94" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2tyctjo6kpe215n27q0h6/drk-grey-t.jpg?rlkey=qja530v8nw1snj3hwbjcof59v&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B94" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t>138437</t>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M DG:138437G-4XL</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
@@ -3826,139 +3826,139 @@
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M HG:133334A-S</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
           <t>899133334041</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I96" s="0">
         <v>13.99</v>
       </c>
       <c r="J96" s="0">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="0">
       <c r="A97" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mc2vjmbopwoc4mo0o9ard/hgreyt.jpg?rlkey=7je0g4czg2lxmneh4nphe92he&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B97" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t>133334</t>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M HG:133334B-M</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
           <t>899133334058</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I97" s="0">
         <v>13.99</v>
       </c>
       <c r="J97" s="0">
-        <v>57</v>
+        <v>27</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="0">
       <c r="A98" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mc2vjmbopwoc4mo0o9ard/hgreyt.jpg?rlkey=7je0g4czg2lxmneh4nphe92he&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B98" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t>133334</t>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M HG:133334C-L</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
           <t>899133334065</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I98" s="0">
         <v>13.99</v>
       </c>
       <c r="J98" s="0">
-        <v>95</v>
+        <v>53</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="0">
       <c r="A99" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mc2vjmbopwoc4mo0o9ard/hgreyt.jpg?rlkey=7je0g4czg2lxmneh4nphe92he&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B99" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t>133334</t>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M HG:133334CT-L TALL</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
@@ -4002,51 +4002,51 @@
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M HG:133334D-XL</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
           <t>899133334072</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I100" s="0">
         <v>13.99</v>
       </c>
       <c r="J100" s="0">
-        <v>53</v>
+        <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="0">
       <c r="A101" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mc2vjmbopwoc4mo0o9ard/hgreyt.jpg?rlkey=7je0g4czg2lxmneh4nphe92he&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B101" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t>133334</t>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M HG:133334DT-XL TALL</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
@@ -4090,51 +4090,51 @@
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M HG:133334E-2XL</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
           <t>899133334089</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I102" s="0">
         <v>15.99</v>
       </c>
       <c r="J102" s="0">
-        <v>69</v>
+        <v>38</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="0">
       <c r="A103" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mc2vjmbopwoc4mo0o9ard/hgreyt.jpg?rlkey=7je0g4czg2lxmneh4nphe92he&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B103" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
           <t>133334</t>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M HG:133334EB-2XL BIG</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
@@ -4222,51 +4222,51 @@
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M HG:133334F-3XL</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
           <t>899133334096</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I105" s="0">
         <v>15.99</v>
       </c>
       <c r="J105" s="0">
-        <v>48</v>
+        <v>33</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="0">
       <c r="A106" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mc2vjmbopwoc4mo0o9ard/hgreyt.jpg?rlkey=7je0g4czg2lxmneh4nphe92he&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B106" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t>133334</t>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M HG:133334FB-3XL BIG</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
@@ -4486,271 +4486,271 @@
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M WE:137328A-S</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
           <t>899137328046</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I111" s="0">
         <v>13.99</v>
       </c>
       <c r="J111" s="0">
-        <v>165</v>
+        <v>148</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="0">
       <c r="A112" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2q0g72klvksfp50akj7nv/slatew.jpg?rlkey=lhse4v1c2ied2hd3vnotl0vx3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B112" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t>137328</t>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M WE:137328B-M</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
           <t>899137328053</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I112" s="0">
         <v>13.99</v>
       </c>
       <c r="J112" s="0">
-        <v>185</v>
+        <v>151</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="0">
       <c r="A113" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2q0g72klvksfp50akj7nv/slatew.jpg?rlkey=lhse4v1c2ied2hd3vnotl0vx3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B113" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t>137328</t>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M WE:137328C-L</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
           <t>899137328060</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I113" s="0">
         <v>13.99</v>
       </c>
       <c r="J113" s="0">
-        <v>316</v>
+        <v>276</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="0">
       <c r="A114" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2q0g72klvksfp50akj7nv/slatew.jpg?rlkey=lhse4v1c2ied2hd3vnotl0vx3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B114" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t>137328</t>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M WE:137328D-XL</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
           <t>899137328077</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I114" s="0">
         <v>13.99</v>
       </c>
       <c r="J114" s="0">
-        <v>242</v>
+        <v>212</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="0">
       <c r="A115" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2q0g72klvksfp50akj7nv/slatew.jpg?rlkey=lhse4v1c2ied2hd3vnotl0vx3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B115" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t>137328</t>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M WE:137328E-2XL</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
           <t>899137328084</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I115" s="0">
         <v>15.99</v>
       </c>
       <c r="J115" s="0">
-        <v>296</v>
+        <v>260</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="0">
       <c r="A116" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2q0g72klvksfp50akj7nv/slatew.jpg?rlkey=lhse4v1c2ied2hd3vnotl0vx3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B116" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t>137328</t>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M WE:137328F-3XL</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
           <t>899137328091</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I116" s="0">
         <v>15.99</v>
       </c>
       <c r="J116" s="0">
-        <v>156</v>
+        <v>139</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="0">
       <c r="A117" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0lvh2k7596g48a9fp4gex/slate-141904-f.jpg?rlkey=3yeqgtk3ci0w8b407e3rd2vgv&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B117" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t>141904</t>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M NY:141904AA-XS</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
@@ -5630,51 +5630,51 @@
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M RL:137326C-L</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
           <t>899137326066</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I137" s="0">
         <v>13.99</v>
       </c>
       <c r="J137" s="0">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="138" spans="1:10" customHeight="0">
       <c r="A138" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/17fbra7uaed341crsueki/slateroyalt.jpg?rlkey=ort9saltuxukko00ip96apmqe&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B138" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t>137326</t>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M RL:137326CT-L TALL</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
@@ -5762,51 +5762,51 @@
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M RL:137326DT-XL TALL</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
           <t>899137326172</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
           <t>XL TALL</t>
         </is>
       </c>
       <c r="I140" s="0">
         <v>13.99</v>
       </c>
       <c r="J140" s="0">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="141" spans="1:10" customHeight="0">
       <c r="A141" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/17fbra7uaed341crsueki/slateroyalt.jpg?rlkey=ort9saltuxukko00ip96apmqe&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B141" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t>137326</t>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M RL:137326E-2XL</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
@@ -6026,139 +6026,139 @@
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M RD:144450A-S</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
           <t>899144450044</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I146" s="0">
         <v>13.99</v>
       </c>
       <c r="J146" s="0">
-        <v>84</v>
+        <v>74</v>
       </c>
     </row>
     <row r="147" spans="1:10" customHeight="0">
       <c r="A147" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f2humsoev5s8x085vrzp1/slate-144450-f.jpg?rlkey=05aci69n2upf62uxlxeupla6d&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B147" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t>144450</t>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M RD:144450B-M</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
           <t>899144450051</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I147" s="0">
         <v>13.99</v>
       </c>
       <c r="J147" s="0">
-        <v>137</v>
+        <v>126</v>
       </c>
     </row>
     <row r="148" spans="1:10" customHeight="0">
       <c r="A148" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f2humsoev5s8x085vrzp1/slate-144450-f.jpg?rlkey=05aci69n2upf62uxlxeupla6d&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B148" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t>144450</t>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M RD:144450C-L</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
           <t>899144450068</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I148" s="0">
         <v>13.99</v>
       </c>
       <c r="J148" s="0">
-        <v>196</v>
+        <v>180</v>
       </c>
     </row>
     <row r="149" spans="1:10" customHeight="0">
       <c r="A149" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f2humsoev5s8x085vrzp1/slate-144450-f.jpg?rlkey=05aci69n2upf62uxlxeupla6d&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B149" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D149" s="0" t="inlineStr">
         <is>
           <t>144450</t>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M RD:144450CT-L TALL</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
@@ -6202,51 +6202,51 @@
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M RD:144450D-XL</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
           <t>899144450075</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I150" s="0">
         <v>13.99</v>
       </c>
       <c r="J150" s="0">
-        <v>187</v>
+        <v>162</v>
       </c>
     </row>
     <row r="151" spans="1:10" customHeight="0">
       <c r="A151" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f2humsoev5s8x085vrzp1/slate-144450-f.jpg?rlkey=05aci69n2upf62uxlxeupla6d&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B151" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t>144450</t>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M RD:144450DT-XL TALL</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
@@ -6290,51 +6290,51 @@
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M RD:144450E-2XL</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
           <t>899144450082</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I152" s="0">
         <v>15.99</v>
       </c>
       <c r="J152" s="0">
-        <v>132</v>
+        <v>112</v>
       </c>
     </row>
     <row r="153" spans="1:10" customHeight="0">
       <c r="A153" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f2humsoev5s8x085vrzp1/slate-144450-f.jpg?rlkey=05aci69n2upf62uxlxeupla6d&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B153" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
           <t>144450</t>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M RD:144450ET-2XL TALL</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
@@ -6378,51 +6378,51 @@
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M RD:144450F-3XL</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
           <t>899144450099</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I154" s="0">
         <v>15.99</v>
       </c>
       <c r="J154" s="0">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="155" spans="1:10" customHeight="0">
       <c r="A155" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f2humsoev5s8x085vrzp1/slate-144450-f.jpg?rlkey=05aci69n2upf62uxlxeupla6d&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B155" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t>144450</t>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M RD:144450FT-3XL TALL</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
@@ -6510,271 +6510,271 @@
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M GD:137327A-S</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
           <t>899137327049</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I157" s="0">
         <v>13.99</v>
       </c>
       <c r="J157" s="0">
-        <v>158</v>
+        <v>135</v>
       </c>
     </row>
     <row r="158" spans="1:10" customHeight="0">
       <c r="A158" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sdrubemn5kv49ylihlcww/goldt.jpg?rlkey=yeybzvf7d9w4useipdfptal1a&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B158" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
           <t>137327</t>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M GD:137327B-M</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>899137327056</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I158" s="0">
         <v>13.99</v>
       </c>
       <c r="J158" s="0">
-        <v>79</v>
+        <v>34</v>
       </c>
     </row>
     <row r="159" spans="1:10" customHeight="0">
       <c r="A159" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sdrubemn5kv49ylihlcww/goldt.jpg?rlkey=yeybzvf7d9w4useipdfptal1a&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B159" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t>137327</t>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M GD:137327C-L</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
           <t>899137327063</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I159" s="0">
         <v>13.99</v>
       </c>
       <c r="J159" s="0">
-        <v>222</v>
+        <v>153</v>
       </c>
     </row>
     <row r="160" spans="1:10" customHeight="0">
       <c r="A160" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sdrubemn5kv49ylihlcww/goldt.jpg?rlkey=yeybzvf7d9w4useipdfptal1a&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B160" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t>137327</t>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M GD:137327D-XL</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
           <t>899137327070</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I160" s="0">
         <v>13.99</v>
       </c>
       <c r="J160" s="0">
-        <v>242</v>
+        <v>174</v>
       </c>
     </row>
     <row r="161" spans="1:10" customHeight="0">
       <c r="A161" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sdrubemn5kv49ylihlcww/goldt.jpg?rlkey=yeybzvf7d9w4useipdfptal1a&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B161" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t>137327</t>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M GD:137327E-2XL</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
           <t>899137327087</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I161" s="0">
         <v>15.99</v>
       </c>
       <c r="J161" s="0">
-        <v>64</v>
+        <v>19</v>
       </c>
     </row>
     <row r="162" spans="1:10" customHeight="0">
       <c r="A162" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sdrubemn5kv49ylihlcww/goldt.jpg?rlkey=yeybzvf7d9w4useipdfptal1a&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B162" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t>137327</t>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M GD:137327F-3XL</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
           <t>899137327087</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I162" s="0">
         <v>15.99</v>
       </c>
       <c r="J162" s="0">
-        <v>161</v>
+        <v>139</v>
       </c>
     </row>
     <row r="163" spans="1:10" customHeight="0">
       <c r="A163" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sdrubemn5kv49ylihlcww/goldt.jpg?rlkey=yeybzvf7d9w4useipdfptal1a&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B163" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t>137327</t>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M GD:137327G-4XL</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
@@ -7082,315 +7082,315 @@
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M OR:141017A-S</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
           <t>899141017042</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I170" s="0">
         <v>13.99</v>
       </c>
       <c r="J170" s="0">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="171" spans="1:10" customHeight="0">
       <c r="A171" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ozs6wdzp9dd3r99uygofh/slate-141017-f.jpg?rlkey=lkzblv7qo6rq6497co3l4fuct&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B171" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t>141017</t>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M OR:141017B-M</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>899141017059</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I171" s="0">
         <v>13.99</v>
       </c>
       <c r="J171" s="0">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="172" spans="1:10" customHeight="0">
       <c r="A172" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ozs6wdzp9dd3r99uygofh/slate-141017-f.jpg?rlkey=lkzblv7qo6rq6497co3l4fuct&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B172" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t>141017</t>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M OR:141017C-L</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
           <t>899141017066</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I172" s="0">
         <v>13.99</v>
       </c>
       <c r="J172" s="0">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="173" spans="1:10" customHeight="0">
       <c r="A173" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ozs6wdzp9dd3r99uygofh/slate-141017-f.jpg?rlkey=lkzblv7qo6rq6497co3l4fuct&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B173" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t>141017</t>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M OR:141017D-XL</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
           <t>899141017073</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I173" s="0">
         <v>13.99</v>
       </c>
       <c r="J173" s="0">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="174" spans="1:10" customHeight="0">
       <c r="A174" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ozs6wdzp9dd3r99uygofh/slate-141017-f.jpg?rlkey=lkzblv7qo6rq6497co3l4fuct&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B174" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t>141017</t>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M OR:141017E-2XL</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
           <t>899141017080</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I174" s="0">
         <v>15.99</v>
       </c>
       <c r="J174" s="0">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="175" spans="1:10" customHeight="0">
       <c r="A175" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ozs6wdzp9dd3r99uygofh/slate-141017-f.jpg?rlkey=lkzblv7qo6rq6497co3l4fuct&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B175" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t>141017</t>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M OR:141017F-3XL</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
           <t>899141017097</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I175" s="0">
         <v>15.99</v>
       </c>
       <c r="J175" s="0">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="176" spans="1:10" customHeight="0">
       <c r="A176" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ozs6wdzp9dd3r99uygofh/slate-141017-f.jpg?rlkey=lkzblv7qo6rq6497co3l4fuct&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B176" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t>141017</t>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M OR:141017G-4XL</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
           <t>899141017103</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
           <t>4XL</t>
         </is>
       </c>
       <c r="I176" s="0">
         <v>17.99</v>
       </c>
       <c r="J176" s="0">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="177" spans="1:10" customHeight="0">
       <c r="A177" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/d417c4ghkvn8kghv5wcom/133740-f.jpg?rlkey=9oprjxcblmo9s0ys05grmmj00&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B177" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ekb2qo8yty4ahpycrcom5/mens-t-shirt-size-chartscason-ss-bt.jpg?rlkey=80wsm65rzwew6f24t6h2c3ebf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
           <t>Slate Ultra-Soft Men's T-Shirt</t>
         </is>
       </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t>133740</t>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
           <t>BLANK SLATE M LE:133740AA-XS</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
@@ -9475,491 +9475,491 @@
       </c>
       <c r="E225" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M BK:130171A-S</t>
         </is>
       </c>
       <c r="F225" s="0" t="inlineStr">
         <is>
           <t>899130171045</t>
         </is>
       </c>
       <c r="G225" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H225" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I225" s="0">
         <v>34.99</v>
       </c>
       <c r="J225" s="0">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="226" spans="1:10" customHeight="0">
       <c r="A226" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n0yp880llpyemtdv0tsv6/130171-f.jpg?rlkey=bf6fqzm5e17thibswh8bfb303&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B226" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C226" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D226" s="0" t="inlineStr">
         <is>
           <t>130171</t>
         </is>
       </c>
       <c r="E226" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M BK:130171B-M</t>
         </is>
       </c>
       <c r="F226" s="0" t="inlineStr">
         <is>
           <t>899130171052</t>
         </is>
       </c>
       <c r="G226" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H226" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I226" s="0">
         <v>34.99</v>
       </c>
       <c r="J226" s="0">
-        <v>113</v>
+        <v>111</v>
       </c>
     </row>
     <row r="227" spans="1:10" customHeight="0">
       <c r="A227" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n0yp880llpyemtdv0tsv6/130171-f.jpg?rlkey=bf6fqzm5e17thibswh8bfb303&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B227" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C227" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D227" s="0" t="inlineStr">
         <is>
           <t>130171</t>
         </is>
       </c>
       <c r="E227" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M BK:130171C-L</t>
         </is>
       </c>
       <c r="F227" s="0" t="inlineStr">
         <is>
           <t>899130171069</t>
         </is>
       </c>
       <c r="G227" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H227" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I227" s="0">
         <v>34.99</v>
       </c>
       <c r="J227" s="0">
-        <v>142</v>
+        <v>136</v>
       </c>
     </row>
     <row r="228" spans="1:10" customHeight="0">
       <c r="A228" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n0yp880llpyemtdv0tsv6/130171-f.jpg?rlkey=bf6fqzm5e17thibswh8bfb303&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B228" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C228" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D228" s="0" t="inlineStr">
         <is>
           <t>130171</t>
         </is>
       </c>
       <c r="E228" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M BK:130171D-XL</t>
         </is>
       </c>
       <c r="F228" s="0" t="inlineStr">
         <is>
           <t>899130171076</t>
         </is>
       </c>
       <c r="G228" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H228" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I228" s="0">
         <v>34.99</v>
       </c>
       <c r="J228" s="0">
-        <v>156</v>
+        <v>151</v>
       </c>
     </row>
     <row r="229" spans="1:10" customHeight="0">
       <c r="A229" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n0yp880llpyemtdv0tsv6/130171-f.jpg?rlkey=bf6fqzm5e17thibswh8bfb303&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B229" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C229" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D229" s="0" t="inlineStr">
         <is>
           <t>130171</t>
         </is>
       </c>
       <c r="E229" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M BK:130171E-2XL</t>
         </is>
       </c>
       <c r="F229" s="0" t="inlineStr">
         <is>
           <t>899130171083</t>
         </is>
       </c>
       <c r="G229" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H229" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I229" s="0">
         <v>36.99</v>
       </c>
       <c r="J229" s="0">
-        <v>108</v>
+        <v>103</v>
       </c>
     </row>
     <row r="230" spans="1:10" customHeight="0">
       <c r="A230" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n0yp880llpyemtdv0tsv6/130171-f.jpg?rlkey=bf6fqzm5e17thibswh8bfb303&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B230" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C230" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D230" s="0" t="inlineStr">
         <is>
           <t>130171</t>
         </is>
       </c>
       <c r="E230" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M BK:130171F-3XL</t>
         </is>
       </c>
       <c r="F230" s="0" t="inlineStr">
         <is>
           <t>899130171090</t>
         </is>
       </c>
       <c r="G230" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H230" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I230" s="0">
         <v>36.99</v>
       </c>
       <c r="J230" s="0">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="231" spans="1:10" customHeight="0">
       <c r="A231" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lz4z75336jycadgp0kntg/130151-f.jpg?rlkey=g4z7psdeyfr5n1w4o80aerya5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B231" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C231" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D231" s="0" t="inlineStr">
         <is>
           <t>130151</t>
         </is>
       </c>
       <c r="E231" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M DG:130151A-S</t>
         </is>
       </c>
       <c r="F231" s="0" t="inlineStr">
         <is>
           <t>899130151047</t>
         </is>
       </c>
       <c r="G231" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H231" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I231" s="0">
         <v>34.99</v>
       </c>
       <c r="J231" s="0">
-        <v>63</v>
+        <v>62</v>
       </c>
     </row>
     <row r="232" spans="1:10" customHeight="0">
       <c r="A232" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lz4z75336jycadgp0kntg/130151-f.jpg?rlkey=g4z7psdeyfr5n1w4o80aerya5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B232" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C232" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D232" s="0" t="inlineStr">
         <is>
           <t>130151</t>
         </is>
       </c>
       <c r="E232" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M DG:130151B-M</t>
         </is>
       </c>
       <c r="F232" s="0" t="inlineStr">
         <is>
           <t>899130151054</t>
         </is>
       </c>
       <c r="G232" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H232" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I232" s="0">
         <v>34.99</v>
       </c>
       <c r="J232" s="0">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="233" spans="1:10" customHeight="0">
       <c r="A233" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lz4z75336jycadgp0kntg/130151-f.jpg?rlkey=g4z7psdeyfr5n1w4o80aerya5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B233" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C233" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D233" s="0" t="inlineStr">
         <is>
           <t>130151</t>
         </is>
       </c>
       <c r="E233" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M DG:130151C-L</t>
         </is>
       </c>
       <c r="F233" s="0" t="inlineStr">
         <is>
           <t>899130151061</t>
         </is>
       </c>
       <c r="G233" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H233" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I233" s="0">
         <v>34.99</v>
       </c>
       <c r="J233" s="0">
-        <v>162</v>
+        <v>159</v>
       </c>
     </row>
     <row r="234" spans="1:10" customHeight="0">
       <c r="A234" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lz4z75336jycadgp0kntg/130151-f.jpg?rlkey=g4z7psdeyfr5n1w4o80aerya5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B234" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C234" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D234" s="0" t="inlineStr">
         <is>
           <t>130151</t>
         </is>
       </c>
       <c r="E234" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M DG:130151D-XL</t>
         </is>
       </c>
       <c r="F234" s="0" t="inlineStr">
         <is>
           <t>899130151078</t>
         </is>
       </c>
       <c r="G234" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H234" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I234" s="0">
         <v>34.99</v>
       </c>
       <c r="J234" s="0">
-        <v>180</v>
+        <v>177</v>
       </c>
     </row>
     <row r="235" spans="1:10" customHeight="0">
       <c r="A235" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lz4z75336jycadgp0kntg/130151-f.jpg?rlkey=g4z7psdeyfr5n1w4o80aerya5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B235" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C235" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D235" s="0" t="inlineStr">
         <is>
           <t>130151</t>
         </is>
       </c>
       <c r="E235" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M DG:130151E-2XL</t>
         </is>
       </c>
       <c r="F235" s="0" t="inlineStr">
         <is>
           <t>899130151085</t>
         </is>
       </c>
       <c r="G235" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H235" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I235" s="0">
         <v>36.99</v>
       </c>
       <c r="J235" s="0">
-        <v>130</v>
+        <v>123</v>
       </c>
     </row>
     <row r="236" spans="1:10" customHeight="0">
       <c r="A236" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lz4z75336jycadgp0kntg/130151-f.jpg?rlkey=g4z7psdeyfr5n1w4o80aerya5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B236" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C236" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D236" s="0" t="inlineStr">
         <is>
           <t>130151</t>
         </is>
       </c>
       <c r="E236" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M DG:134709EB-2XL BIG</t>
         </is>
       </c>
       <c r="F236" s="0" t="inlineStr">
@@ -10047,51 +10047,51 @@
       </c>
       <c r="E238" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M DG:130151F-3XL</t>
         </is>
       </c>
       <c r="F238" s="0" t="inlineStr">
         <is>
           <t>899130151092</t>
         </is>
       </c>
       <c r="G238" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H238" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I238" s="0">
         <v>36.99</v>
       </c>
       <c r="J238" s="0">
-        <v>66</v>
+        <v>60</v>
       </c>
     </row>
     <row r="239" spans="1:10" customHeight="0">
       <c r="A239" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lz4z75336jycadgp0kntg/130151-f.jpg?rlkey=g4z7psdeyfr5n1w4o80aerya5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B239" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C239" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D239" s="0" t="inlineStr">
         <is>
           <t>130151</t>
         </is>
       </c>
       <c r="E239" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M DG:134709FB-3XL BIG</t>
         </is>
       </c>
       <c r="F239" s="0" t="inlineStr">
@@ -10619,51 +10619,51 @@
       </c>
       <c r="E251" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M CL:130180A-S</t>
         </is>
       </c>
       <c r="F251" s="0" t="inlineStr">
         <is>
           <t>899130180047</t>
         </is>
       </c>
       <c r="G251" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H251" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I251" s="0">
         <v>34.99</v>
       </c>
       <c r="J251" s="0">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="252" spans="1:10" customHeight="0">
       <c r="A252" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/r5t2vc9in4khd7vz8hzux/flint-130180-f.jpg?rlkey=x14whdlpmpwwqsu5zclcb28af&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B252" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C252" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D252" s="0" t="inlineStr">
         <is>
           <t>130180</t>
         </is>
       </c>
       <c r="E252" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M CL:130180B-M</t>
         </is>
       </c>
       <c r="F252" s="0" t="inlineStr">
@@ -10707,183 +10707,183 @@
       </c>
       <c r="E253" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M CL:130180C-L</t>
         </is>
       </c>
       <c r="F253" s="0" t="inlineStr">
         <is>
           <t>899130180061</t>
         </is>
       </c>
       <c r="G253" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H253" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I253" s="0">
         <v>34.99</v>
       </c>
       <c r="J253" s="0">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="254" spans="1:10" customHeight="0">
       <c r="A254" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/r5t2vc9in4khd7vz8hzux/flint-130180-f.jpg?rlkey=x14whdlpmpwwqsu5zclcb28af&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B254" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C254" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D254" s="0" t="inlineStr">
         <is>
           <t>130180</t>
         </is>
       </c>
       <c r="E254" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M CL:130180D-XL</t>
         </is>
       </c>
       <c r="F254" s="0" t="inlineStr">
         <is>
           <t>899130180078</t>
         </is>
       </c>
       <c r="G254" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H254" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I254" s="0">
         <v>34.99</v>
       </c>
       <c r="J254" s="0">
-        <v>106</v>
+        <v>101</v>
       </c>
     </row>
     <row r="255" spans="1:10" customHeight="0">
       <c r="A255" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/r5t2vc9in4khd7vz8hzux/flint-130180-f.jpg?rlkey=x14whdlpmpwwqsu5zclcb28af&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B255" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C255" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D255" s="0" t="inlineStr">
         <is>
           <t>130180</t>
         </is>
       </c>
       <c r="E255" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M CL:130180E-2XL</t>
         </is>
       </c>
       <c r="F255" s="0" t="inlineStr">
         <is>
           <t>899130180085</t>
         </is>
       </c>
       <c r="G255" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H255" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I255" s="0">
         <v>36.99</v>
       </c>
       <c r="J255" s="0">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="256" spans="1:10" customHeight="0">
       <c r="A256" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/r5t2vc9in4khd7vz8hzux/flint-130180-f.jpg?rlkey=x14whdlpmpwwqsu5zclcb28af&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B256" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C256" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D256" s="0" t="inlineStr">
         <is>
           <t>130180</t>
         </is>
       </c>
       <c r="E256" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M CL:130180F-3XL</t>
         </is>
       </c>
       <c r="F256" s="0" t="inlineStr">
         <is>
           <t>899130180092</t>
         </is>
       </c>
       <c r="G256" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H256" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I256" s="0">
         <v>36.99</v>
       </c>
       <c r="J256" s="0">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="257" spans="1:10" customHeight="0">
       <c r="A257" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/op4pyhrifo65195g0z9jv/flint-130173-f.jpg?rlkey=zdylp39v8esjqez3o9pbuz9ey&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B257" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C257" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D257" s="0" t="inlineStr">
         <is>
           <t>30173</t>
         </is>
       </c>
       <c r="E257" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M RD:130173A-S</t>
         </is>
       </c>
       <c r="F257" s="0" t="inlineStr">
@@ -11411,535 +11411,535 @@
       </c>
       <c r="E269" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M GD:130174A-S</t>
         </is>
       </c>
       <c r="F269" s="0" t="inlineStr">
         <is>
           <t>899130174046</t>
         </is>
       </c>
       <c r="G269" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H269" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I269" s="0">
         <v>34.99</v>
       </c>
       <c r="J269" s="0">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="270" spans="1:10" customHeight="0">
       <c r="A270" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/273lfs8abb7y4w9waicjf/flint-130174-f.jpg?rlkey=cl1zkjzfhx8qimlboebb9278b&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B270" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C270" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D270" s="0" t="inlineStr">
         <is>
           <t>130174</t>
         </is>
       </c>
       <c r="E270" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M GD:130174B-M</t>
         </is>
       </c>
       <c r="F270" s="0" t="inlineStr">
         <is>
           <t>899130174053</t>
         </is>
       </c>
       <c r="G270" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H270" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I270" s="0">
         <v>34.99</v>
       </c>
       <c r="J270" s="0">
-        <v>62</v>
+        <v>60</v>
       </c>
     </row>
     <row r="271" spans="1:10" customHeight="0">
       <c r="A271" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/273lfs8abb7y4w9waicjf/flint-130174-f.jpg?rlkey=cl1zkjzfhx8qimlboebb9278b&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B271" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C271" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D271" s="0" t="inlineStr">
         <is>
           <t>130174</t>
         </is>
       </c>
       <c r="E271" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M GD:130174C-L</t>
         </is>
       </c>
       <c r="F271" s="0" t="inlineStr">
         <is>
           <t>899130174060</t>
         </is>
       </c>
       <c r="G271" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H271" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I271" s="0">
         <v>34.99</v>
       </c>
       <c r="J271" s="0">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="272" spans="1:10" customHeight="0">
       <c r="A272" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/273lfs8abb7y4w9waicjf/flint-130174-f.jpg?rlkey=cl1zkjzfhx8qimlboebb9278b&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B272" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C272" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D272" s="0" t="inlineStr">
         <is>
           <t>130174</t>
         </is>
       </c>
       <c r="E272" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M GD:130174D-XL</t>
         </is>
       </c>
       <c r="F272" s="0" t="inlineStr">
         <is>
           <t>899130174077</t>
         </is>
       </c>
       <c r="G272" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H272" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I272" s="0">
         <v>34.99</v>
       </c>
       <c r="J272" s="0">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="273" spans="1:10" customHeight="0">
       <c r="A273" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/273lfs8abb7y4w9waicjf/flint-130174-f.jpg?rlkey=cl1zkjzfhx8qimlboebb9278b&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B273" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C273" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D273" s="0" t="inlineStr">
         <is>
           <t>130174</t>
         </is>
       </c>
       <c r="E273" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M GD:130174E-2XL</t>
         </is>
       </c>
       <c r="F273" s="0" t="inlineStr">
         <is>
           <t>899130174084</t>
         </is>
       </c>
       <c r="G273" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H273" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I273" s="0">
         <v>36.99</v>
       </c>
       <c r="J273" s="0">
-        <v>61</v>
+        <v>56</v>
       </c>
     </row>
     <row r="274" spans="1:10" customHeight="0">
       <c r="A274" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/273lfs8abb7y4w9waicjf/flint-130174-f.jpg?rlkey=cl1zkjzfhx8qimlboebb9278b&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B274" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C274" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D274" s="0" t="inlineStr">
         <is>
           <t>130174</t>
         </is>
       </c>
       <c r="E274" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M GD:130174F-3XL</t>
         </is>
       </c>
       <c r="F274" s="0" t="inlineStr">
         <is>
           <t>899130174091</t>
         </is>
       </c>
       <c r="G274" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H274" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I274" s="0">
         <v>36.99</v>
       </c>
       <c r="J274" s="0">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="275" spans="1:10" customHeight="0">
       <c r="A275" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6r9457vfsy8nhq3219sxw/flintm.jpg?rlkey=iwbsov7x3kh3anosdwpyzxr8h&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B275" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C275" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D275" s="0" t="inlineStr">
         <is>
           <t>130192</t>
         </is>
       </c>
       <c r="E275" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M OE:130192A-S</t>
         </is>
       </c>
       <c r="F275" s="0" t="inlineStr">
         <is>
           <t>899130192040</t>
         </is>
       </c>
       <c r="G275" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H275" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I275" s="0">
         <v>34.99</v>
       </c>
       <c r="J275" s="0">
-        <v>38</v>
+        <v>33</v>
       </c>
     </row>
     <row r="276" spans="1:10" customHeight="0">
       <c r="A276" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6r9457vfsy8nhq3219sxw/flintm.jpg?rlkey=iwbsov7x3kh3anosdwpyzxr8h&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B276" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C276" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D276" s="0" t="inlineStr">
         <is>
           <t>130192</t>
         </is>
       </c>
       <c r="E276" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M OE:130192B-M</t>
         </is>
       </c>
       <c r="F276" s="0" t="inlineStr">
         <is>
           <t>899130192057</t>
         </is>
       </c>
       <c r="G276" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H276" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I276" s="0">
         <v>34.99</v>
       </c>
       <c r="J276" s="0">
-        <v>76</v>
+        <v>70</v>
       </c>
     </row>
     <row r="277" spans="1:10" customHeight="0">
       <c r="A277" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6r9457vfsy8nhq3219sxw/flintm.jpg?rlkey=iwbsov7x3kh3anosdwpyzxr8h&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B277" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C277" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D277" s="0" t="inlineStr">
         <is>
           <t>130192</t>
         </is>
       </c>
       <c r="E277" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M OE:130192C-L</t>
         </is>
       </c>
       <c r="F277" s="0" t="inlineStr">
         <is>
           <t>899130192064</t>
         </is>
       </c>
       <c r="G277" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H277" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I277" s="0">
         <v>34.99</v>
       </c>
       <c r="J277" s="0">
-        <v>111</v>
+        <v>98</v>
       </c>
     </row>
     <row r="278" spans="1:10" customHeight="0">
       <c r="A278" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6r9457vfsy8nhq3219sxw/flintm.jpg?rlkey=iwbsov7x3kh3anosdwpyzxr8h&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B278" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C278" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D278" s="0" t="inlineStr">
         <is>
           <t>130192</t>
         </is>
       </c>
       <c r="E278" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M OE:130192D-XL</t>
         </is>
       </c>
       <c r="F278" s="0" t="inlineStr">
         <is>
           <t>899130192071</t>
         </is>
       </c>
       <c r="G278" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H278" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I278" s="0">
         <v>34.99</v>
       </c>
       <c r="J278" s="0">
-        <v>113</v>
+        <v>100</v>
       </c>
     </row>
     <row r="279" spans="1:10" customHeight="0">
       <c r="A279" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6r9457vfsy8nhq3219sxw/flintm.jpg?rlkey=iwbsov7x3kh3anosdwpyzxr8h&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B279" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C279" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D279" s="0" t="inlineStr">
         <is>
           <t>130192</t>
         </is>
       </c>
       <c r="E279" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M OE:130192E-2XL</t>
         </is>
       </c>
       <c r="F279" s="0" t="inlineStr">
         <is>
           <t>899130192088</t>
         </is>
       </c>
       <c r="G279" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H279" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I279" s="0">
         <v>36.99</v>
       </c>
       <c r="J279" s="0">
-        <v>77</v>
+        <v>65</v>
       </c>
     </row>
     <row r="280" spans="1:10" customHeight="0">
       <c r="A280" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6r9457vfsy8nhq3219sxw/flintm.jpg?rlkey=iwbsov7x3kh3anosdwpyzxr8h&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B280" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C280" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D280" s="0" t="inlineStr">
         <is>
           <t>130192</t>
         </is>
       </c>
       <c r="E280" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M OE:130192F-3XL</t>
         </is>
       </c>
       <c r="F280" s="0" t="inlineStr">
         <is>
           <t>899130192095</t>
         </is>
       </c>
       <c r="G280" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H280" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I280" s="0">
         <v>36.99</v>
       </c>
       <c r="J280" s="0">
-        <v>39</v>
+        <v>27</v>
       </c>
     </row>
     <row r="281" spans="1:10" customHeight="0">
       <c r="A281" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/22lf0ga8klaaoafhdwjt0/flint-130177-f.jpg?rlkey=pwxjcenydzug1sedq0pwahr8q&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B281" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C281" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D281" s="0" t="inlineStr">
         <is>
           <t>130177</t>
         </is>
       </c>
       <c r="E281" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M HR:130177A-S</t>
         </is>
       </c>
       <c r="F281" s="0" t="inlineStr">
@@ -12731,271 +12731,271 @@
       </c>
       <c r="E299" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M MN:130175A-S</t>
         </is>
       </c>
       <c r="F299" s="0" t="inlineStr">
         <is>
           <t>899130175043</t>
         </is>
       </c>
       <c r="G299" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H299" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I299" s="0">
         <v>34.99</v>
       </c>
       <c r="J299" s="0">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="300" spans="1:10" customHeight="0">
       <c r="A300" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/87uvglbxwnmn6y7o01tf7/flint-130175-f.jpg?rlkey=wsx57yfpsongxgal4f9pca7dk&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B300" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C300" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D300" s="0" t="inlineStr">
         <is>
           <t>130175</t>
         </is>
       </c>
       <c r="E300" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M MN:130175B-M</t>
         </is>
       </c>
       <c r="F300" s="0" t="inlineStr">
         <is>
           <t>899130175050</t>
         </is>
       </c>
       <c r="G300" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H300" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I300" s="0">
         <v>34.99</v>
       </c>
       <c r="J300" s="0">
-        <v>80</v>
+        <v>72</v>
       </c>
     </row>
     <row r="301" spans="1:10" customHeight="0">
       <c r="A301" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/87uvglbxwnmn6y7o01tf7/flint-130175-f.jpg?rlkey=wsx57yfpsongxgal4f9pca7dk&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B301" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C301" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D301" s="0" t="inlineStr">
         <is>
           <t>130175</t>
         </is>
       </c>
       <c r="E301" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M MN:130175C-L</t>
         </is>
       </c>
       <c r="F301" s="0" t="inlineStr">
         <is>
           <t>899130175067</t>
         </is>
       </c>
       <c r="G301" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H301" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I301" s="0">
         <v>34.99</v>
       </c>
       <c r="J301" s="0">
-        <v>121</v>
+        <v>109</v>
       </c>
     </row>
     <row r="302" spans="1:10" customHeight="0">
       <c r="A302" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/87uvglbxwnmn6y7o01tf7/flint-130175-f.jpg?rlkey=wsx57yfpsongxgal4f9pca7dk&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B302" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C302" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D302" s="0" t="inlineStr">
         <is>
           <t>130175</t>
         </is>
       </c>
       <c r="E302" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M MN:130175D-XL</t>
         </is>
       </c>
       <c r="F302" s="0" t="inlineStr">
         <is>
           <t>899130175074</t>
         </is>
       </c>
       <c r="G302" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H302" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I302" s="0">
         <v>34.99</v>
       </c>
       <c r="J302" s="0">
-        <v>125</v>
+        <v>113</v>
       </c>
     </row>
     <row r="303" spans="1:10" customHeight="0">
       <c r="A303" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/87uvglbxwnmn6y7o01tf7/flint-130175-f.jpg?rlkey=wsx57yfpsongxgal4f9pca7dk&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B303" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C303" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D303" s="0" t="inlineStr">
         <is>
           <t>130175</t>
         </is>
       </c>
       <c r="E303" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M MN:130175E-2XL</t>
         </is>
       </c>
       <c r="F303" s="0" t="inlineStr">
         <is>
           <t>899130175081</t>
         </is>
       </c>
       <c r="G303" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H303" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I303" s="0">
         <v>36.99</v>
       </c>
       <c r="J303" s="0">
-        <v>81</v>
+        <v>73</v>
       </c>
     </row>
     <row r="304" spans="1:10" customHeight="0">
       <c r="A304" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/87uvglbxwnmn6y7o01tf7/flint-130175-f.jpg?rlkey=wsx57yfpsongxgal4f9pca7dk&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B304" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C304" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D304" s="0" t="inlineStr">
         <is>
           <t>130175</t>
         </is>
       </c>
       <c r="E304" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M MN:130175F-3XL</t>
         </is>
       </c>
       <c r="F304" s="0" t="inlineStr">
         <is>
           <t>899130175098</t>
         </is>
       </c>
       <c r="G304" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H304" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I304" s="0">
         <v>36.99</v>
       </c>
       <c r="J304" s="0">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="305" spans="1:10" customHeight="0">
       <c r="A305" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z40knnaqqe9usq426tfpx/flint.jpg?rlkey=bmm987xpfetk5zqumdftytmol&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B305" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pexwgx6di4df1dez3onq5/mens-pullover-size-chartsflint.jpg?rlkey=t7z6bnxcjs77adtej9mjdj9p3&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C305" s="0" t="inlineStr">
         <is>
           <t>Flint Men's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D305" s="0" t="inlineStr">
         <is>
           <t>130181</t>
         </is>
       </c>
       <c r="E305" s="0" t="inlineStr">
         <is>
           <t>BLANK FLINT M PE:130181A-S</t>
         </is>
       </c>
       <c r="F305" s="0" t="inlineStr">
@@ -13246,51 +13246,51 @@
       </c>
       <c r="C311" s="0" t="inlineStr">
         <is>
           <t>Rynn Belt Bag</t>
         </is>
       </c>
       <c r="D311" s="0" t="inlineStr">
         <is>
           <t>152854</t>
         </is>
       </c>
       <c r="E311" s="0" t="inlineStr">
         <is>
           <t>BLANK RYNN BK:152854</t>
         </is>
       </c>
       <c r="F311" s="0" t="inlineStr">
         <is>
           <t>999152854015</t>
         </is>
       </c>
       <c r="I311" s="0">
         <v>33.99</v>
       </c>
       <c r="J311" s="0">
-        <v>149</v>
+        <v>148</v>
       </c>
     </row>
     <row r="312" spans="1:10" customHeight="0">
       <c r="A312" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cs0bhp475nr0kvzkj9thw/fleet-152952-f.jpg?rlkey=otekd5p19b748rk4j3o08x8xo&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B312" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hjev2ewdowf54a07ohjwu/mens-polo-size-chartsfleet.jpg?rlkey=pq1iaz5huuc3hldtn57rccvow&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C312" s="0" t="inlineStr">
         <is>
           <t>Fleet Men's Striped Polo</t>
         </is>
       </c>
       <c r="D312" s="0" t="inlineStr">
         <is>
           <t>152952</t>
         </is>
       </c>
       <c r="E312" s="0" t="inlineStr">
         <is>
           <t>BLANK FLEET M BK:152952A-S</t>
         </is>
       </c>
       <c r="F312" s="0" t="inlineStr">
@@ -13554,271 +13554,271 @@
       </c>
       <c r="E318" s="0" t="inlineStr">
         <is>
           <t>BLANK FLEET M CL:152953A-S</t>
         </is>
       </c>
       <c r="F318" s="0" t="inlineStr">
         <is>
           <t>899152953049</t>
         </is>
       </c>
       <c r="G318" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H318" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I318" s="0">
         <v>39.99</v>
       </c>
       <c r="J318" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="319" spans="1:10" customHeight="0">
       <c r="A319" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eqlssk2rfjt64s868jnqv/fleet-152953-f.jpg?rlkey=runhsk192kr1dy77tj3lgg1ew&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B319" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hjev2ewdowf54a07ohjwu/mens-polo-size-chartsfleet.jpg?rlkey=pq1iaz5huuc3hldtn57rccvow&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C319" s="0" t="inlineStr">
         <is>
           <t>Fleet Men's Striped Polo</t>
         </is>
       </c>
       <c r="D319" s="0" t="inlineStr">
         <is>
           <t>152953</t>
         </is>
       </c>
       <c r="E319" s="0" t="inlineStr">
         <is>
           <t>BLANK FLEET M CL:152953B-M</t>
         </is>
       </c>
       <c r="F319" s="0" t="inlineStr">
         <is>
           <t>899152953056</t>
         </is>
       </c>
       <c r="G319" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H319" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I319" s="0">
         <v>39.99</v>
       </c>
       <c r="J319" s="0">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="320" spans="1:10" customHeight="0">
       <c r="A320" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eqlssk2rfjt64s868jnqv/fleet-152953-f.jpg?rlkey=runhsk192kr1dy77tj3lgg1ew&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B320" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hjev2ewdowf54a07ohjwu/mens-polo-size-chartsfleet.jpg?rlkey=pq1iaz5huuc3hldtn57rccvow&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C320" s="0" t="inlineStr">
         <is>
           <t>Fleet Men's Striped Polo</t>
         </is>
       </c>
       <c r="D320" s="0" t="inlineStr">
         <is>
           <t>152953</t>
         </is>
       </c>
       <c r="E320" s="0" t="inlineStr">
         <is>
           <t>BLANK FLEET M CL:152953C-L</t>
         </is>
       </c>
       <c r="F320" s="0" t="inlineStr">
         <is>
           <t>899152953063</t>
         </is>
       </c>
       <c r="G320" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H320" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I320" s="0">
         <v>39.99</v>
       </c>
       <c r="J320" s="0">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="321" spans="1:10" customHeight="0">
       <c r="A321" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eqlssk2rfjt64s868jnqv/fleet-152953-f.jpg?rlkey=runhsk192kr1dy77tj3lgg1ew&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B321" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hjev2ewdowf54a07ohjwu/mens-polo-size-chartsfleet.jpg?rlkey=pq1iaz5huuc3hldtn57rccvow&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C321" s="0" t="inlineStr">
         <is>
           <t>Fleet Men's Striped Polo</t>
         </is>
       </c>
       <c r="D321" s="0" t="inlineStr">
         <is>
           <t>152953</t>
         </is>
       </c>
       <c r="E321" s="0" t="inlineStr">
         <is>
           <t>BLANK FLEET M CL:152953D-XL</t>
         </is>
       </c>
       <c r="F321" s="0" t="inlineStr">
         <is>
           <t>899152953070</t>
         </is>
       </c>
       <c r="G321" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H321" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I321" s="0">
         <v>39.99</v>
       </c>
       <c r="J321" s="0">
-        <v>11</v>
+        <v>5</v>
       </c>
     </row>
     <row r="322" spans="1:10" customHeight="0">
       <c r="A322" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eqlssk2rfjt64s868jnqv/fleet-152953-f.jpg?rlkey=runhsk192kr1dy77tj3lgg1ew&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B322" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hjev2ewdowf54a07ohjwu/mens-polo-size-chartsfleet.jpg?rlkey=pq1iaz5huuc3hldtn57rccvow&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C322" s="0" t="inlineStr">
         <is>
           <t>Fleet Men's Striped Polo</t>
         </is>
       </c>
       <c r="D322" s="0" t="inlineStr">
         <is>
           <t>152953</t>
         </is>
       </c>
       <c r="E322" s="0" t="inlineStr">
         <is>
           <t>BLANK FLEET M CL:152953E-2XL</t>
         </is>
       </c>
       <c r="F322" s="0" t="inlineStr">
         <is>
           <t>899152953087</t>
         </is>
       </c>
       <c r="G322" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H322" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I322" s="0">
         <v>39.99</v>
       </c>
       <c r="J322" s="0">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:10" customHeight="0">
       <c r="A323" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/eqlssk2rfjt64s868jnqv/fleet-152953-f.jpg?rlkey=runhsk192kr1dy77tj3lgg1ew&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B323" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hjev2ewdowf54a07ohjwu/mens-polo-size-chartsfleet.jpg?rlkey=pq1iaz5huuc3hldtn57rccvow&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C323" s="0" t="inlineStr">
         <is>
           <t>Fleet Men's Striped Polo</t>
         </is>
       </c>
       <c r="D323" s="0" t="inlineStr">
         <is>
           <t>152953</t>
         </is>
       </c>
       <c r="E323" s="0" t="inlineStr">
         <is>
           <t>BLANK FLEET M CL:152953F-3XL</t>
         </is>
       </c>
       <c r="F323" s="0" t="inlineStr">
         <is>
           <t>899152953094</t>
         </is>
       </c>
       <c r="G323" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H323" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I323" s="0">
         <v>39.99</v>
       </c>
       <c r="J323" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="324" spans="1:10" customHeight="0">
       <c r="A324" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8s99lnw99d1oe0w0cq6qb/fleett.jpg?rlkey=ulce5cs7dox1ce4t9mmponr5t&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B324" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hjev2ewdowf54a07ohjwu/mens-polo-size-chartsfleet.jpg?rlkey=pq1iaz5huuc3hldtn57rccvow&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C324" s="0" t="inlineStr">
         <is>
           <t>Fleet Men's Striped Polo</t>
         </is>
       </c>
       <c r="D324" s="0" t="inlineStr">
         <is>
           <t>152955</t>
         </is>
       </c>
       <c r="E324" s="0" t="inlineStr">
         <is>
           <t>BLANK FLEET M RL:152955A-S</t>
         </is>
       </c>
       <c r="F324" s="0" t="inlineStr">
@@ -13906,51 +13906,51 @@
       </c>
       <c r="E326" s="0" t="inlineStr">
         <is>
           <t>BLANK FLEET M RL:152955C-L</t>
         </is>
       </c>
       <c r="F326" s="0" t="inlineStr">
         <is>
           <t>899152955067</t>
         </is>
       </c>
       <c r="G326" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H326" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I326" s="0">
         <v>39.99</v>
       </c>
       <c r="J326" s="0">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="327" spans="1:10" customHeight="0">
       <c r="A327" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8s99lnw99d1oe0w0cq6qb/fleett.jpg?rlkey=ulce5cs7dox1ce4t9mmponr5t&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B327" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hjev2ewdowf54a07ohjwu/mens-polo-size-chartsfleet.jpg?rlkey=pq1iaz5huuc3hldtn57rccvow&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C327" s="0" t="inlineStr">
         <is>
           <t>Fleet Men's Striped Polo</t>
         </is>
       </c>
       <c r="D327" s="0" t="inlineStr">
         <is>
           <t>152955</t>
         </is>
       </c>
       <c r="E327" s="0" t="inlineStr">
         <is>
           <t>BLANK FLEET M RL:152955D-XL</t>
         </is>
       </c>
       <c r="F327" s="0" t="inlineStr">
@@ -15768,51 +15768,51 @@
       </c>
       <c r="D369" s="0" t="inlineStr">
         <is>
           <t>109554</t>
         </is>
       </c>
       <c r="E369" s="0" t="inlineStr">
         <is>
           <t>BLANK SPENCER:109554D – XL</t>
         </is>
       </c>
       <c r="G369" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H369" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I369" s="0">
         <v>44.99</v>
       </c>
       <c r="J369" s="0">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="370" spans="1:10" customHeight="0">
       <c r="A370" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5arn0xo65ydhzowamc02/109554-f.jpg?rlkey=oulxl3jxea69hlhm1qf3yc0iv&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B370" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7cnx17xn964h4upyrbv1g/mens-hoodie-size-chartsspencer-holden.jpg?rlkey=h5kkrb9e3to66mkmo4fqf3xd7&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C370" s="0" t="inlineStr">
         <is>
           <t>Spencer Men's Heavyweight Hoodie</t>
         </is>
       </c>
       <c r="D370" s="0" t="inlineStr">
         <is>
           <t>109554</t>
         </is>
       </c>
       <c r="E370" s="0" t="inlineStr">
         <is>
           <t>BLANK SPENCER:109554E - 2XL</t>
         </is>
       </c>
       <c r="G370" s="0" t="inlineStr">
@@ -15885,168 +15885,168 @@
       </c>
       <c r="D372" s="0" t="inlineStr">
         <is>
           <t>109556</t>
         </is>
       </c>
       <c r="E372" s="0" t="inlineStr">
         <is>
           <t>BLANK SPENCER:109556A – S</t>
         </is>
       </c>
       <c r="G372" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H372" s="0" t="inlineStr">
         <is>
           <t>S</t>
         </is>
       </c>
       <c r="I372" s="0">
         <v>44.99</v>
       </c>
       <c r="J372" s="0">
-        <v>0</v>
+        <v>17</v>
       </c>
     </row>
     <row r="373" spans="1:10" customHeight="0">
       <c r="A373" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qvj3h7t95xdv92jr1uyzj/109556-f.jpg?rlkey=3m6qzlgnvbqlx402jlintkvwu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B373" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7cnx17xn964h4upyrbv1g/mens-hoodie-size-chartsspencer-holden.jpg?rlkey=h5kkrb9e3to66mkmo4fqf3xd7&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C373" s="0" t="inlineStr">
         <is>
           <t>Spencer Men's Heavyweight Hoodie</t>
         </is>
       </c>
       <c r="D373" s="0" t="inlineStr">
         <is>
           <t>109556</t>
         </is>
       </c>
       <c r="E373" s="0" t="inlineStr">
         <is>
           <t>BLANK SPENCER:109556B – M</t>
         </is>
       </c>
       <c r="G373" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H373" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I373" s="0">
         <v>44.99</v>
       </c>
       <c r="J373" s="0">
-        <v>0</v>
+        <v>36</v>
       </c>
     </row>
     <row r="374" spans="1:10" customHeight="0">
       <c r="A374" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qvj3h7t95xdv92jr1uyzj/109556-f.jpg?rlkey=3m6qzlgnvbqlx402jlintkvwu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B374" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7cnx17xn964h4upyrbv1g/mens-hoodie-size-chartsspencer-holden.jpg?rlkey=h5kkrb9e3to66mkmo4fqf3xd7&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C374" s="0" t="inlineStr">
         <is>
           <t>Spencer Men's Heavyweight Hoodie</t>
         </is>
       </c>
       <c r="D374" s="0" t="inlineStr">
         <is>
           <t>109556</t>
         </is>
       </c>
       <c r="E374" s="0" t="inlineStr">
         <is>
           <t>BLANK SPENCER:109556C – L</t>
         </is>
       </c>
       <c r="G374" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H374" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="I374" s="0">
         <v>44.99</v>
       </c>
       <c r="J374" s="0">
-        <v>0</v>
+        <v>56</v>
       </c>
     </row>
     <row r="375" spans="1:10" customHeight="0">
       <c r="A375" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qvj3h7t95xdv92jr1uyzj/109556-f.jpg?rlkey=3m6qzlgnvbqlx402jlintkvwu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B375" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7cnx17xn964h4upyrbv1g/mens-hoodie-size-chartsspencer-holden.jpg?rlkey=h5kkrb9e3to66mkmo4fqf3xd7&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C375" s="0" t="inlineStr">
         <is>
           <t>Spencer Men's Heavyweight Hoodie</t>
         </is>
       </c>
       <c r="D375" s="0" t="inlineStr">
         <is>
           <t>109556</t>
         </is>
       </c>
       <c r="E375" s="0" t="inlineStr">
         <is>
           <t>BLANK SPENCER:109556D – XL</t>
         </is>
       </c>
       <c r="G375" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H375" s="0" t="inlineStr">
         <is>
           <t>XL</t>
         </is>
       </c>
       <c r="I375" s="0">
         <v>44.99</v>
       </c>
       <c r="J375" s="0">
-        <v>0</v>
+        <v>56</v>
       </c>
     </row>
     <row r="376" spans="1:10" customHeight="0">
       <c r="A376" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qvj3h7t95xdv92jr1uyzj/109556-f.jpg?rlkey=3m6qzlgnvbqlx402jlintkvwu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B376" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7cnx17xn964h4upyrbv1g/mens-hoodie-size-chartsspencer-holden.jpg?rlkey=h5kkrb9e3to66mkmo4fqf3xd7&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C376" s="0" t="inlineStr">
         <is>
           <t>Spencer Men's Heavyweight Hoodie</t>
         </is>
       </c>
       <c r="D376" s="0" t="inlineStr">
         <is>
           <t>109556</t>
         </is>
       </c>
       <c r="E376" s="0" t="inlineStr">
         <is>
           <t>BLANK SPENCER:109556E - 2XL</t>
         </is>
       </c>
       <c r="G376" s="0" t="inlineStr">
@@ -16432,51 +16432,51 @@
       </c>
       <c r="E385" s="0" t="inlineStr">
         <is>
           <t>BLANK MATEO M HG:144854B-M</t>
         </is>
       </c>
       <c r="F385" s="0" t="inlineStr">
         <is>
           <t>899144854057</t>
         </is>
       </c>
       <c r="G385" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H385" s="0" t="inlineStr">
         <is>
           <t>M</t>
         </is>
       </c>
       <c r="I385" s="0">
         <v>34.99</v>
       </c>
       <c r="J385" s="0">
-        <v>0</v>
+        <v>85</v>
       </c>
     </row>
     <row r="386" spans="1:10" customHeight="0">
       <c r="A386" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/x9wencdc4ftwa7kdpyyx3/mateo-144854-t.jpg?rlkey=qjto8cgtwvq6vpyl187e90yzf&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B386" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q22d2yjj43yhze9dkeoxk/mens-hoodie-size-chartsmateo-hoodie.jpg?rlkey=486jx83gwy2alvrmsbvteyqkr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C386" s="0" t="inlineStr">
         <is>
           <t>Mateo Men's Fleece Hoodie</t>
         </is>
       </c>
       <c r="D386" s="0" t="inlineStr">
         <is>
           <t>144854</t>
         </is>
       </c>
       <c r="E386" s="0" t="inlineStr">
         <is>
           <t>BLANK MATEO M HG:144854C-L</t>
         </is>
       </c>
       <c r="F386" s="0" t="inlineStr">
@@ -16561,16224 +16561,16268 @@
         <is>
           <t>144854</t>
         </is>
       </c>
       <c r="E388" s="0" t="inlineStr">
         <is>
           <t>BLANK MATEO M HG:144854E-2XL</t>
         </is>
       </c>
       <c r="F388" s="0" t="inlineStr">
         <is>
           <t>899144854088</t>
         </is>
       </c>
       <c r="G388" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H388" s="0" t="inlineStr">
         <is>
           <t>2XL</t>
         </is>
       </c>
       <c r="I388" s="0">
-        <v>34.99</v>
+        <v>36.99</v>
       </c>
       <c r="J388" s="0">
-        <v>53</v>
+        <v>73</v>
       </c>
     </row>
     <row r="389" spans="1:10" customHeight="0">
       <c r="A389" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/x9wencdc4ftwa7kdpyyx3/mateo-144854-t.jpg?rlkey=qjto8cgtwvq6vpyl187e90yzf&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B389" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q22d2yjj43yhze9dkeoxk/mens-hoodie-size-chartsmateo-hoodie.jpg?rlkey=486jx83gwy2alvrmsbvteyqkr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C389" s="0" t="inlineStr">
         <is>
           <t>Mateo Men's Fleece Hoodie</t>
         </is>
       </c>
       <c r="D389" s="0" t="inlineStr">
         <is>
           <t>144854</t>
         </is>
       </c>
       <c r="E389" s="0" t="inlineStr">
         <is>
           <t>BLANK MATEO M HG:144854F-3XL</t>
         </is>
       </c>
       <c r="F389" s="0" t="inlineStr">
         <is>
           <t>899144854095</t>
         </is>
       </c>
       <c r="G389" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H389" s="0" t="inlineStr">
         <is>
           <t>3XL</t>
         </is>
       </c>
       <c r="I389" s="0">
-        <v>34.99</v>
+        <v>36.99</v>
       </c>
       <c r="J389" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="390" spans="1:10" customHeight="0">
       <c r="A390" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/bds93ay2bxsshbf3k2oyj/rachellem.jpg?rlkey=aeyaxdewc1w5d9gnpzhj82d1c&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/x9wencdc4ftwa7kdpyyx3/mateo-144854-t.jpg?rlkey=qjto8cgtwvq6vpyl187e90yzf&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B390" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q22d2yjj43yhze9dkeoxk/mens-hoodie-size-chartsmateo-hoodie.jpg?rlkey=486jx83gwy2alvrmsbvteyqkr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C390" s="0" t="inlineStr">
         <is>
-          <t>Rachelle 2.0 Clear Stadium-Approved Tote</t>
+          <t>Mateo Men's Fleece Hoodie</t>
         </is>
       </c>
       <c r="D390" s="0" t="inlineStr">
         <is>
-          <t>152852</t>
+          <t>144854</t>
         </is>
       </c>
       <c r="E390" s="0" t="inlineStr">
         <is>
-          <t>BLANK RACHEL BK:152852</t>
+          <t>BLANK MATEO M HG:144854G-4XL</t>
         </is>
       </c>
       <c r="F390" s="0" t="inlineStr">
         <is>
-          <t>999152852011</t>
+          <t>899144854101</t>
+        </is>
+      </c>
+      <c r="G390" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H390" s="0" t="inlineStr">
+        <is>
+          <t>4XL</t>
         </is>
       </c>
       <c r="I390" s="0">
-        <v>29.99</v>
+        <v>34.99</v>
       </c>
       <c r="J390" s="0">
-        <v>97</v>
+        <v>8</v>
       </c>
     </row>
     <row r="391" spans="1:10" customHeight="0">
       <c r="A391" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1ar3y61divxguby3je8bp/rachelle-150076-f-blank.jpg?rlkey=lovah5pv5mrf3xwr5d9l6xkmi&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/bds93ay2bxsshbf3k2oyj/rachellem.jpg?rlkey=aeyaxdewc1w5d9gnpzhj82d1c&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C391" s="0" t="inlineStr">
         <is>
           <t>Rachelle 2.0 Clear Stadium-Approved Tote</t>
         </is>
       </c>
       <c r="D391" s="0" t="inlineStr">
         <is>
-          <t>152853</t>
+          <t>152852</t>
         </is>
       </c>
       <c r="E391" s="0" t="inlineStr">
         <is>
-          <t>BLANK RACHEL CL:152853</t>
+          <t>BLANK RACHEL BK:152852</t>
         </is>
       </c>
       <c r="F391" s="0" t="inlineStr">
         <is>
-          <t>999152853018</t>
+          <t>999152852011</t>
         </is>
       </c>
       <c r="I391" s="0">
         <v>29.99</v>
       </c>
       <c r="J391" s="0">
-        <v>127</v>
+        <v>97</v>
       </c>
     </row>
     <row r="392" spans="1:10" customHeight="0">
       <c r="A392" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/d4b8vyz9y768wlpy7xl6k/davist.jpg?rlkey=ol5g6hd3ebvo1yp7a0gx36m02&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1ar3y61divxguby3je8bp/rachelle-150076-f-blank.jpg?rlkey=lovah5pv5mrf3xwr5d9l6xkmi&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C392" s="0" t="inlineStr">
         <is>
-          <t>Davis Canvas Sling Bag</t>
+          <t>Rachelle 2.0 Clear Stadium-Approved Tote</t>
         </is>
       </c>
       <c r="D392" s="0" t="inlineStr">
         <is>
-          <t>141790</t>
+          <t>152853</t>
         </is>
       </c>
       <c r="E392" s="0" t="inlineStr">
         <is>
-          <t>BLANK DAVIS BN:141790</t>
+          <t>BLANK RACHEL CL:152853</t>
         </is>
       </c>
       <c r="F392" s="0" t="inlineStr">
         <is>
-          <t>999141790010</t>
+          <t>999152853018</t>
         </is>
       </c>
       <c r="I392" s="0">
-        <v>39.99</v>
+        <v>29.99</v>
       </c>
       <c r="J392" s="0">
-        <v>276</v>
+        <v>127</v>
       </c>
     </row>
     <row r="393" spans="1:10" customHeight="0">
       <c r="A393" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/avesm5bwn7gx14a77td7u/davis-bk.jpg?rlkey=3ev9p0bh9jo2mxgid1jfa4so8&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/d4b8vyz9y768wlpy7xl6k/davist.jpg?rlkey=ol5g6hd3ebvo1yp7a0gx36m02&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C393" s="0" t="inlineStr">
         <is>
           <t>Davis Canvas Sling Bag</t>
         </is>
       </c>
       <c r="D393" s="0" t="inlineStr">
         <is>
-          <t>143345</t>
+          <t>141790</t>
         </is>
       </c>
       <c r="E393" s="0" t="inlineStr">
         <is>
-          <t>BLANK DAVIS BK:143345</t>
+          <t>BLANK DAVIS BN:141790</t>
         </is>
       </c>
       <c r="F393" s="0" t="inlineStr">
         <is>
-          <t>999143345010</t>
+          <t>999141790010</t>
         </is>
       </c>
       <c r="I393" s="0">
         <v>39.99</v>
       </c>
       <c r="J393" s="0">
-        <v>137</v>
+        <v>252</v>
       </c>
     </row>
     <row r="394" spans="1:10" customHeight="0">
       <c r="A394" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tpi7coyx7oxc3kdc37f1v/123506-af.jpg?rlkey=3g4ekpm660gierv04dlt6iu2l&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1mkk7g6rz61mwah4pqsh4/mens-jackets-size-chartsjaxtyn.jpg?rlkey=2ufi626t5mxaeh8y2r95uvbx0&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/avesm5bwn7gx14a77td7u/davis-bk.jpg?rlkey=3ev9p0bh9jo2mxgid1jfa4so8&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C394" s="0" t="inlineStr">
         <is>
-          <t>Jaxtyn Men's Light Fill Jacket</t>
+          <t>Davis Canvas Sling Bag</t>
         </is>
       </c>
       <c r="D394" s="0" t="inlineStr">
         <is>
-          <t>123506</t>
+          <t>143345</t>
         </is>
       </c>
       <c r="E394" s="0" t="inlineStr">
         <is>
-          <t>BLANK JAXTYN M BK:123506A-S</t>
+          <t>BLANK DAVIS BK:143345</t>
         </is>
       </c>
       <c r="F394" s="0" t="inlineStr">
         <is>
-          <t>899123506045</t>
-[...9 lines deleted...]
-          <t>S</t>
+          <t>999143345010</t>
         </is>
       </c>
       <c r="I394" s="0">
-        <v>55.99</v>
+        <v>39.99</v>
       </c>
       <c r="J394" s="0">
-        <v>11</v>
+        <v>137</v>
       </c>
     </row>
     <row r="395" spans="1:10" customHeight="0">
       <c r="A395" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tpi7coyx7oxc3kdc37f1v/123506-af.jpg?rlkey=3g4ekpm660gierv04dlt6iu2l&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B395" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1mkk7g6rz61mwah4pqsh4/mens-jackets-size-chartsjaxtyn.jpg?rlkey=2ufi626t5mxaeh8y2r95uvbx0&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C395" s="0" t="inlineStr">
         <is>
           <t>Jaxtyn Men's Light Fill Jacket</t>
         </is>
       </c>
       <c r="D395" s="0" t="inlineStr">
         <is>
           <t>123506</t>
         </is>
       </c>
       <c r="E395" s="0" t="inlineStr">
         <is>
-          <t>BLANK JAXTYN M BK:123506B-M</t>
+          <t>BLANK JAXTYN M BK:123506A-S</t>
         </is>
       </c>
       <c r="F395" s="0" t="inlineStr">
         <is>
-          <t>899123506052</t>
+          <t>899123506045</t>
         </is>
       </c>
       <c r="G395" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H395" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I395" s="0">
         <v>55.99</v>
       </c>
       <c r="J395" s="0">
-        <v>24</v>
+        <v>11</v>
       </c>
     </row>
     <row r="396" spans="1:10" customHeight="0">
       <c r="A396" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tpi7coyx7oxc3kdc37f1v/123506-af.jpg?rlkey=3g4ekpm660gierv04dlt6iu2l&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B396" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1mkk7g6rz61mwah4pqsh4/mens-jackets-size-chartsjaxtyn.jpg?rlkey=2ufi626t5mxaeh8y2r95uvbx0&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C396" s="0" t="inlineStr">
         <is>
           <t>Jaxtyn Men's Light Fill Jacket</t>
         </is>
       </c>
       <c r="D396" s="0" t="inlineStr">
         <is>
           <t>123506</t>
         </is>
       </c>
       <c r="E396" s="0" t="inlineStr">
         <is>
-          <t>BLANK JAXTYN M BK:123506C-L</t>
+          <t>BLANK JAXTYN M BK:123506B-M</t>
         </is>
       </c>
       <c r="F396" s="0" t="inlineStr">
         <is>
-          <t>899123506069</t>
+          <t>899123506052</t>
         </is>
       </c>
       <c r="G396" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H396" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I396" s="0">
         <v>55.99</v>
       </c>
       <c r="J396" s="0">
-        <v>3</v>
+        <v>24</v>
       </c>
     </row>
     <row r="397" spans="1:10" customHeight="0">
       <c r="A397" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tpi7coyx7oxc3kdc37f1v/123506-af.jpg?rlkey=3g4ekpm660gierv04dlt6iu2l&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B397" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1mkk7g6rz61mwah4pqsh4/mens-jackets-size-chartsjaxtyn.jpg?rlkey=2ufi626t5mxaeh8y2r95uvbx0&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C397" s="0" t="inlineStr">
         <is>
           <t>Jaxtyn Men's Light Fill Jacket</t>
         </is>
       </c>
       <c r="D397" s="0" t="inlineStr">
         <is>
           <t>123506</t>
         </is>
       </c>
       <c r="E397" s="0" t="inlineStr">
         <is>
-          <t>BLANK JAXTYN M BK:123506D-XL</t>
+          <t>BLANK JAXTYN M BK:123506C-L</t>
         </is>
       </c>
       <c r="F397" s="0" t="inlineStr">
         <is>
-          <t>899123506076</t>
+          <t>899123506069</t>
         </is>
       </c>
       <c r="G397" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H397" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I397" s="0">
         <v>55.99</v>
       </c>
       <c r="J397" s="0">
-        <v>15</v>
+        <v>3</v>
       </c>
     </row>
     <row r="398" spans="1:10" customHeight="0">
       <c r="A398" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tpi7coyx7oxc3kdc37f1v/123506-af.jpg?rlkey=3g4ekpm660gierv04dlt6iu2l&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B398" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1mkk7g6rz61mwah4pqsh4/mens-jackets-size-chartsjaxtyn.jpg?rlkey=2ufi626t5mxaeh8y2r95uvbx0&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C398" s="0" t="inlineStr">
         <is>
           <t>Jaxtyn Men's Light Fill Jacket</t>
         </is>
       </c>
       <c r="D398" s="0" t="inlineStr">
         <is>
           <t>123506</t>
         </is>
       </c>
       <c r="E398" s="0" t="inlineStr">
         <is>
-          <t>BLANK JAXTYN M BK:123506E-2XL</t>
+          <t>BLANK JAXTYN M BK:123506D-XL</t>
         </is>
       </c>
       <c r="F398" s="0" t="inlineStr">
         <is>
-          <t>899123506083</t>
+          <t>899123506076</t>
         </is>
       </c>
       <c r="G398" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H398" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I398" s="0">
         <v>55.99</v>
       </c>
       <c r="J398" s="0">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="399" spans="1:10" customHeight="0">
       <c r="A399" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tpi7coyx7oxc3kdc37f1v/123506-af.jpg?rlkey=3g4ekpm660gierv04dlt6iu2l&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B399" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1mkk7g6rz61mwah4pqsh4/mens-jackets-size-chartsjaxtyn.jpg?rlkey=2ufi626t5mxaeh8y2r95uvbx0&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C399" s="0" t="inlineStr">
         <is>
           <t>Jaxtyn Men's Light Fill Jacket</t>
         </is>
       </c>
       <c r="D399" s="0" t="inlineStr">
         <is>
           <t>123506</t>
         </is>
       </c>
       <c r="E399" s="0" t="inlineStr">
         <is>
-          <t>BLANK JAXTYN M BK:123506F-3XL</t>
+          <t>BLANK JAXTYN M BK:123506E-2XL</t>
         </is>
       </c>
       <c r="F399" s="0" t="inlineStr">
         <is>
-          <t>899123506090</t>
+          <t>899123506083</t>
         </is>
       </c>
       <c r="G399" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H399" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I399" s="0">
         <v>55.99</v>
       </c>
       <c r="J399" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="400" spans="1:10" customHeight="0">
       <c r="A400" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mdtcmmo1gmoiqlt5274qf/sideline1.jpg?rlkey=4vn3usmu7gxn0knyrl4mlnjad&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tpi7coyx7oxc3kdc37f1v/123506-af.jpg?rlkey=3g4ekpm660gierv04dlt6iu2l&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B400" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/1mkk7g6rz61mwah4pqsh4/mens-jackets-size-chartsjaxtyn.jpg?rlkey=2ufi626t5mxaeh8y2r95uvbx0&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C400" s="0" t="inlineStr">
         <is>
-          <t>Sideline Stadium-Approved Fanny Pack</t>
+          <t>Jaxtyn Men's Light Fill Jacket</t>
         </is>
       </c>
       <c r="D400" s="0" t="inlineStr">
         <is>
-          <t>136811</t>
+          <t>123506</t>
         </is>
       </c>
       <c r="E400" s="0" t="inlineStr">
         <is>
-          <t>BLANK SIDELI CR:136811</t>
+          <t>BLANK JAXTYN M BK:123506F-3XL</t>
         </is>
       </c>
       <c r="F400" s="0" t="inlineStr">
         <is>
-          <t>999136811010</t>
+          <t>899123506090</t>
+        </is>
+      </c>
+      <c r="G400" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H400" s="0" t="inlineStr">
+        <is>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I400" s="0">
-        <v>12.99</v>
+        <v>55.99</v>
       </c>
       <c r="J400" s="0">
-        <v>72</v>
+        <v>4</v>
       </c>
     </row>
     <row r="401" spans="1:10" customHeight="0">
       <c r="A401" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zgmmqogpikg2kdgev403j/132892-f.jpg?rlkey=ftx0pkv4gb604sbjj0zotsq69&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mdtcmmo1gmoiqlt5274qf/sideline1.jpg?rlkey=4vn3usmu7gxn0knyrl4mlnjad&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C401" s="0" t="inlineStr">
         <is>
-          <t>Miro Men's Scuba 1/4 Zip</t>
+          <t>Sideline Stadium-Approved Fanny Pack</t>
         </is>
       </c>
       <c r="D401" s="0" t="inlineStr">
         <is>
-          <t>132892</t>
+          <t>136811</t>
         </is>
       </c>
       <c r="E401" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M BK:132892A-S</t>
+          <t>BLANK SIDELI CR:136811</t>
         </is>
       </c>
       <c r="F401" s="0" t="inlineStr">
         <is>
-          <t>899132892047</t>
-[...9 lines deleted...]
-          <t>S</t>
+          <t>999136811010</t>
         </is>
       </c>
       <c r="I401" s="0">
-        <v>44.99</v>
+        <v>12.99</v>
       </c>
       <c r="J401" s="0">
-        <v>44</v>
+        <v>72</v>
       </c>
     </row>
     <row r="402" spans="1:10" customHeight="0">
       <c r="A402" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zgmmqogpikg2kdgev403j/132892-f.jpg?rlkey=ftx0pkv4gb604sbjj0zotsq69&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B402" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C402" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D402" s="0" t="inlineStr">
         <is>
           <t>132892</t>
         </is>
       </c>
       <c r="E402" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M BK:132892B-M</t>
+          <t>BLANK MIRO M BK:132892A-S</t>
         </is>
       </c>
       <c r="F402" s="0" t="inlineStr">
         <is>
-          <t>899132892054</t>
+          <t>899132892047</t>
         </is>
       </c>
       <c r="G402" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H402" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I402" s="0">
         <v>44.99</v>
       </c>
       <c r="J402" s="0">
-        <v>86</v>
+        <v>44</v>
       </c>
     </row>
     <row r="403" spans="1:10" customHeight="0">
       <c r="A403" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zgmmqogpikg2kdgev403j/132892-f.jpg?rlkey=ftx0pkv4gb604sbjj0zotsq69&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B403" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C403" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D403" s="0" t="inlineStr">
         <is>
           <t>132892</t>
         </is>
       </c>
       <c r="E403" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M BK:132892C-L</t>
+          <t>BLANK MIRO M BK:132892B-M</t>
         </is>
       </c>
       <c r="F403" s="0" t="inlineStr">
         <is>
-          <t>899132892061</t>
+          <t>899132892054</t>
         </is>
       </c>
       <c r="G403" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H403" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I403" s="0">
         <v>44.99</v>
       </c>
       <c r="J403" s="0">
-        <v>119</v>
+        <v>86</v>
       </c>
     </row>
     <row r="404" spans="1:10" customHeight="0">
       <c r="A404" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zgmmqogpikg2kdgev403j/132892-f.jpg?rlkey=ftx0pkv4gb604sbjj0zotsq69&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B404" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C404" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D404" s="0" t="inlineStr">
         <is>
           <t>132892</t>
         </is>
       </c>
       <c r="E404" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M BK:132892D-XL</t>
+          <t>BLANK MIRO M BK:132892C-L</t>
         </is>
       </c>
       <c r="F404" s="0" t="inlineStr">
         <is>
-          <t>899132892078</t>
+          <t>899132892061</t>
         </is>
       </c>
       <c r="G404" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H404" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I404" s="0">
         <v>44.99</v>
       </c>
       <c r="J404" s="0">
-        <v>111</v>
+        <v>120</v>
       </c>
     </row>
     <row r="405" spans="1:10" customHeight="0">
       <c r="A405" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zgmmqogpikg2kdgev403j/132892-f.jpg?rlkey=ftx0pkv4gb604sbjj0zotsq69&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B405" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C405" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D405" s="0" t="inlineStr">
         <is>
           <t>132892</t>
         </is>
       </c>
       <c r="E405" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M BK:132892E-2XL</t>
+          <t>BLANK MIRO M BK:132892D-XL</t>
         </is>
       </c>
       <c r="F405" s="0" t="inlineStr">
         <is>
-          <t>899132892085</t>
+          <t>899132892078</t>
         </is>
       </c>
       <c r="G405" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H405" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I405" s="0">
         <v>44.99</v>
       </c>
       <c r="J405" s="0">
-        <v>72</v>
+        <v>113</v>
       </c>
     </row>
     <row r="406" spans="1:10" customHeight="0">
       <c r="A406" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zgmmqogpikg2kdgev403j/132892-f.jpg?rlkey=ftx0pkv4gb604sbjj0zotsq69&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B406" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C406" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D406" s="0" t="inlineStr">
         <is>
           <t>132892</t>
         </is>
       </c>
       <c r="E406" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M BK:132892F-3XL</t>
+          <t>BLANK MIRO M BK:132892E-2XL</t>
         </is>
       </c>
       <c r="F406" s="0" t="inlineStr">
         <is>
-          <t>899132892092</t>
+          <t>899132892085</t>
         </is>
       </c>
       <c r="G406" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H406" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I406" s="0">
         <v>44.99</v>
       </c>
       <c r="J406" s="0">
-        <v>34</v>
+        <v>73</v>
       </c>
     </row>
     <row r="407" spans="1:10" customHeight="0">
       <c r="A407" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mmug1g3ip5fzdi1pocthm/miro-132894-f.jpg?rlkey=nenhl0ya0m9lcagp1kkhgc5bp&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zgmmqogpikg2kdgev403j/132892-f.jpg?rlkey=ftx0pkv4gb604sbjj0zotsq69&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B407" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C407" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D407" s="0" t="inlineStr">
         <is>
-          <t>132894</t>
+          <t>132892</t>
         </is>
       </c>
       <c r="E407" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M DG:132894A-S</t>
+          <t>BLANK MIRO M BK:132892F-3XL</t>
         </is>
       </c>
       <c r="F407" s="0" t="inlineStr">
         <is>
-          <t>899132894041</t>
+          <t>899132892092</t>
         </is>
       </c>
       <c r="G407" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H407" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I407" s="0">
         <v>44.99</v>
       </c>
       <c r="J407" s="0">
-        <v>22</v>
+        <v>34</v>
       </c>
     </row>
     <row r="408" spans="1:10" customHeight="0">
       <c r="A408" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mmug1g3ip5fzdi1pocthm/miro-132894-f.jpg?rlkey=nenhl0ya0m9lcagp1kkhgc5bp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B408" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C408" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D408" s="0" t="inlineStr">
         <is>
           <t>132894</t>
         </is>
       </c>
       <c r="E408" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M DG:132894B-M</t>
+          <t>BLANK MIRO M DG:132894A-S</t>
         </is>
       </c>
       <c r="F408" s="0" t="inlineStr">
         <is>
-          <t>899132894058</t>
+          <t>899132894041</t>
         </is>
       </c>
       <c r="G408" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H408" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I408" s="0">
         <v>44.99</v>
       </c>
       <c r="J408" s="0">
-        <v>46</v>
+        <v>22</v>
       </c>
     </row>
     <row r="409" spans="1:10" customHeight="0">
       <c r="A409" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mmug1g3ip5fzdi1pocthm/miro-132894-f.jpg?rlkey=nenhl0ya0m9lcagp1kkhgc5bp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B409" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C409" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D409" s="0" t="inlineStr">
         <is>
           <t>132894</t>
         </is>
       </c>
       <c r="E409" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M DG:132894C-L</t>
+          <t>BLANK MIRO M DG:132894B-M</t>
         </is>
       </c>
       <c r="F409" s="0" t="inlineStr">
         <is>
-          <t>899132894065</t>
+          <t>899132894058</t>
         </is>
       </c>
       <c r="G409" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H409" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I409" s="0">
         <v>44.99</v>
       </c>
       <c r="J409" s="0">
-        <v>66</v>
+        <v>46</v>
       </c>
     </row>
     <row r="410" spans="1:10" customHeight="0">
       <c r="A410" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mmug1g3ip5fzdi1pocthm/miro-132894-f.jpg?rlkey=nenhl0ya0m9lcagp1kkhgc5bp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B410" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C410" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D410" s="0" t="inlineStr">
         <is>
           <t>132894</t>
         </is>
       </c>
       <c r="E410" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M DG:132894D-XL</t>
+          <t>BLANK MIRO M DG:132894C-L</t>
         </is>
       </c>
       <c r="F410" s="0" t="inlineStr">
         <is>
-          <t>899132894072</t>
+          <t>899132894065</t>
         </is>
       </c>
       <c r="G410" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H410" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I410" s="0">
         <v>44.99</v>
       </c>
       <c r="J410" s="0">
-        <v>62</v>
+        <v>66</v>
       </c>
     </row>
     <row r="411" spans="1:10" customHeight="0">
       <c r="A411" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mmug1g3ip5fzdi1pocthm/miro-132894-f.jpg?rlkey=nenhl0ya0m9lcagp1kkhgc5bp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B411" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C411" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D411" s="0" t="inlineStr">
         <is>
           <t>132894</t>
         </is>
       </c>
       <c r="E411" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M DG:132894E-2XL</t>
+          <t>BLANK MIRO M DG:132894D-XL</t>
         </is>
       </c>
       <c r="F411" s="0" t="inlineStr">
         <is>
-          <t>899132894089</t>
+          <t>899132894072</t>
         </is>
       </c>
       <c r="G411" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H411" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I411" s="0">
         <v>44.99</v>
       </c>
       <c r="J411" s="0">
-        <v>43</v>
+        <v>62</v>
       </c>
     </row>
     <row r="412" spans="1:10" customHeight="0">
       <c r="A412" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mmug1g3ip5fzdi1pocthm/miro-132894-f.jpg?rlkey=nenhl0ya0m9lcagp1kkhgc5bp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B412" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C412" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D412" s="0" t="inlineStr">
         <is>
           <t>132894</t>
         </is>
       </c>
       <c r="E412" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M DG:132894F-3XL</t>
+          <t>BLANK MIRO M DG:132894E-2XL</t>
         </is>
       </c>
       <c r="F412" s="0" t="inlineStr">
         <is>
-          <t>899132894096</t>
+          <t>899132894089</t>
         </is>
       </c>
       <c r="G412" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H412" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I412" s="0">
         <v>44.99</v>
       </c>
       <c r="J412" s="0">
-        <v>22</v>
+        <v>43</v>
       </c>
     </row>
     <row r="413" spans="1:10" customHeight="0">
       <c r="A413" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pq70gtcm708ilzuvo7t7b/miro-132897-f.jpg?rlkey=23ke5hfw8jw37q9gex6hqyu1z&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mmug1g3ip5fzdi1pocthm/miro-132894-f.jpg?rlkey=nenhl0ya0m9lcagp1kkhgc5bp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B413" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C413" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D413" s="0" t="inlineStr">
         <is>
-          <t>132897</t>
+          <t>132894</t>
         </is>
       </c>
       <c r="E413" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M CL:132897A-S</t>
+          <t>BLANK MIRO M DG:132894F-3XL</t>
         </is>
       </c>
       <c r="F413" s="0" t="inlineStr">
         <is>
-          <t>899132897042</t>
+          <t>899132894096</t>
         </is>
       </c>
       <c r="G413" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H413" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I413" s="0">
         <v>44.99</v>
       </c>
       <c r="J413" s="0">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="414" spans="1:10" customHeight="0">
       <c r="A414" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pq70gtcm708ilzuvo7t7b/miro-132897-f.jpg?rlkey=23ke5hfw8jw37q9gex6hqyu1z&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B414" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C414" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D414" s="0" t="inlineStr">
         <is>
           <t>132897</t>
         </is>
       </c>
       <c r="E414" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M CL:132897B-M</t>
+          <t>BLANK MIRO M CL:132897A-S</t>
         </is>
       </c>
       <c r="F414" s="0" t="inlineStr">
         <is>
-          <t>899132897059</t>
+          <t>899132897042</t>
         </is>
       </c>
       <c r="G414" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H414" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I414" s="0">
         <v>44.99</v>
       </c>
       <c r="J414" s="0">
-        <v>47</v>
+        <v>21</v>
       </c>
     </row>
     <row r="415" spans="1:10" customHeight="0">
       <c r="A415" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pq70gtcm708ilzuvo7t7b/miro-132897-f.jpg?rlkey=23ke5hfw8jw37q9gex6hqyu1z&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B415" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C415" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D415" s="0" t="inlineStr">
         <is>
           <t>132897</t>
         </is>
       </c>
       <c r="E415" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M CL:132897C-L</t>
+          <t>BLANK MIRO M CL:132897B-M</t>
         </is>
       </c>
       <c r="F415" s="0" t="inlineStr">
         <is>
-          <t>899132897066</t>
+          <t>899132897059</t>
         </is>
       </c>
       <c r="G415" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H415" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I415" s="0">
         <v>44.99</v>
       </c>
       <c r="J415" s="0">
-        <v>71</v>
+        <v>47</v>
       </c>
     </row>
     <row r="416" spans="1:10" customHeight="0">
       <c r="A416" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pq70gtcm708ilzuvo7t7b/miro-132897-f.jpg?rlkey=23ke5hfw8jw37q9gex6hqyu1z&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B416" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C416" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D416" s="0" t="inlineStr">
         <is>
           <t>132897</t>
         </is>
       </c>
       <c r="E416" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M CL:132897D-XL</t>
+          <t>BLANK MIRO M CL:132897C-L</t>
         </is>
       </c>
       <c r="F416" s="0" t="inlineStr">
         <is>
-          <t>899132897073</t>
+          <t>899132897066</t>
         </is>
       </c>
       <c r="G416" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H416" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I416" s="0">
         <v>44.99</v>
       </c>
       <c r="J416" s="0">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="417" spans="1:10" customHeight="0">
       <c r="A417" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pq70gtcm708ilzuvo7t7b/miro-132897-f.jpg?rlkey=23ke5hfw8jw37q9gex6hqyu1z&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B417" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C417" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D417" s="0" t="inlineStr">
         <is>
           <t>132897</t>
         </is>
       </c>
       <c r="E417" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M CL:132897E-2XL</t>
+          <t>BLANK MIRO M CL:132897D-XL</t>
         </is>
       </c>
       <c r="F417" s="0" t="inlineStr">
         <is>
-          <t>899132897080</t>
+          <t>899132897073</t>
         </is>
       </c>
       <c r="G417" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H417" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I417" s="0">
         <v>44.99</v>
       </c>
       <c r="J417" s="0">
-        <v>48</v>
+        <v>68</v>
       </c>
     </row>
     <row r="418" spans="1:10" customHeight="0">
       <c r="A418" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pq70gtcm708ilzuvo7t7b/miro-132897-f.jpg?rlkey=23ke5hfw8jw37q9gex6hqyu1z&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B418" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C418" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D418" s="0" t="inlineStr">
         <is>
           <t>132897</t>
         </is>
       </c>
       <c r="E418" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M CL:132897F-3XL</t>
+          <t>BLANK MIRO M CL:132897E-2XL</t>
         </is>
       </c>
       <c r="F418" s="0" t="inlineStr">
         <is>
-          <t>899132897097</t>
+          <t>899132897080</t>
         </is>
       </c>
       <c r="G418" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H418" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I418" s="0">
         <v>44.99</v>
       </c>
       <c r="J418" s="0">
-        <v>24</v>
+        <v>48</v>
       </c>
     </row>
     <row r="419" spans="1:10" customHeight="0">
       <c r="A419" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t8yph9bv2ul6hiracsn98/mirot.jpg?rlkey=na6v7szyk2f6y3ciu86piv0r9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pq70gtcm708ilzuvo7t7b/miro-132897-f.jpg?rlkey=23ke5hfw8jw37q9gex6hqyu1z&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B419" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C419" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D419" s="0" t="inlineStr">
         <is>
-          <t>132893</t>
+          <t>132897</t>
         </is>
       </c>
       <c r="E419" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M NY:132893A-S</t>
+          <t>BLANK MIRO M CL:132897F-3XL</t>
         </is>
       </c>
       <c r="F419" s="0" t="inlineStr">
         <is>
-          <t>899132893044</t>
+          <t>899132897097</t>
         </is>
       </c>
       <c r="G419" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H419" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I419" s="0">
         <v>44.99</v>
       </c>
       <c r="J419" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="420" spans="1:10" customHeight="0">
       <c r="A420" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t8yph9bv2ul6hiracsn98/mirot.jpg?rlkey=na6v7szyk2f6y3ciu86piv0r9&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B420" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C420" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D420" s="0" t="inlineStr">
         <is>
           <t>132893</t>
         </is>
       </c>
       <c r="E420" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M NY:132893B-M</t>
+          <t>BLANK MIRO M NY:132893A-S</t>
         </is>
       </c>
       <c r="F420" s="0" t="inlineStr">
         <is>
-          <t>899132893051</t>
+          <t>899132893044</t>
         </is>
       </c>
       <c r="G420" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H420" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I420" s="0">
         <v>44.99</v>
       </c>
       <c r="J420" s="0">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="421" spans="1:10" customHeight="0">
       <c r="A421" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t8yph9bv2ul6hiracsn98/mirot.jpg?rlkey=na6v7szyk2f6y3ciu86piv0r9&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B421" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C421" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D421" s="0" t="inlineStr">
         <is>
           <t>132893</t>
         </is>
       </c>
       <c r="E421" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M NY:132893C-L</t>
+          <t>BLANK MIRO M NY:132893B-M</t>
         </is>
       </c>
       <c r="F421" s="0" t="inlineStr">
         <is>
-          <t>899132893068</t>
+          <t>899132893051</t>
         </is>
       </c>
       <c r="G421" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H421" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I421" s="0">
         <v>44.99</v>
       </c>
       <c r="J421" s="0">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="422" spans="1:10" customHeight="0">
       <c r="A422" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t8yph9bv2ul6hiracsn98/mirot.jpg?rlkey=na6v7szyk2f6y3ciu86piv0r9&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B422" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C422" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D422" s="0" t="inlineStr">
         <is>
           <t>132893</t>
         </is>
       </c>
       <c r="E422" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M NY:132893D-XL</t>
+          <t>BLANK MIRO M NY:132893C-L</t>
         </is>
       </c>
       <c r="F422" s="0" t="inlineStr">
         <is>
-          <t>899132893075</t>
+          <t>899132893068</t>
         </is>
       </c>
       <c r="G422" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H422" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I422" s="0">
         <v>44.99</v>
       </c>
       <c r="J422" s="0">
-        <v>34</v>
+        <v>27</v>
       </c>
     </row>
     <row r="423" spans="1:10" customHeight="0">
       <c r="A423" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t8yph9bv2ul6hiracsn98/mirot.jpg?rlkey=na6v7szyk2f6y3ciu86piv0r9&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B423" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C423" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D423" s="0" t="inlineStr">
         <is>
           <t>132893</t>
         </is>
       </c>
       <c r="E423" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M NY:132893E-2XL</t>
+          <t>BLANK MIRO M NY:132893D-XL</t>
         </is>
       </c>
       <c r="F423" s="0" t="inlineStr">
         <is>
-          <t>899132893082</t>
+          <t>899132893075</t>
         </is>
       </c>
       <c r="G423" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H423" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I423" s="0">
         <v>44.99</v>
       </c>
       <c r="J423" s="0">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="424" spans="1:10" customHeight="0">
       <c r="A424" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t8yph9bv2ul6hiracsn98/mirot.jpg?rlkey=na6v7szyk2f6y3ciu86piv0r9&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B424" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C424" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D424" s="0" t="inlineStr">
         <is>
           <t>132893</t>
         </is>
       </c>
       <c r="E424" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M NY:132893F-3XL</t>
+          <t>BLANK MIRO M NY:132893E-2XL</t>
         </is>
       </c>
       <c r="F424" s="0" t="inlineStr">
         <is>
-          <t>899132893099</t>
+          <t>899132893082</t>
         </is>
       </c>
       <c r="G424" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H424" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I424" s="0">
         <v>44.99</v>
       </c>
       <c r="J424" s="0">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="425" spans="1:10" customHeight="0">
       <c r="A425" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hhubywyszehay3au8phr2/miro-132895-f.jpg?rlkey=rje1kt01eabnxd709yph91u8r&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t8yph9bv2ul6hiracsn98/mirot.jpg?rlkey=na6v7szyk2f6y3ciu86piv0r9&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B425" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C425" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D425" s="0" t="inlineStr">
         <is>
-          <t>132895</t>
+          <t>132893</t>
         </is>
       </c>
       <c r="E425" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M RL:132895A-S</t>
+          <t>BLANK MIRO M NY:132893F-3XL</t>
         </is>
       </c>
       <c r="F425" s="0" t="inlineStr">
         <is>
-          <t>899132895048</t>
+          <t>899132893099</t>
         </is>
       </c>
       <c r="G425" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H425" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I425" s="0">
         <v>44.99</v>
       </c>
       <c r="J425" s="0">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="426" spans="1:10" customHeight="0">
       <c r="A426" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hhubywyszehay3au8phr2/miro-132895-f.jpg?rlkey=rje1kt01eabnxd709yph91u8r&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B426" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C426" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D426" s="0" t="inlineStr">
         <is>
           <t>132895</t>
         </is>
       </c>
       <c r="E426" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M RL:132895B-M</t>
+          <t>BLANK MIRO M RL:132895A-S</t>
         </is>
       </c>
       <c r="F426" s="0" t="inlineStr">
         <is>
-          <t>899132895055</t>
+          <t>899132895048</t>
         </is>
       </c>
       <c r="G426" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H426" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I426" s="0">
         <v>44.99</v>
       </c>
       <c r="J426" s="0">
-        <v>38</v>
+        <v>19</v>
       </c>
     </row>
     <row r="427" spans="1:10" customHeight="0">
       <c r="A427" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hhubywyszehay3au8phr2/miro-132895-f.jpg?rlkey=rje1kt01eabnxd709yph91u8r&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B427" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C427" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D427" s="0" t="inlineStr">
         <is>
           <t>132895</t>
         </is>
       </c>
       <c r="E427" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M RL:132895C-L</t>
+          <t>BLANK MIRO M RL:132895B-M</t>
         </is>
       </c>
       <c r="F427" s="0" t="inlineStr">
         <is>
-          <t>899132895062</t>
+          <t>899132895055</t>
         </is>
       </c>
       <c r="G427" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H427" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I427" s="0">
         <v>44.99</v>
       </c>
       <c r="J427" s="0">
-        <v>46</v>
+        <v>38</v>
       </c>
     </row>
     <row r="428" spans="1:10" customHeight="0">
       <c r="A428" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hhubywyszehay3au8phr2/miro-132895-f.jpg?rlkey=rje1kt01eabnxd709yph91u8r&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B428" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C428" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D428" s="0" t="inlineStr">
         <is>
           <t>132895</t>
         </is>
       </c>
       <c r="E428" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M RL:132895D-XL</t>
+          <t>BLANK MIRO M RL:132895C-L</t>
         </is>
       </c>
       <c r="F428" s="0" t="inlineStr">
         <is>
-          <t>899132895079</t>
+          <t>899132895062</t>
         </is>
       </c>
       <c r="G428" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H428" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I428" s="0">
         <v>44.99</v>
       </c>
       <c r="J428" s="0">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="429" spans="1:10" customHeight="0">
       <c r="A429" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hhubywyszehay3au8phr2/miro-132895-f.jpg?rlkey=rje1kt01eabnxd709yph91u8r&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B429" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C429" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D429" s="0" t="inlineStr">
         <is>
           <t>132895</t>
         </is>
       </c>
       <c r="E429" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M RL:132895E-2XL</t>
+          <t>BLANK MIRO M RL:132895D-XL</t>
         </is>
       </c>
       <c r="F429" s="0" t="inlineStr">
         <is>
-          <t>899132895086</t>
+          <t>899132895079</t>
         </is>
       </c>
       <c r="G429" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H429" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I429" s="0">
         <v>44.99</v>
       </c>
       <c r="J429" s="0">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="430" spans="1:10" customHeight="0">
       <c r="A430" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hhubywyszehay3au8phr2/miro-132895-f.jpg?rlkey=rje1kt01eabnxd709yph91u8r&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B430" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C430" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D430" s="0" t="inlineStr">
         <is>
           <t>132895</t>
         </is>
       </c>
       <c r="E430" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M RL:132895F-3XL</t>
+          <t>BLANK MIRO M RL:132895E-2XL</t>
         </is>
       </c>
       <c r="F430" s="0" t="inlineStr">
         <is>
-          <t>899132895093</t>
+          <t>899132895086</t>
         </is>
       </c>
       <c r="G430" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H430" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I430" s="0">
         <v>44.99</v>
       </c>
       <c r="J430" s="0">
-        <v>24</v>
+        <v>43</v>
       </c>
     </row>
     <row r="431" spans="1:10" customHeight="0">
       <c r="A431" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hmzb94yremji549jjufk2/miro.jpg?rlkey=ekj2y5qmgbxwoc5p99u6lo6tn&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hhubywyszehay3au8phr2/miro-132895-f.jpg?rlkey=rje1kt01eabnxd709yph91u8r&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B431" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C431" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D431" s="0" t="inlineStr">
         <is>
-          <t>132896</t>
+          <t>132895</t>
         </is>
       </c>
       <c r="E431" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M PE:132896A-S</t>
+          <t>BLANK MIRO M RL:132895F-3XL</t>
         </is>
       </c>
       <c r="F431" s="0" t="inlineStr">
         <is>
-          <t>899132896045</t>
+          <t>899132895093</t>
         </is>
       </c>
       <c r="G431" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H431" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I431" s="0">
         <v>44.99</v>
       </c>
       <c r="J431" s="0">
-        <v>17</v>
+        <v>24</v>
       </c>
     </row>
     <row r="432" spans="1:10" customHeight="0">
       <c r="A432" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hmzb94yremji549jjufk2/miro.jpg?rlkey=ekj2y5qmgbxwoc5p99u6lo6tn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B432" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C432" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D432" s="0" t="inlineStr">
         <is>
           <t>132896</t>
         </is>
       </c>
       <c r="E432" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M PE:132896B-M</t>
+          <t>BLANK MIRO M PE:132896A-S</t>
         </is>
       </c>
       <c r="F432" s="0" t="inlineStr">
         <is>
-          <t>899132896052</t>
+          <t>899132896045</t>
         </is>
       </c>
       <c r="G432" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H432" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I432" s="0">
         <v>44.99</v>
       </c>
       <c r="J432" s="0">
-        <v>44</v>
+        <v>17</v>
       </c>
     </row>
     <row r="433" spans="1:10" customHeight="0">
       <c r="A433" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hmzb94yremji549jjufk2/miro.jpg?rlkey=ekj2y5qmgbxwoc5p99u6lo6tn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B433" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C433" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D433" s="0" t="inlineStr">
         <is>
           <t>132896</t>
         </is>
       </c>
       <c r="E433" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M PE:132896C-L</t>
+          <t>BLANK MIRO M PE:132896B-M</t>
         </is>
       </c>
       <c r="F433" s="0" t="inlineStr">
         <is>
-          <t>899132896069</t>
+          <t>899132896052</t>
         </is>
       </c>
       <c r="G433" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H433" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I433" s="0">
         <v>44.99</v>
       </c>
       <c r="J433" s="0">
-        <v>64</v>
+        <v>44</v>
       </c>
     </row>
     <row r="434" spans="1:10" customHeight="0">
       <c r="A434" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hmzb94yremji549jjufk2/miro.jpg?rlkey=ekj2y5qmgbxwoc5p99u6lo6tn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B434" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C434" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D434" s="0" t="inlineStr">
         <is>
           <t>132896</t>
         </is>
       </c>
       <c r="E434" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M PE:132896D-XL</t>
+          <t>BLANK MIRO M PE:132896C-L</t>
         </is>
       </c>
       <c r="F434" s="0" t="inlineStr">
         <is>
-          <t>899132896076</t>
+          <t>899132896069</t>
         </is>
       </c>
       <c r="G434" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H434" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I434" s="0">
         <v>44.99</v>
       </c>
       <c r="J434" s="0">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="435" spans="1:10" customHeight="0">
       <c r="A435" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hmzb94yremji549jjufk2/miro.jpg?rlkey=ekj2y5qmgbxwoc5p99u6lo6tn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B435" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C435" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D435" s="0" t="inlineStr">
         <is>
           <t>132896</t>
         </is>
       </c>
       <c r="E435" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M PE:132896E-2XL</t>
+          <t>BLANK MIRO M PE:132896D-XL</t>
         </is>
       </c>
       <c r="F435" s="0" t="inlineStr">
         <is>
-          <t>899132896083</t>
+          <t>899132896076</t>
         </is>
       </c>
       <c r="G435" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H435" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I435" s="0">
         <v>44.99</v>
       </c>
       <c r="J435" s="0">
-        <v>45</v>
+        <v>68</v>
       </c>
     </row>
     <row r="436" spans="1:10" customHeight="0">
       <c r="A436" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hmzb94yremji549jjufk2/miro.jpg?rlkey=ekj2y5qmgbxwoc5p99u6lo6tn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B436" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C436" s="0" t="inlineStr">
         <is>
           <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D436" s="0" t="inlineStr">
         <is>
           <t>132896</t>
         </is>
       </c>
       <c r="E436" s="0" t="inlineStr">
         <is>
-          <t>BLANK MIRO M PE:132896F-3XL</t>
+          <t>BLANK MIRO M PE:132896E-2XL</t>
         </is>
       </c>
       <c r="F436" s="0" t="inlineStr">
         <is>
-          <t>899132896090</t>
+          <t>899132896083</t>
         </is>
       </c>
       <c r="G436" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H436" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I436" s="0">
         <v>44.99</v>
       </c>
       <c r="J436" s="0">
-        <v>24</v>
+        <v>45</v>
       </c>
     </row>
     <row r="437" spans="1:10" customHeight="0">
       <c r="A437" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sqnr7oycq1eijzgeoz1ap/f22-ahrens.jpg?rlkey=ec17kcmdhg7jcjlhu65ppejdg&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hmzb94yremji549jjufk2/miro.jpg?rlkey=ekj2y5qmgbxwoc5p99u6lo6tn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B437" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8zbi8pwbazqvqythwrq3n/mens-pullover-size-chartsmiro.jpg?rlkey=8w8i6zvs0gqyfn2i5apwwf2jf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C437" s="0" t="inlineStr">
         <is>
-          <t>Ahrens Men's Striped Performance Polo</t>
+          <t>Miro Men's Scuba 1/4 Zip</t>
         </is>
       </c>
       <c r="D437" s="0" t="inlineStr">
         <is>
-          <t>132947</t>
+          <t>132896</t>
         </is>
       </c>
       <c r="E437" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M BK:132947A-S</t>
+          <t>BLANK MIRO M PE:132896F-3XL</t>
         </is>
       </c>
       <c r="F437" s="0" t="inlineStr">
         <is>
-          <t>899132947044</t>
+          <t>899132896090</t>
         </is>
       </c>
       <c r="G437" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H437" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I437" s="0">
-        <v>36.99</v>
+        <v>44.99</v>
       </c>
       <c r="J437" s="0">
-        <v>11</v>
+        <v>24</v>
       </c>
     </row>
     <row r="438" spans="1:10" customHeight="0">
       <c r="A438" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sqnr7oycq1eijzgeoz1ap/f22-ahrens.jpg?rlkey=ec17kcmdhg7jcjlhu65ppejdg&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B438" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C438" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D438" s="0" t="inlineStr">
         <is>
           <t>132947</t>
         </is>
       </c>
       <c r="E438" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M BK:132947B-M</t>
+          <t>BLANK AHRENS M BK:132947A-S</t>
         </is>
       </c>
       <c r="F438" s="0" t="inlineStr">
         <is>
-          <t>899132947051</t>
+          <t>899132947044</t>
         </is>
       </c>
       <c r="G438" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H438" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I438" s="0">
         <v>36.99</v>
       </c>
       <c r="J438" s="0">
-        <v>34</v>
+        <v>11</v>
       </c>
     </row>
     <row r="439" spans="1:10" customHeight="0">
       <c r="A439" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sqnr7oycq1eijzgeoz1ap/f22-ahrens.jpg?rlkey=ec17kcmdhg7jcjlhu65ppejdg&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B439" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C439" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D439" s="0" t="inlineStr">
         <is>
           <t>132947</t>
         </is>
       </c>
       <c r="E439" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M BK:132947C-L</t>
+          <t>BLANK AHRENS M BK:132947B-M</t>
         </is>
       </c>
       <c r="F439" s="0" t="inlineStr">
         <is>
-          <t>899132947068</t>
+          <t>899132947051</t>
         </is>
       </c>
       <c r="G439" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H439" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I439" s="0">
         <v>36.99</v>
       </c>
       <c r="J439" s="0">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
     <row r="440" spans="1:10" customHeight="0">
       <c r="A440" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sqnr7oycq1eijzgeoz1ap/f22-ahrens.jpg?rlkey=ec17kcmdhg7jcjlhu65ppejdg&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B440" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C440" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D440" s="0" t="inlineStr">
         <is>
           <t>132947</t>
         </is>
       </c>
       <c r="E440" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M BK:132947D-XL</t>
+          <t>BLANK AHRENS M BK:132947C-L</t>
         </is>
       </c>
       <c r="F440" s="0" t="inlineStr">
         <is>
-          <t>899132947075</t>
+          <t>899132947068</t>
         </is>
       </c>
       <c r="G440" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H440" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I440" s="0">
         <v>36.99</v>
       </c>
       <c r="J440" s="0">
-        <v>47</v>
+        <v>38</v>
       </c>
     </row>
     <row r="441" spans="1:10" customHeight="0">
       <c r="A441" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sqnr7oycq1eijzgeoz1ap/f22-ahrens.jpg?rlkey=ec17kcmdhg7jcjlhu65ppejdg&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B441" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C441" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D441" s="0" t="inlineStr">
         <is>
           <t>132947</t>
         </is>
       </c>
       <c r="E441" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M BK:132947E-2XL</t>
+          <t>BLANK AHRENS M BK:132947D-XL</t>
         </is>
       </c>
       <c r="F441" s="0" t="inlineStr">
         <is>
-          <t>899132947082</t>
+          <t>899132947075</t>
         </is>
       </c>
       <c r="G441" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H441" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I441" s="0">
         <v>36.99</v>
       </c>
       <c r="J441" s="0">
-        <v>40</v>
+        <v>47</v>
       </c>
     </row>
     <row r="442" spans="1:10" customHeight="0">
       <c r="A442" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sqnr7oycq1eijzgeoz1ap/f22-ahrens.jpg?rlkey=ec17kcmdhg7jcjlhu65ppejdg&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B442" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C442" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D442" s="0" t="inlineStr">
         <is>
           <t>132947</t>
         </is>
       </c>
       <c r="E442" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M BK:132947F-3XL</t>
+          <t>BLANK AHRENS M BK:132947E-2XL</t>
         </is>
       </c>
       <c r="F442" s="0" t="inlineStr">
         <is>
-          <t>899132947099</t>
+          <t>899132947082</t>
         </is>
       </c>
       <c r="G442" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H442" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I442" s="0">
         <v>36.99</v>
       </c>
       <c r="J442" s="0">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="443" spans="1:10" customHeight="0">
       <c r="A443" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6ljy3hu9akvcy85cxjgfw/ahrens-132950-f.jpg?rlkey=6z8fza871a2n3oe3cxyd77pi7&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sqnr7oycq1eijzgeoz1ap/f22-ahrens.jpg?rlkey=ec17kcmdhg7jcjlhu65ppejdg&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B443" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C443" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D443" s="0" t="inlineStr">
         <is>
-          <t>132950</t>
+          <t>132947</t>
         </is>
       </c>
       <c r="E443" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M GY:132950A-S</t>
+          <t>BLANK AHRENS M BK:132947F-3XL</t>
         </is>
       </c>
       <c r="F443" s="0" t="inlineStr">
         <is>
-          <t>899132950044</t>
+          <t>899132947099</t>
         </is>
       </c>
       <c r="G443" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H443" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I443" s="0">
         <v>36.99</v>
       </c>
       <c r="J443" s="0">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="444" spans="1:10" customHeight="0">
       <c r="A444" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6ljy3hu9akvcy85cxjgfw/ahrens-132950-f.jpg?rlkey=6z8fza871a2n3oe3cxyd77pi7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B444" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C444" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D444" s="0" t="inlineStr">
         <is>
           <t>132950</t>
         </is>
       </c>
       <c r="E444" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M GY:132950B-M</t>
+          <t>BLANK AHRENS M GY:132950A-S</t>
         </is>
       </c>
       <c r="F444" s="0" t="inlineStr">
         <is>
-          <t>899132950051</t>
+          <t>899132950044</t>
         </is>
       </c>
       <c r="G444" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H444" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I444" s="0">
         <v>36.99</v>
       </c>
       <c r="J444" s="0">
-        <v>40</v>
+        <v>22</v>
       </c>
     </row>
     <row r="445" spans="1:10" customHeight="0">
       <c r="A445" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6ljy3hu9akvcy85cxjgfw/ahrens-132950-f.jpg?rlkey=6z8fza871a2n3oe3cxyd77pi7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B445" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C445" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D445" s="0" t="inlineStr">
         <is>
           <t>132950</t>
         </is>
       </c>
       <c r="E445" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M GY:132950C-L</t>
+          <t>BLANK AHRENS M GY:132950B-M</t>
         </is>
       </c>
       <c r="F445" s="0" t="inlineStr">
         <is>
-          <t>899132950068</t>
+          <t>899132950051</t>
         </is>
       </c>
       <c r="G445" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H445" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I445" s="0">
         <v>36.99</v>
       </c>
       <c r="J445" s="0">
-        <v>58</v>
+        <v>44</v>
       </c>
     </row>
     <row r="446" spans="1:10" customHeight="0">
       <c r="A446" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6ljy3hu9akvcy85cxjgfw/ahrens-132950-f.jpg?rlkey=6z8fza871a2n3oe3cxyd77pi7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B446" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C446" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D446" s="0" t="inlineStr">
         <is>
           <t>132950</t>
         </is>
       </c>
       <c r="E446" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M GY:132950D-XL</t>
+          <t>BLANK AHRENS M GY:132950C-L</t>
         </is>
       </c>
       <c r="F446" s="0" t="inlineStr">
         <is>
-          <t>899132950075</t>
+          <t>899132950068</t>
         </is>
       </c>
       <c r="G446" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H446" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I446" s="0">
         <v>36.99</v>
       </c>
       <c r="J446" s="0">
-        <v>55</v>
+        <v>66</v>
       </c>
     </row>
     <row r="447" spans="1:10" customHeight="0">
       <c r="A447" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6ljy3hu9akvcy85cxjgfw/ahrens-132950-f.jpg?rlkey=6z8fza871a2n3oe3cxyd77pi7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B447" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C447" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D447" s="0" t="inlineStr">
         <is>
           <t>132950</t>
         </is>
       </c>
       <c r="E447" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M GY:132950E-2XL</t>
+          <t>BLANK AHRENS M GY:132950D-XL</t>
         </is>
       </c>
       <c r="F447" s="0" t="inlineStr">
         <is>
-          <t>899132950082</t>
+          <t>899132950075</t>
         </is>
       </c>
       <c r="G447" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H447" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I447" s="0">
         <v>36.99</v>
       </c>
       <c r="J447" s="0">
-        <v>39</v>
+        <v>61</v>
       </c>
     </row>
     <row r="448" spans="1:10" customHeight="0">
       <c r="A448" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6ljy3hu9akvcy85cxjgfw/ahrens-132950-f.jpg?rlkey=6z8fza871a2n3oe3cxyd77pi7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B448" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C448" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D448" s="0" t="inlineStr">
         <is>
           <t>132950</t>
         </is>
       </c>
       <c r="E448" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M GY:132950F-3XL</t>
+          <t>BLANK AHRENS M GY:132950E-2XL</t>
         </is>
       </c>
       <c r="F448" s="0" t="inlineStr">
         <is>
-          <t>899132950099</t>
+          <t>899132950082</t>
         </is>
       </c>
       <c r="G448" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H448" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I448" s="0">
         <v>36.99</v>
       </c>
       <c r="J448" s="0">
-        <v>18</v>
+        <v>43</v>
       </c>
     </row>
     <row r="449" spans="1:10" customHeight="0">
       <c r="A449" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/htbv6eb4qw5j89a4l0lf8/ahrens-132952-f.jpg?rlkey=vb5einr4z1tfdi8pampjca8m7&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6ljy3hu9akvcy85cxjgfw/ahrens-132950-f.jpg?rlkey=6z8fza871a2n3oe3cxyd77pi7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B449" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C449" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D449" s="0" t="inlineStr">
         <is>
-          <t>132952</t>
+          <t>132950</t>
         </is>
       </c>
       <c r="E449" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M CL:132952A-S</t>
+          <t>BLANK AHRENS M GY:132950F-3XL</t>
         </is>
       </c>
       <c r="F449" s="0" t="inlineStr">
         <is>
-          <t>899132952048</t>
+          <t>899132950099</t>
         </is>
       </c>
       <c r="G449" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H449" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I449" s="0">
         <v>36.99</v>
       </c>
       <c r="J449" s="0">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="450" spans="1:10" customHeight="0">
       <c r="A450" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/htbv6eb4qw5j89a4l0lf8/ahrens-132952-f.jpg?rlkey=vb5einr4z1tfdi8pampjca8m7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B450" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C450" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D450" s="0" t="inlineStr">
         <is>
           <t>132952</t>
         </is>
       </c>
       <c r="E450" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M CL:132952B-M</t>
+          <t>BLANK AHRENS M CL:132952A-S</t>
         </is>
       </c>
       <c r="F450" s="0" t="inlineStr">
         <is>
-          <t>899132952055</t>
+          <t>899132952048</t>
         </is>
       </c>
       <c r="G450" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H450" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I450" s="0">
         <v>36.99</v>
       </c>
       <c r="J450" s="0">
-        <v>44</v>
+        <v>21</v>
       </c>
     </row>
     <row r="451" spans="1:10" customHeight="0">
       <c r="A451" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/htbv6eb4qw5j89a4l0lf8/ahrens-132952-f.jpg?rlkey=vb5einr4z1tfdi8pampjca8m7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B451" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C451" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D451" s="0" t="inlineStr">
         <is>
           <t>132952</t>
         </is>
       </c>
       <c r="E451" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M CL:132952C-L</t>
+          <t>BLANK AHRENS M CL:132952B-M</t>
         </is>
       </c>
       <c r="F451" s="0" t="inlineStr">
         <is>
-          <t>899132952062</t>
+          <t>899132952055</t>
         </is>
       </c>
       <c r="G451" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H451" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I451" s="0">
         <v>36.99</v>
       </c>
       <c r="J451" s="0">
-        <v>59</v>
+        <v>44</v>
       </c>
     </row>
     <row r="452" spans="1:10" customHeight="0">
       <c r="A452" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/htbv6eb4qw5j89a4l0lf8/ahrens-132952-f.jpg?rlkey=vb5einr4z1tfdi8pampjca8m7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B452" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C452" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D452" s="0" t="inlineStr">
         <is>
           <t>132952</t>
         </is>
       </c>
       <c r="E452" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M CL:132952D-XL</t>
+          <t>BLANK AHRENS M CL:132952C-L</t>
         </is>
       </c>
       <c r="F452" s="0" t="inlineStr">
         <is>
-          <t>899132952079</t>
+          <t>899132952062</t>
         </is>
       </c>
       <c r="G452" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H452" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I452" s="0">
         <v>36.99</v>
       </c>
       <c r="J452" s="0">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="453" spans="1:10" customHeight="0">
       <c r="A453" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/htbv6eb4qw5j89a4l0lf8/ahrens-132952-f.jpg?rlkey=vb5einr4z1tfdi8pampjca8m7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B453" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C453" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D453" s="0" t="inlineStr">
         <is>
           <t>132952</t>
         </is>
       </c>
       <c r="E453" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M CL:132952E-2XL</t>
+          <t>BLANK AHRENS M CL:132952D-XL</t>
         </is>
       </c>
       <c r="F453" s="0" t="inlineStr">
         <is>
-          <t>899132952086</t>
+          <t>899132952079</t>
         </is>
       </c>
       <c r="G453" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H453" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I453" s="0">
         <v>36.99</v>
       </c>
       <c r="J453" s="0">
-        <v>44</v>
+        <v>58</v>
       </c>
     </row>
     <row r="454" spans="1:10" customHeight="0">
       <c r="A454" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/htbv6eb4qw5j89a4l0lf8/ahrens-132952-f.jpg?rlkey=vb5einr4z1tfdi8pampjca8m7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B454" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C454" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D454" s="0" t="inlineStr">
         <is>
           <t>132952</t>
         </is>
       </c>
       <c r="E454" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M CL:132952F-3XL</t>
+          <t>BLANK AHRENS M CL:132952E-2XL</t>
         </is>
       </c>
       <c r="F454" s="0" t="inlineStr">
         <is>
-          <t>899132952093</t>
+          <t>899132952086</t>
         </is>
       </c>
       <c r="G454" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H454" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I454" s="0">
         <v>36.99</v>
       </c>
       <c r="J454" s="0">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
     <row r="455" spans="1:10" customHeight="0">
       <c r="A455" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qb3d8qbkjdbgbf3geh2sc/ahrens-132951-f.jpg?rlkey=he4wv2admymo9gpwevo0wih30&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/htbv6eb4qw5j89a4l0lf8/ahrens-132952-f.jpg?rlkey=vb5einr4z1tfdi8pampjca8m7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B455" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C455" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D455" s="0" t="inlineStr">
         <is>
-          <t>132951</t>
+          <t>132952</t>
         </is>
       </c>
       <c r="E455" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M RD:132951A-S</t>
+          <t>BLANK AHRENS M CL:132952F-3XL</t>
         </is>
       </c>
       <c r="F455" s="0" t="inlineStr">
         <is>
-          <t>899132951041</t>
+          <t>899132952093</t>
         </is>
       </c>
       <c r="G455" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H455" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I455" s="0">
         <v>36.99</v>
       </c>
       <c r="J455" s="0">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="456" spans="1:10" customHeight="0">
       <c r="A456" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qb3d8qbkjdbgbf3geh2sc/ahrens-132951-f.jpg?rlkey=he4wv2admymo9gpwevo0wih30&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B456" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C456" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D456" s="0" t="inlineStr">
         <is>
           <t>132951</t>
         </is>
       </c>
       <c r="E456" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M RD:132951B-M</t>
+          <t>BLANK AHRENS M RD:132951A-S</t>
         </is>
       </c>
       <c r="F456" s="0" t="inlineStr">
         <is>
-          <t>899132951058</t>
+          <t>899132951041</t>
         </is>
       </c>
       <c r="G456" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H456" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I456" s="0">
         <v>36.99</v>
       </c>
       <c r="J456" s="0">
-        <v>38</v>
+        <v>24</v>
       </c>
     </row>
     <row r="457" spans="1:10" customHeight="0">
       <c r="A457" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qb3d8qbkjdbgbf3geh2sc/ahrens-132951-f.jpg?rlkey=he4wv2admymo9gpwevo0wih30&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B457" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C457" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D457" s="0" t="inlineStr">
         <is>
           <t>132951</t>
         </is>
       </c>
       <c r="E457" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M RD:132951C-L</t>
+          <t>BLANK AHRENS M RD:132951B-M</t>
         </is>
       </c>
       <c r="F457" s="0" t="inlineStr">
         <is>
-          <t>899132951065</t>
+          <t>899132951058</t>
         </is>
       </c>
       <c r="G457" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H457" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I457" s="0">
         <v>36.99</v>
       </c>
       <c r="J457" s="0">
-        <v>53</v>
+        <v>38</v>
       </c>
     </row>
     <row r="458" spans="1:10" customHeight="0">
       <c r="A458" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qb3d8qbkjdbgbf3geh2sc/ahrens-132951-f.jpg?rlkey=he4wv2admymo9gpwevo0wih30&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B458" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C458" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D458" s="0" t="inlineStr">
         <is>
           <t>132951</t>
         </is>
       </c>
       <c r="E458" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M RD:132951D-XL</t>
+          <t>BLANK AHRENS M RD:132951C-L</t>
         </is>
       </c>
       <c r="F458" s="0" t="inlineStr">
         <is>
-          <t>899132951072</t>
+          <t>899132951065</t>
         </is>
       </c>
       <c r="G458" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H458" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I458" s="0">
         <v>36.99</v>
       </c>
       <c r="J458" s="0">
-        <v>49</v>
+        <v>53</v>
       </c>
     </row>
     <row r="459" spans="1:10" customHeight="0">
       <c r="A459" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qb3d8qbkjdbgbf3geh2sc/ahrens-132951-f.jpg?rlkey=he4wv2admymo9gpwevo0wih30&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B459" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C459" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D459" s="0" t="inlineStr">
         <is>
           <t>132951</t>
         </is>
       </c>
       <c r="E459" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M RD:132951E-2XL</t>
+          <t>BLANK AHRENS M RD:132951D-XL</t>
         </is>
       </c>
       <c r="F459" s="0" t="inlineStr">
         <is>
-          <t>899132951089</t>
+          <t>899132951072</t>
         </is>
       </c>
       <c r="G459" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H459" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I459" s="0">
         <v>36.99</v>
       </c>
       <c r="J459" s="0">
-        <v>34</v>
+        <v>49</v>
       </c>
     </row>
     <row r="460" spans="1:10" customHeight="0">
       <c r="A460" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qb3d8qbkjdbgbf3geh2sc/ahrens-132951-f.jpg?rlkey=he4wv2admymo9gpwevo0wih30&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B460" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C460" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D460" s="0" t="inlineStr">
         <is>
           <t>132951</t>
         </is>
       </c>
       <c r="E460" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M RD:132951F-3XL</t>
+          <t>BLANK AHRENS M RD:132951E-2XL</t>
         </is>
       </c>
       <c r="F460" s="0" t="inlineStr">
         <is>
-          <t>899132951096</t>
+          <t>899132951089</t>
         </is>
       </c>
       <c r="G460" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H460" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I460" s="0">
         <v>36.99</v>
       </c>
       <c r="J460" s="0">
-        <v>22</v>
+        <v>34</v>
       </c>
     </row>
     <row r="461" spans="1:10" customHeight="0">
       <c r="A461" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c6x8p2y8hisb0yv7ilpaq/ahrens-132949-f.jpg?rlkey=8t5n1kvs5bntu2mvwxmenbmdn&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qb3d8qbkjdbgbf3geh2sc/ahrens-132951-f.jpg?rlkey=he4wv2admymo9gpwevo0wih30&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B461" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C461" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D461" s="0" t="inlineStr">
         <is>
-          <t>132949</t>
+          <t>132951</t>
         </is>
       </c>
       <c r="E461" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M NY:132949A-S</t>
+          <t>BLANK AHRENS M RD:132951F-3XL</t>
         </is>
       </c>
       <c r="F461" s="0" t="inlineStr">
         <is>
-          <t>899132949048</t>
+          <t>899132951096</t>
         </is>
       </c>
       <c r="G461" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H461" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I461" s="0">
         <v>36.99</v>
       </c>
       <c r="J461" s="0">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="462" spans="1:10" customHeight="0">
       <c r="A462" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c6x8p2y8hisb0yv7ilpaq/ahrens-132949-f.jpg?rlkey=8t5n1kvs5bntu2mvwxmenbmdn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B462" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C462" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D462" s="0" t="inlineStr">
         <is>
           <t>132949</t>
         </is>
       </c>
       <c r="E462" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M NY:132949B-M</t>
+          <t>BLANK AHRENS M NY:132949A-S</t>
         </is>
       </c>
       <c r="F462" s="0" t="inlineStr">
         <is>
-          <t>899132949055</t>
+          <t>899132949048</t>
         </is>
       </c>
       <c r="G462" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H462" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I462" s="0">
         <v>36.99</v>
       </c>
       <c r="J462" s="0">
-        <v>48</v>
+        <v>24</v>
       </c>
     </row>
     <row r="463" spans="1:10" customHeight="0">
       <c r="A463" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c6x8p2y8hisb0yv7ilpaq/ahrens-132949-f.jpg?rlkey=8t5n1kvs5bntu2mvwxmenbmdn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B463" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C463" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D463" s="0" t="inlineStr">
         <is>
           <t>132949</t>
         </is>
       </c>
       <c r="E463" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M NY:132949C-L</t>
+          <t>BLANK AHRENS M NY:132949B-M</t>
         </is>
       </c>
       <c r="F463" s="0" t="inlineStr">
         <is>
-          <t>899132949062</t>
+          <t>899132949055</t>
         </is>
       </c>
       <c r="G463" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H463" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I463" s="0">
         <v>36.99</v>
       </c>
       <c r="J463" s="0">
-        <v>72</v>
+        <v>48</v>
       </c>
     </row>
     <row r="464" spans="1:10" customHeight="0">
       <c r="A464" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c6x8p2y8hisb0yv7ilpaq/ahrens-132949-f.jpg?rlkey=8t5n1kvs5bntu2mvwxmenbmdn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B464" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C464" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D464" s="0" t="inlineStr">
         <is>
           <t>132949</t>
         </is>
       </c>
       <c r="E464" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M NY:132949D-XL</t>
+          <t>BLANK AHRENS M NY:132949C-L</t>
         </is>
       </c>
       <c r="F464" s="0" t="inlineStr">
         <is>
-          <t>899132949079</t>
+          <t>899132949062</t>
         </is>
       </c>
       <c r="G464" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H464" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I464" s="0">
         <v>36.99</v>
       </c>
       <c r="J464" s="0">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="465" spans="1:10" customHeight="0">
       <c r="A465" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c6x8p2y8hisb0yv7ilpaq/ahrens-132949-f.jpg?rlkey=8t5n1kvs5bntu2mvwxmenbmdn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B465" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C465" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D465" s="0" t="inlineStr">
         <is>
           <t>132949</t>
         </is>
       </c>
       <c r="E465" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M NY:132949E-2XL</t>
+          <t>BLANK AHRENS M NY:132949D-XL</t>
         </is>
       </c>
       <c r="F465" s="0" t="inlineStr">
         <is>
-          <t>899132949086</t>
+          <t>899132949079</t>
         </is>
       </c>
       <c r="G465" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H465" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I465" s="0">
         <v>36.99</v>
       </c>
       <c r="J465" s="0">
-        <v>48</v>
+        <v>72</v>
       </c>
     </row>
     <row r="466" spans="1:10" customHeight="0">
       <c r="A466" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c6x8p2y8hisb0yv7ilpaq/ahrens-132949-f.jpg?rlkey=8t5n1kvs5bntu2mvwxmenbmdn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B466" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C466" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D466" s="0" t="inlineStr">
         <is>
           <t>132949</t>
         </is>
       </c>
       <c r="E466" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M NY:132949F-3XL</t>
+          <t>BLANK AHRENS M NY:132949E-2XL</t>
         </is>
       </c>
       <c r="F466" s="0" t="inlineStr">
         <is>
-          <t>899132949093</t>
+          <t>899132949086</t>
         </is>
       </c>
       <c r="G466" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H466" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I466" s="0">
         <v>36.99</v>
       </c>
       <c r="J466" s="0">
-        <v>24</v>
+        <v>48</v>
       </c>
     </row>
     <row r="467" spans="1:10" customHeight="0">
       <c r="A467" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o4sr22957f1qfaar0qsuf/ahrens-132948-f.jpg?rlkey=lflrws4swas4ih0f69v9fhz5u&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c6x8p2y8hisb0yv7ilpaq/ahrens-132949-f.jpg?rlkey=8t5n1kvs5bntu2mvwxmenbmdn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B467" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C467" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D467" s="0" t="inlineStr">
         <is>
-          <t>132948</t>
+          <t>132949</t>
         </is>
       </c>
       <c r="E467" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M RL:132948A-S</t>
+          <t>BLANK AHRENS M NY:132949F-3XL</t>
         </is>
       </c>
       <c r="F467" s="0" t="inlineStr">
         <is>
-          <t>899132948041</t>
+          <t>899132949093</t>
         </is>
       </c>
       <c r="G467" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H467" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I467" s="0">
         <v>36.99</v>
       </c>
       <c r="J467" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="468" spans="1:10" customHeight="0">
       <c r="A468" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o4sr22957f1qfaar0qsuf/ahrens-132948-f.jpg?rlkey=lflrws4swas4ih0f69v9fhz5u&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B468" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C468" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D468" s="0" t="inlineStr">
         <is>
           <t>132948</t>
         </is>
       </c>
       <c r="E468" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M RL:132948B-M</t>
+          <t>BLANK AHRENS M RL:132948A-S</t>
         </is>
       </c>
       <c r="F468" s="0" t="inlineStr">
         <is>
-          <t>899132948058</t>
+          <t>899132948041</t>
         </is>
       </c>
       <c r="G468" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H468" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I468" s="0">
         <v>36.99</v>
       </c>
       <c r="J468" s="0">
-        <v>47</v>
+        <v>24</v>
       </c>
     </row>
     <row r="469" spans="1:10" customHeight="0">
       <c r="A469" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o4sr22957f1qfaar0qsuf/ahrens-132948-f.jpg?rlkey=lflrws4swas4ih0f69v9fhz5u&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B469" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C469" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D469" s="0" t="inlineStr">
         <is>
           <t>132948</t>
         </is>
       </c>
       <c r="E469" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M RL:132948C-L</t>
+          <t>BLANK AHRENS M RL:132948B-M</t>
         </is>
       </c>
       <c r="F469" s="0" t="inlineStr">
         <is>
-          <t>899132948065</t>
+          <t>899132948058</t>
         </is>
       </c>
       <c r="G469" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H469" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I469" s="0">
         <v>36.99</v>
       </c>
       <c r="J469" s="0">
-        <v>71</v>
+        <v>47</v>
       </c>
     </row>
     <row r="470" spans="1:10" customHeight="0">
       <c r="A470" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o4sr22957f1qfaar0qsuf/ahrens-132948-f.jpg?rlkey=lflrws4swas4ih0f69v9fhz5u&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B470" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C470" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D470" s="0" t="inlineStr">
         <is>
           <t>132948</t>
         </is>
       </c>
       <c r="E470" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M RL:132948D-XL</t>
+          <t>BLANK AHRENS M RL:132948C-L</t>
         </is>
       </c>
       <c r="F470" s="0" t="inlineStr">
         <is>
-          <t>899132948072</t>
+          <t>899132948065</t>
         </is>
       </c>
       <c r="G470" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H470" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I470" s="0">
         <v>36.99</v>
       </c>
       <c r="J470" s="0">
         <v>71</v>
       </c>
     </row>
     <row r="471" spans="1:10" customHeight="0">
       <c r="A471" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o4sr22957f1qfaar0qsuf/ahrens-132948-f.jpg?rlkey=lflrws4swas4ih0f69v9fhz5u&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B471" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C471" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D471" s="0" t="inlineStr">
         <is>
           <t>132948</t>
         </is>
       </c>
       <c r="E471" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M RL:132948E-2XL</t>
+          <t>BLANK AHRENS M RL:132948D-XL</t>
         </is>
       </c>
       <c r="F471" s="0" t="inlineStr">
         <is>
-          <t>899132948089</t>
+          <t>899132948072</t>
         </is>
       </c>
       <c r="G471" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H471" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I471" s="0">
         <v>36.99</v>
       </c>
       <c r="J471" s="0">
-        <v>48</v>
+        <v>71</v>
       </c>
     </row>
     <row r="472" spans="1:10" customHeight="0">
       <c r="A472" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o4sr22957f1qfaar0qsuf/ahrens-132948-f.jpg?rlkey=lflrws4swas4ih0f69v9fhz5u&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B472" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C472" s="0" t="inlineStr">
         <is>
           <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D472" s="0" t="inlineStr">
         <is>
           <t>132948</t>
         </is>
       </c>
       <c r="E472" s="0" t="inlineStr">
         <is>
-          <t>BLANK AHRENS M RL:132948F-3XL</t>
+          <t>BLANK AHRENS M RL:132948E-2XL</t>
         </is>
       </c>
       <c r="F472" s="0" t="inlineStr">
         <is>
-          <t>899132948096</t>
+          <t>899132948089</t>
         </is>
       </c>
       <c r="G472" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H472" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I472" s="0">
         <v>36.99</v>
       </c>
       <c r="J472" s="0">
-        <v>24</v>
+        <v>48</v>
       </c>
     </row>
     <row r="473" spans="1:10" customHeight="0">
       <c r="A473" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ld9mro7kt5iu8j8pbdken/price-34.jpg?rlkey=1wpwfg2yp0moufswhgwuavg71&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o4sr22957f1qfaar0qsuf/ahrens-132948-f.jpg?rlkey=lflrws4swas4ih0f69v9fhz5u&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B473" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k728g5fsf6vmyozr18ux5/mens-hoodie-size-chartsprice.jpg?rlkey=ku44wv101x5whgk66n7d3nq66&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cy6n4q8rpyzzgh5s736yu/mens-polo-size-chartsahrens.jpg?rlkey=nuomoswnplc7vqbzg1yz095zf&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C473" s="0" t="inlineStr">
         <is>
-          <t>Price Men's Scuba Hoodie</t>
+          <t>Ahrens Men's Striped Performance Polo</t>
         </is>
       </c>
       <c r="D473" s="0" t="inlineStr">
         <is>
-          <t>111567</t>
+          <t>132948</t>
         </is>
       </c>
       <c r="E473" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRICE BLACK:111567A - S</t>
+          <t>BLANK AHRENS M RL:132948F-3XL</t>
+        </is>
+      </c>
+      <c r="F473" s="0" t="inlineStr">
+        <is>
+          <t>899132948096</t>
         </is>
       </c>
       <c r="G473" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H473" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I473" s="0">
-        <v>39.99</v>
+        <v>36.99</v>
       </c>
       <c r="J473" s="0">
-        <v>83</v>
+        <v>24</v>
       </c>
     </row>
     <row r="474" spans="1:10" customHeight="0">
       <c r="A474" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ld9mro7kt5iu8j8pbdken/price-34.jpg?rlkey=1wpwfg2yp0moufswhgwuavg71&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B474" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k728g5fsf6vmyozr18ux5/mens-hoodie-size-chartsprice.jpg?rlkey=ku44wv101x5whgk66n7d3nq66&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C474" s="0" t="inlineStr">
         <is>
           <t>Price Men's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D474" s="0" t="inlineStr">
         <is>
           <t>111567</t>
         </is>
       </c>
       <c r="E474" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRICE BLACK:111567B - M</t>
+          <t>BLANK PRICE BLACK:111567A - S</t>
         </is>
       </c>
       <c r="G474" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H474" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I474" s="0">
         <v>39.99</v>
       </c>
       <c r="J474" s="0">
-        <v>153</v>
+        <v>83</v>
       </c>
     </row>
     <row r="475" spans="1:10" customHeight="0">
       <c r="A475" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ld9mro7kt5iu8j8pbdken/price-34.jpg?rlkey=1wpwfg2yp0moufswhgwuavg71&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B475" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k728g5fsf6vmyozr18ux5/mens-hoodie-size-chartsprice.jpg?rlkey=ku44wv101x5whgk66n7d3nq66&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C475" s="0" t="inlineStr">
         <is>
           <t>Price Men's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D475" s="0" t="inlineStr">
         <is>
           <t>111567</t>
         </is>
       </c>
       <c r="E475" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRICE BLACK:111567C - L</t>
+          <t>BLANK PRICE BLACK:111567B - M</t>
         </is>
       </c>
       <c r="G475" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H475" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I475" s="0">
         <v>39.99</v>
       </c>
       <c r="J475" s="0">
-        <v>213</v>
+        <v>153</v>
       </c>
     </row>
     <row r="476" spans="1:10" customHeight="0">
       <c r="A476" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ld9mro7kt5iu8j8pbdken/price-34.jpg?rlkey=1wpwfg2yp0moufswhgwuavg71&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B476" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k728g5fsf6vmyozr18ux5/mens-hoodie-size-chartsprice.jpg?rlkey=ku44wv101x5whgk66n7d3nq66&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C476" s="0" t="inlineStr">
         <is>
           <t>Price Men's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D476" s="0" t="inlineStr">
         <is>
           <t>111567</t>
         </is>
       </c>
       <c r="E476" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRICE BLACK:111567D - XL</t>
+          <t>BLANK PRICE BLACK:111567C - L</t>
         </is>
       </c>
       <c r="G476" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H476" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I476" s="0">
         <v>39.99</v>
       </c>
       <c r="J476" s="0">
-        <v>240</v>
+        <v>213</v>
       </c>
     </row>
     <row r="477" spans="1:10" customHeight="0">
       <c r="A477" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ld9mro7kt5iu8j8pbdken/price-34.jpg?rlkey=1wpwfg2yp0moufswhgwuavg71&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B477" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k728g5fsf6vmyozr18ux5/mens-hoodie-size-chartsprice.jpg?rlkey=ku44wv101x5whgk66n7d3nq66&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C477" s="0" t="inlineStr">
         <is>
           <t>Price Men's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D477" s="0" t="inlineStr">
         <is>
           <t>111567</t>
         </is>
       </c>
       <c r="E477" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRICE BLACK:111567E - 2XL</t>
+          <t>BLANK PRICE BLACK:111567D - XL</t>
         </is>
       </c>
       <c r="G477" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H477" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I477" s="0">
         <v>39.99</v>
       </c>
       <c r="J477" s="0">
-        <v>169</v>
+        <v>240</v>
       </c>
     </row>
     <row r="478" spans="1:10" customHeight="0">
       <c r="A478" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ld9mro7kt5iu8j8pbdken/price-34.jpg?rlkey=1wpwfg2yp0moufswhgwuavg71&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B478" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k728g5fsf6vmyozr18ux5/mens-hoodie-size-chartsprice.jpg?rlkey=ku44wv101x5whgk66n7d3nq66&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C478" s="0" t="inlineStr">
         <is>
           <t>Price Men's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D478" s="0" t="inlineStr">
         <is>
           <t>111567</t>
         </is>
       </c>
       <c r="E478" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRICE BLACK:111567F - 3XL</t>
+          <t>BLANK PRICE BLACK:111567E - 2XL</t>
         </is>
       </c>
       <c r="G478" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H478" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I478" s="0">
         <v>39.99</v>
       </c>
       <c r="J478" s="0">
-        <v>96</v>
+        <v>169</v>
       </c>
     </row>
     <row r="479" spans="1:10" customHeight="0">
       <c r="A479" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ianrrxx7w15juxentlo03/111566-af.jpg?rlkey=7sc5uaueqdnf80temz2pah5c3&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ld9mro7kt5iu8j8pbdken/price-34.jpg?rlkey=1wpwfg2yp0moufswhgwuavg71&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B479" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k728g5fsf6vmyozr18ux5/mens-hoodie-size-chartsprice.jpg?rlkey=ku44wv101x5whgk66n7d3nq66&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C479" s="0" t="inlineStr">
         <is>
           <t>Price Men's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D479" s="0" t="inlineStr">
         <is>
-          <t>111566</t>
+          <t>111567</t>
         </is>
       </c>
       <c r="E479" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRICE GREY:111566A - S</t>
+          <t>BLANK PRICE BLACK:111567F - 3XL</t>
         </is>
       </c>
       <c r="G479" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H479" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I479" s="0">
         <v>39.99</v>
       </c>
       <c r="J479" s="0">
-        <v>6</v>
+        <v>96</v>
       </c>
     </row>
     <row r="480" spans="1:10" customHeight="0">
       <c r="A480" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ianrrxx7w15juxentlo03/111566-af.jpg?rlkey=7sc5uaueqdnf80temz2pah5c3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B480" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k728g5fsf6vmyozr18ux5/mens-hoodie-size-chartsprice.jpg?rlkey=ku44wv101x5whgk66n7d3nq66&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C480" s="0" t="inlineStr">
         <is>
           <t>Price Men's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D480" s="0" t="inlineStr">
         <is>
           <t>111566</t>
         </is>
       </c>
       <c r="E480" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRICE GREY:111566B - M</t>
+          <t>BLANK PRICE GREY:111566A - S</t>
         </is>
       </c>
       <c r="G480" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H480" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I480" s="0">
         <v>39.99</v>
       </c>
       <c r="J480" s="0">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="481" spans="1:10" customHeight="0">
       <c r="A481" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ianrrxx7w15juxentlo03/111566-af.jpg?rlkey=7sc5uaueqdnf80temz2pah5c3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B481" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k728g5fsf6vmyozr18ux5/mens-hoodie-size-chartsprice.jpg?rlkey=ku44wv101x5whgk66n7d3nq66&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C481" s="0" t="inlineStr">
         <is>
           <t>Price Men's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D481" s="0" t="inlineStr">
         <is>
           <t>111566</t>
         </is>
       </c>
       <c r="E481" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRICE GREY:111566C - L</t>
+          <t>BLANK PRICE GREY:111566B - M</t>
         </is>
       </c>
       <c r="G481" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H481" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I481" s="0">
         <v>39.99</v>
       </c>
       <c r="J481" s="0">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="482" spans="1:10" customHeight="0">
       <c r="A482" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ianrrxx7w15juxentlo03/111566-af.jpg?rlkey=7sc5uaueqdnf80temz2pah5c3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B482" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k728g5fsf6vmyozr18ux5/mens-hoodie-size-chartsprice.jpg?rlkey=ku44wv101x5whgk66n7d3nq66&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C482" s="0" t="inlineStr">
         <is>
           <t>Price Men's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D482" s="0" t="inlineStr">
         <is>
           <t>111566</t>
         </is>
       </c>
       <c r="E482" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRICE GREY:111566D - XL</t>
+          <t>BLANK PRICE GREY:111566C - L</t>
         </is>
       </c>
       <c r="G482" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H482" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I482" s="0">
         <v>39.99</v>
       </c>
       <c r="J482" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="483" spans="1:10" customHeight="0">
       <c r="A483" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ianrrxx7w15juxentlo03/111566-af.jpg?rlkey=7sc5uaueqdnf80temz2pah5c3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B483" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k728g5fsf6vmyozr18ux5/mens-hoodie-size-chartsprice.jpg?rlkey=ku44wv101x5whgk66n7d3nq66&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C483" s="0" t="inlineStr">
         <is>
           <t>Price Men's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D483" s="0" t="inlineStr">
         <is>
           <t>111566</t>
         </is>
       </c>
       <c r="E483" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRICE GREY:111566E - 2XL</t>
+          <t>BLANK PRICE GREY:111566D - XL</t>
         </is>
       </c>
       <c r="G483" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H483" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I483" s="0">
         <v>39.99</v>
       </c>
       <c r="J483" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="484" spans="1:10" customHeight="0">
       <c r="A484" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ianrrxx7w15juxentlo03/111566-af.jpg?rlkey=7sc5uaueqdnf80temz2pah5c3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B484" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k728g5fsf6vmyozr18ux5/mens-hoodie-size-chartsprice.jpg?rlkey=ku44wv101x5whgk66n7d3nq66&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C484" s="0" t="inlineStr">
         <is>
           <t>Price Men's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D484" s="0" t="inlineStr">
         <is>
           <t>111566</t>
         </is>
       </c>
       <c r="E484" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRICE GREY:111566F - 3XL</t>
+          <t>BLANK PRICE GREY:111566E - 2XL</t>
         </is>
       </c>
       <c r="G484" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H484" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I484" s="0">
         <v>39.99</v>
       </c>
       <c r="J484" s="0">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="485" spans="1:10" customHeight="0">
       <c r="A485" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mkbcz3oi0fgjsqero7vl2/111568-af.jpg?rlkey=flhxcik4vqtvbn16c88kqlyyq&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ianrrxx7w15juxentlo03/111566-af.jpg?rlkey=7sc5uaueqdnf80temz2pah5c3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B485" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k728g5fsf6vmyozr18ux5/mens-hoodie-size-chartsprice.jpg?rlkey=ku44wv101x5whgk66n7d3nq66&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C485" s="0" t="inlineStr">
         <is>
           <t>Price Men's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D485" s="0" t="inlineStr">
         <is>
-          <t>111568</t>
+          <t>111566</t>
         </is>
       </c>
       <c r="E485" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRICE CARDINAL:111568A - S</t>
+          <t>BLANK PRICE GREY:111566F - 3XL</t>
         </is>
       </c>
       <c r="G485" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H485" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I485" s="0">
         <v>39.99</v>
       </c>
       <c r="J485" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="486" spans="1:10" customHeight="0">
       <c r="A486" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mkbcz3oi0fgjsqero7vl2/111568-af.jpg?rlkey=flhxcik4vqtvbn16c88kqlyyq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B486" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k728g5fsf6vmyozr18ux5/mens-hoodie-size-chartsprice.jpg?rlkey=ku44wv101x5whgk66n7d3nq66&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C486" s="0" t="inlineStr">
         <is>
           <t>Price Men's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D486" s="0" t="inlineStr">
         <is>
           <t>111568</t>
         </is>
       </c>
       <c r="E486" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRICE CARDINAL:111568B - M</t>
+          <t>BLANK PRICE CARDINAL:111568A - S</t>
         </is>
       </c>
       <c r="G486" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H486" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I486" s="0">
         <v>39.99</v>
       </c>
       <c r="J486" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="487" spans="1:10" customHeight="0">
       <c r="A487" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mkbcz3oi0fgjsqero7vl2/111568-af.jpg?rlkey=flhxcik4vqtvbn16c88kqlyyq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B487" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k728g5fsf6vmyozr18ux5/mens-hoodie-size-chartsprice.jpg?rlkey=ku44wv101x5whgk66n7d3nq66&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C487" s="0" t="inlineStr">
         <is>
           <t>Price Men's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D487" s="0" t="inlineStr">
         <is>
           <t>111568</t>
         </is>
       </c>
       <c r="E487" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRICE CARDINAL:111568C - L</t>
+          <t>BLANK PRICE CARDINAL:111568B - M</t>
         </is>
       </c>
       <c r="G487" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H487" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I487" s="0">
         <v>39.99</v>
       </c>
       <c r="J487" s="0">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="488" spans="1:10" customHeight="0">
       <c r="A488" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mkbcz3oi0fgjsqero7vl2/111568-af.jpg?rlkey=flhxcik4vqtvbn16c88kqlyyq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B488" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k728g5fsf6vmyozr18ux5/mens-hoodie-size-chartsprice.jpg?rlkey=ku44wv101x5whgk66n7d3nq66&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C488" s="0" t="inlineStr">
         <is>
           <t>Price Men's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D488" s="0" t="inlineStr">
         <is>
           <t>111568</t>
         </is>
       </c>
       <c r="E488" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRICE CARDINAL:111568D - XL</t>
+          <t>BLANK PRICE CARDINAL:111568C - L</t>
         </is>
       </c>
       <c r="G488" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H488" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I488" s="0">
         <v>39.99</v>
       </c>
       <c r="J488" s="0">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="489" spans="1:10" customHeight="0">
       <c r="A489" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mkbcz3oi0fgjsqero7vl2/111568-af.jpg?rlkey=flhxcik4vqtvbn16c88kqlyyq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B489" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k728g5fsf6vmyozr18ux5/mens-hoodie-size-chartsprice.jpg?rlkey=ku44wv101x5whgk66n7d3nq66&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C489" s="0" t="inlineStr">
         <is>
           <t>Price Men's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D489" s="0" t="inlineStr">
         <is>
           <t>111568</t>
         </is>
       </c>
       <c r="E489" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRICE CARDINAL:111568E - 2XL</t>
+          <t>BLANK PRICE CARDINAL:111568D - XL</t>
         </is>
       </c>
       <c r="G489" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H489" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I489" s="0">
         <v>39.99</v>
       </c>
       <c r="J489" s="0">
-        <v>16</v>
+        <v>27</v>
       </c>
     </row>
     <row r="490" spans="1:10" customHeight="0">
       <c r="A490" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mkbcz3oi0fgjsqero7vl2/111568-af.jpg?rlkey=flhxcik4vqtvbn16c88kqlyyq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B490" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k728g5fsf6vmyozr18ux5/mens-hoodie-size-chartsprice.jpg?rlkey=ku44wv101x5whgk66n7d3nq66&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C490" s="0" t="inlineStr">
         <is>
           <t>Price Men's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D490" s="0" t="inlineStr">
         <is>
           <t>111568</t>
         </is>
       </c>
       <c r="E490" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRICE CARDINAL:111568F - 3XL</t>
+          <t>BLANK PRICE CARDINAL:111568E - 2XL</t>
         </is>
       </c>
       <c r="G490" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H490" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I490" s="0">
         <v>39.99</v>
       </c>
       <c r="J490" s="0">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="491" spans="1:10" customHeight="0">
       <c r="A491" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o5fi28wstfhgv4rdi09i4/mvp-135959-af.jpg?rlkey=tx3t1j10t1w8c8254k1gs8shs&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mkbcz3oi0fgjsqero7vl2/111568-af.jpg?rlkey=flhxcik4vqtvbn16c88kqlyyq&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B491" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k728g5fsf6vmyozr18ux5/mens-hoodie-size-chartsprice.jpg?rlkey=ku44wv101x5whgk66n7d3nq66&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C491" s="0" t="inlineStr">
         <is>
-          <t>MVP 12-Can Crosshatch Cooler</t>
+          <t>Price Men's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D491" s="0" t="inlineStr">
         <is>
-          <t>135959</t>
+          <t>111568</t>
         </is>
       </c>
       <c r="E491" s="0" t="inlineStr">
         <is>
-          <t>BLANK MVP BK:135959</t>
-[...4 lines deleted...]
-          <t>999135959010</t>
+          <t>BLANK PRICE CARDINAL:111568F - 3XL</t>
+        </is>
+      </c>
+      <c r="G491" s="0" t="inlineStr">
+        <is>
+          <t>MENS</t>
+        </is>
+      </c>
+      <c r="H491" s="0" t="inlineStr">
+        <is>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I491" s="0">
-        <v>29.99</v>
+        <v>39.99</v>
       </c>
       <c r="J491" s="0">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="492" spans="1:10" customHeight="0">
       <c r="A492" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6xjbx91yadvym11er2qbf/mvp-138735-af.jpg?rlkey=rqvbvs6i92iygns0d22i2a8lt&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o5fi28wstfhgv4rdi09i4/mvp-135959-af.jpg?rlkey=tx3t1j10t1w8c8254k1gs8shs&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C492" s="0" t="inlineStr">
         <is>
           <t>MVP 12-Can Crosshatch Cooler</t>
         </is>
       </c>
       <c r="D492" s="0" t="inlineStr">
         <is>
-          <t>138735</t>
+          <t>135959</t>
         </is>
       </c>
       <c r="E492" s="0" t="inlineStr">
         <is>
-          <t>BLANK MVP GY:138735</t>
+          <t>BLANK MVP BK:135959</t>
         </is>
       </c>
       <c r="F492" s="0" t="inlineStr">
         <is>
-          <t>999138735017</t>
+          <t>999135959010</t>
         </is>
       </c>
       <c r="I492" s="0">
         <v>29.99</v>
       </c>
       <c r="J492" s="0">
-        <v>93</v>
+        <v>18</v>
       </c>
     </row>
     <row r="493" spans="1:10" customHeight="0">
       <c r="A493" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ji54cc40p60u5nlokjk24/quincy-152961-f.jpg?rlkey=xpgkb4k6qgslf1cwavnzoboyn&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mvgiuv85k896x3ufp74un/mens-hoodie-size-chartsquincy-crewneck.jpg?rlkey=pe4iz8btf4teeeu5sa9omljmm&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6xjbx91yadvym11er2qbf/mvp-138735-af.jpg?rlkey=rqvbvs6i92iygns0d22i2a8lt&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C493" s="0" t="inlineStr">
         <is>
-          <t>Quincy Men's Fleece Sweatshirt</t>
+          <t>MVP 12-Can Crosshatch Cooler</t>
         </is>
       </c>
       <c r="D493" s="0" t="inlineStr">
         <is>
-          <t>152961</t>
+          <t>138735</t>
         </is>
       </c>
       <c r="E493" s="0" t="inlineStr">
         <is>
-          <t>BLANK QUINCY M CL:152961A-S</t>
+          <t>BLANK MVP GY:138735</t>
         </is>
       </c>
       <c r="F493" s="0" t="inlineStr">
         <is>
-          <t>899152961044</t>
-[...9 lines deleted...]
-          <t>S</t>
+          <t>999138735017</t>
         </is>
       </c>
       <c r="I493" s="0">
         <v>29.99</v>
       </c>
       <c r="J493" s="0">
-        <v>3</v>
+        <v>93</v>
       </c>
     </row>
     <row r="494" spans="1:10" customHeight="0">
       <c r="A494" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ji54cc40p60u5nlokjk24/quincy-152961-f.jpg?rlkey=xpgkb4k6qgslf1cwavnzoboyn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B494" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mvgiuv85k896x3ufp74un/mens-hoodie-size-chartsquincy-crewneck.jpg?rlkey=pe4iz8btf4teeeu5sa9omljmm&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C494" s="0" t="inlineStr">
         <is>
           <t>Quincy Men's Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D494" s="0" t="inlineStr">
         <is>
           <t>152961</t>
         </is>
       </c>
       <c r="E494" s="0" t="inlineStr">
         <is>
-          <t>BLANK QUINCY M CL:152961B-M</t>
+          <t>BLANK QUINCYSW M CL:152961A-S</t>
         </is>
       </c>
       <c r="F494" s="0" t="inlineStr">
         <is>
-          <t>899152961051</t>
+          <t>899152961044</t>
         </is>
       </c>
       <c r="G494" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H494" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I494" s="0">
         <v>29.99</v>
       </c>
       <c r="J494" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="495" spans="1:10" customHeight="0">
       <c r="A495" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ji54cc40p60u5nlokjk24/quincy-152961-f.jpg?rlkey=xpgkb4k6qgslf1cwavnzoboyn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B495" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mvgiuv85k896x3ufp74un/mens-hoodie-size-chartsquincy-crewneck.jpg?rlkey=pe4iz8btf4teeeu5sa9omljmm&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C495" s="0" t="inlineStr">
         <is>
           <t>Quincy Men's Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D495" s="0" t="inlineStr">
         <is>
           <t>152961</t>
         </is>
       </c>
       <c r="E495" s="0" t="inlineStr">
         <is>
-          <t>BLANK QUINCY M CL:152961C-L</t>
+          <t>BLANK QUINCYSW M CL:152961B-M</t>
         </is>
       </c>
       <c r="F495" s="0" t="inlineStr">
         <is>
-          <t>899152961068</t>
+          <t>899152961051</t>
         </is>
       </c>
       <c r="G495" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H495" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I495" s="0">
         <v>29.99</v>
       </c>
       <c r="J495" s="0">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="496" spans="1:10" customHeight="0">
       <c r="A496" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ji54cc40p60u5nlokjk24/quincy-152961-f.jpg?rlkey=xpgkb4k6qgslf1cwavnzoboyn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B496" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mvgiuv85k896x3ufp74un/mens-hoodie-size-chartsquincy-crewneck.jpg?rlkey=pe4iz8btf4teeeu5sa9omljmm&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C496" s="0" t="inlineStr">
         <is>
           <t>Quincy Men's Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D496" s="0" t="inlineStr">
         <is>
           <t>152961</t>
         </is>
       </c>
       <c r="E496" s="0" t="inlineStr">
         <is>
-          <t>BLANK QUINCY M CL:152961D-XL</t>
+          <t>BLANK QUINCYSW M CL:152961C-L</t>
         </is>
       </c>
       <c r="F496" s="0" t="inlineStr">
         <is>
-          <t>899152961075</t>
+          <t>899152961068</t>
         </is>
       </c>
       <c r="G496" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H496" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I496" s="0">
         <v>29.99</v>
       </c>
       <c r="J496" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="497" spans="1:10" customHeight="0">
       <c r="A497" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ji54cc40p60u5nlokjk24/quincy-152961-f.jpg?rlkey=xpgkb4k6qgslf1cwavnzoboyn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B497" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mvgiuv85k896x3ufp74un/mens-hoodie-size-chartsquincy-crewneck.jpg?rlkey=pe4iz8btf4teeeu5sa9omljmm&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C497" s="0" t="inlineStr">
         <is>
           <t>Quincy Men's Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D497" s="0" t="inlineStr">
         <is>
           <t>152961</t>
         </is>
       </c>
       <c r="E497" s="0" t="inlineStr">
         <is>
-          <t>BLANK QUINCY M CL:152961E-2XL</t>
+          <t>BLANK QUINCYSW M CL:152961D-XL</t>
         </is>
       </c>
       <c r="F497" s="0" t="inlineStr">
         <is>
-          <t>899152961082</t>
+          <t>899152961075</t>
         </is>
       </c>
       <c r="G497" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H497" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I497" s="0">
         <v>29.99</v>
       </c>
       <c r="J497" s="0">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="498" spans="1:10" customHeight="0">
       <c r="A498" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ji54cc40p60u5nlokjk24/quincy-152961-f.jpg?rlkey=xpgkb4k6qgslf1cwavnzoboyn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B498" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mvgiuv85k896x3ufp74un/mens-hoodie-size-chartsquincy-crewneck.jpg?rlkey=pe4iz8btf4teeeu5sa9omljmm&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C498" s="0" t="inlineStr">
         <is>
           <t>Quincy Men's Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D498" s="0" t="inlineStr">
         <is>
           <t>152961</t>
         </is>
       </c>
       <c r="E498" s="0" t="inlineStr">
         <is>
-          <t>BLANK QUINCY M CL:152961F-3XL</t>
+          <t>BLANK QUINCYSW M CL:152961E-2XL</t>
         </is>
       </c>
       <c r="F498" s="0" t="inlineStr">
         <is>
-          <t>899152961099</t>
+          <t>899152961082</t>
         </is>
       </c>
       <c r="G498" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H498" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I498" s="0">
-        <v>29.99</v>
+        <v>31.99</v>
       </c>
       <c r="J498" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="499" spans="1:10" customHeight="0">
       <c r="A499" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/45sjwcih6gmuwzy91c2iy/quincy-153049-f.jpg?rlkey=f4pforavx31g6kdlssyq8bug6&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ji54cc40p60u5nlokjk24/quincy-152961-f.jpg?rlkey=xpgkb4k6qgslf1cwavnzoboyn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B499" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mvgiuv85k896x3ufp74un/mens-hoodie-size-chartsquincy-crewneck.jpg?rlkey=pe4iz8btf4teeeu5sa9omljmm&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C499" s="0" t="inlineStr">
         <is>
           <t>Quincy Men's Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D499" s="0" t="inlineStr">
         <is>
-          <t>153049</t>
+          <t>152961</t>
         </is>
       </c>
       <c r="E499" s="0" t="inlineStr">
         <is>
-          <t>BLANK QUINCY M RD:153049A-S</t>
+          <t>BLANK QUINCYSW M CL:152961F-3XL</t>
         </is>
       </c>
       <c r="F499" s="0" t="inlineStr">
         <is>
-          <t>899153049048</t>
+          <t>899152961099</t>
         </is>
       </c>
       <c r="G499" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H499" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I499" s="0">
-        <v>29.99</v>
+        <v>31.99</v>
       </c>
       <c r="J499" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="500" spans="1:10" customHeight="0">
       <c r="A500" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/45sjwcih6gmuwzy91c2iy/quincy-153049-f.jpg?rlkey=f4pforavx31g6kdlssyq8bug6&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B500" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mvgiuv85k896x3ufp74un/mens-hoodie-size-chartsquincy-crewneck.jpg?rlkey=pe4iz8btf4teeeu5sa9omljmm&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C500" s="0" t="inlineStr">
         <is>
           <t>Quincy Men's Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D500" s="0" t="inlineStr">
         <is>
           <t>153049</t>
         </is>
       </c>
       <c r="E500" s="0" t="inlineStr">
         <is>
-          <t>BLANK QUINCY M RD:153049B-M</t>
+          <t>BLANK QUINCY M RD:153049A-S</t>
         </is>
       </c>
       <c r="F500" s="0" t="inlineStr">
         <is>
-          <t>899153049055</t>
+          <t>899153049048</t>
         </is>
       </c>
       <c r="G500" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H500" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I500" s="0">
         <v>29.99</v>
       </c>
       <c r="J500" s="0">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="501" spans="1:10" customHeight="0">
       <c r="A501" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/45sjwcih6gmuwzy91c2iy/quincy-153049-f.jpg?rlkey=f4pforavx31g6kdlssyq8bug6&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B501" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mvgiuv85k896x3ufp74un/mens-hoodie-size-chartsquincy-crewneck.jpg?rlkey=pe4iz8btf4teeeu5sa9omljmm&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C501" s="0" t="inlineStr">
         <is>
           <t>Quincy Men's Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D501" s="0" t="inlineStr">
         <is>
           <t>153049</t>
         </is>
       </c>
       <c r="E501" s="0" t="inlineStr">
         <is>
-          <t>BLANK QUINCY M RD:153049C-L</t>
+          <t>BLANK QUINCY M RD:153049B-M</t>
         </is>
       </c>
       <c r="F501" s="0" t="inlineStr">
         <is>
-          <t>899153049062</t>
+          <t>899153049055</t>
         </is>
       </c>
       <c r="G501" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H501" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I501" s="0">
         <v>29.99</v>
       </c>
       <c r="J501" s="0">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="502" spans="1:10" customHeight="0">
       <c r="A502" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/45sjwcih6gmuwzy91c2iy/quincy-153049-f.jpg?rlkey=f4pforavx31g6kdlssyq8bug6&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B502" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mvgiuv85k896x3ufp74un/mens-hoodie-size-chartsquincy-crewneck.jpg?rlkey=pe4iz8btf4teeeu5sa9omljmm&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C502" s="0" t="inlineStr">
         <is>
           <t>Quincy Men's Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D502" s="0" t="inlineStr">
         <is>
           <t>153049</t>
         </is>
       </c>
       <c r="E502" s="0" t="inlineStr">
         <is>
-          <t>BLANK QUINCY M RD:153049D-XL</t>
+          <t>BLANK QUINCY M RD:153049C-L</t>
         </is>
       </c>
       <c r="F502" s="0" t="inlineStr">
         <is>
-          <t>899153049079</t>
+          <t>899153049062</t>
         </is>
       </c>
       <c r="G502" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H502" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I502" s="0">
         <v>29.99</v>
       </c>
       <c r="J502" s="0">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="503" spans="1:10" customHeight="0">
       <c r="A503" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/45sjwcih6gmuwzy91c2iy/quincy-153049-f.jpg?rlkey=f4pforavx31g6kdlssyq8bug6&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B503" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mvgiuv85k896x3ufp74un/mens-hoodie-size-chartsquincy-crewneck.jpg?rlkey=pe4iz8btf4teeeu5sa9omljmm&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C503" s="0" t="inlineStr">
         <is>
           <t>Quincy Men's Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D503" s="0" t="inlineStr">
         <is>
           <t>153049</t>
         </is>
       </c>
       <c r="E503" s="0" t="inlineStr">
         <is>
-          <t>BLANK QUINCY M RD:153049E-2XL</t>
+          <t>BLANK QUINCY M RD:153049D-XL</t>
         </is>
       </c>
       <c r="F503" s="0" t="inlineStr">
         <is>
-          <t>899153049086</t>
+          <t>899153049079</t>
         </is>
       </c>
       <c r="G503" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H503" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I503" s="0">
         <v>29.99</v>
       </c>
       <c r="J503" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="504" spans="1:10" customHeight="0">
       <c r="A504" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/45sjwcih6gmuwzy91c2iy/quincy-153049-f.jpg?rlkey=f4pforavx31g6kdlssyq8bug6&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B504" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mvgiuv85k896x3ufp74un/mens-hoodie-size-chartsquincy-crewneck.jpg?rlkey=pe4iz8btf4teeeu5sa9omljmm&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C504" s="0" t="inlineStr">
         <is>
           <t>Quincy Men's Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D504" s="0" t="inlineStr">
         <is>
           <t>153049</t>
         </is>
       </c>
       <c r="E504" s="0" t="inlineStr">
         <is>
-          <t>BLANK QUINCY M RD:153049F-3XL</t>
+          <t>BLANK QUINCY M RD:153049E-2XL</t>
         </is>
       </c>
       <c r="F504" s="0" t="inlineStr">
         <is>
-          <t>899153049093</t>
+          <t>899153049086</t>
         </is>
       </c>
       <c r="G504" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H504" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I504" s="0">
-        <v>29.99</v>
+        <v>31.99</v>
       </c>
       <c r="J504" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="505" spans="1:10" customHeight="0">
       <c r="A505" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8bzub8woezejw2awp9l34/prima-152908-f.jpg?rlkey=flkf5ab4zg055h1xpkosh9d00&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/45sjwcih6gmuwzy91c2iy/quincy-153049-f.jpg?rlkey=f4pforavx31g6kdlssyq8bug6&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B505" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mvgiuv85k896x3ufp74un/mens-hoodie-size-chartsquincy-crewneck.jpg?rlkey=pe4iz8btf4teeeu5sa9omljmm&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C505" s="0" t="inlineStr">
         <is>
-          <t>Prima Men's Performance Jacket</t>
+          <t>Quincy Men's Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D505" s="0" t="inlineStr">
         <is>
-          <t>152908</t>
+          <t>153049</t>
         </is>
       </c>
       <c r="E505" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M BK:152908A-S</t>
+          <t>BLANK QUINCY M RD:153049F-3XL</t>
         </is>
       </c>
       <c r="F505" s="0" t="inlineStr">
         <is>
-          <t>899152908049</t>
+          <t>899153049093</t>
         </is>
       </c>
       <c r="G505" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H505" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I505" s="0">
-        <v>109.99</v>
+        <v>31.99</v>
       </c>
       <c r="J505" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="506" spans="1:10" customHeight="0">
       <c r="A506" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8bzub8woezejw2awp9l34/prima-152908-f.jpg?rlkey=flkf5ab4zg055h1xpkosh9d00&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B506" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C506" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D506" s="0" t="inlineStr">
         <is>
           <t>152908</t>
         </is>
       </c>
       <c r="E506" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M BK:152908B-M</t>
+          <t>BLANK PRIMA M BK:152908A-S</t>
         </is>
       </c>
       <c r="F506" s="0" t="inlineStr">
         <is>
-          <t>899152908056</t>
+          <t>899152908049</t>
         </is>
       </c>
       <c r="G506" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H506" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I506" s="0">
         <v>109.99</v>
       </c>
       <c r="J506" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="507" spans="1:10" customHeight="0">
       <c r="A507" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8bzub8woezejw2awp9l34/prima-152908-f.jpg?rlkey=flkf5ab4zg055h1xpkosh9d00&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B507" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C507" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D507" s="0" t="inlineStr">
         <is>
           <t>152908</t>
         </is>
       </c>
       <c r="E507" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M BK:152908C-L</t>
+          <t>BLANK PRIMA M BK:152908B-M</t>
         </is>
       </c>
       <c r="F507" s="0" t="inlineStr">
         <is>
-          <t>899152908063</t>
+          <t>899152908056</t>
         </is>
       </c>
       <c r="G507" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H507" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I507" s="0">
         <v>109.99</v>
       </c>
       <c r="J507" s="0">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="508" spans="1:10" customHeight="0">
       <c r="A508" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8bzub8woezejw2awp9l34/prima-152908-f.jpg?rlkey=flkf5ab4zg055h1xpkosh9d00&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B508" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C508" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D508" s="0" t="inlineStr">
         <is>
           <t>152908</t>
         </is>
       </c>
       <c r="E508" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M BK:152908D-XL</t>
+          <t>BLANK PRIMA M BK:152908C-L</t>
         </is>
       </c>
       <c r="F508" s="0" t="inlineStr">
         <is>
-          <t>899152908070</t>
+          <t>899152908063</t>
         </is>
       </c>
       <c r="G508" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H508" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I508" s="0">
         <v>109.99</v>
       </c>
       <c r="J508" s="0">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="509" spans="1:10" customHeight="0">
       <c r="A509" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8bzub8woezejw2awp9l34/prima-152908-f.jpg?rlkey=flkf5ab4zg055h1xpkosh9d00&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B509" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C509" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D509" s="0" t="inlineStr">
         <is>
           <t>152908</t>
         </is>
       </c>
       <c r="E509" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M BK:152908E-2XL</t>
+          <t>BLANK PRIMA M BK:152908D-XL</t>
         </is>
       </c>
       <c r="F509" s="0" t="inlineStr">
         <is>
-          <t>899152908087</t>
+          <t>899152908070</t>
         </is>
       </c>
       <c r="G509" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H509" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I509" s="0">
         <v>109.99</v>
       </c>
       <c r="J509" s="0">
-        <v>24</v>
+        <v>34</v>
       </c>
     </row>
     <row r="510" spans="1:10" customHeight="0">
       <c r="A510" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8bzub8woezejw2awp9l34/prima-152908-f.jpg?rlkey=flkf5ab4zg055h1xpkosh9d00&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B510" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C510" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D510" s="0" t="inlineStr">
         <is>
           <t>152908</t>
         </is>
       </c>
       <c r="E510" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M BK:152908F-3XL</t>
+          <t>BLANK PRIMA M BK:152908E-2XL</t>
         </is>
       </c>
       <c r="F510" s="0" t="inlineStr">
         <is>
-          <t>899152908094</t>
+          <t>899152908087</t>
         </is>
       </c>
       <c r="G510" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H510" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I510" s="0">
         <v>109.99</v>
       </c>
       <c r="J510" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="511" spans="1:10" customHeight="0">
       <c r="A511" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lb3mrcn0dr9h69u3yl5a9/prima-152909-f.jpg?rlkey=8l5xx2njd4ao953h1fjafwgq5&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8bzub8woezejw2awp9l34/prima-152908-f.jpg?rlkey=flkf5ab4zg055h1xpkosh9d00&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B511" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C511" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D511" s="0" t="inlineStr">
         <is>
-          <t>152909</t>
+          <t>152908</t>
         </is>
       </c>
       <c r="E511" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M CL:152909A-S</t>
+          <t>BLANK PRIMA M BK:152908F-3XL</t>
         </is>
       </c>
       <c r="F511" s="0" t="inlineStr">
         <is>
-          <t>899152909046</t>
+          <t>899152908094</t>
         </is>
       </c>
       <c r="G511" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H511" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I511" s="0">
         <v>109.99</v>
       </c>
       <c r="J511" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="512" spans="1:10" customHeight="0">
       <c r="A512" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lb3mrcn0dr9h69u3yl5a9/prima-152909-f.jpg?rlkey=8l5xx2njd4ao953h1fjafwgq5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B512" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C512" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D512" s="0" t="inlineStr">
         <is>
           <t>152909</t>
         </is>
       </c>
       <c r="E512" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M CL:152909B-M</t>
+          <t>BLANK PRIMA M CL:152909A-S</t>
         </is>
       </c>
       <c r="F512" s="0" t="inlineStr">
         <is>
-          <t>899152909053</t>
+          <t>899152909046</t>
         </is>
       </c>
       <c r="G512" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H512" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I512" s="0">
         <v>109.99</v>
       </c>
       <c r="J512" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="513" spans="1:10" customHeight="0">
       <c r="A513" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lb3mrcn0dr9h69u3yl5a9/prima-152909-f.jpg?rlkey=8l5xx2njd4ao953h1fjafwgq5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B513" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C513" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D513" s="0" t="inlineStr">
         <is>
           <t>152909</t>
         </is>
       </c>
       <c r="E513" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M CL:152909C-L</t>
+          <t>BLANK PRIMA M CL:152909B-M</t>
         </is>
       </c>
       <c r="F513" s="0" t="inlineStr">
         <is>
-          <t>899152909060</t>
+          <t>899152909053</t>
         </is>
       </c>
       <c r="G513" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H513" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I513" s="0">
         <v>109.99</v>
       </c>
       <c r="J513" s="0">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="514" spans="1:10" customHeight="0">
       <c r="A514" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lb3mrcn0dr9h69u3yl5a9/prima-152909-f.jpg?rlkey=8l5xx2njd4ao953h1fjafwgq5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B514" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C514" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D514" s="0" t="inlineStr">
         <is>
           <t>152909</t>
         </is>
       </c>
       <c r="E514" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M CL:152909D-XL</t>
+          <t>BLANK PRIMA M CL:152909C-L</t>
         </is>
       </c>
       <c r="F514" s="0" t="inlineStr">
         <is>
-          <t>899152909077</t>
+          <t>899152909060</t>
         </is>
       </c>
       <c r="G514" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H514" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I514" s="0">
         <v>109.99</v>
       </c>
       <c r="J514" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="515" spans="1:10" customHeight="0">
       <c r="A515" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lb3mrcn0dr9h69u3yl5a9/prima-152909-f.jpg?rlkey=8l5xx2njd4ao953h1fjafwgq5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B515" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C515" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D515" s="0" t="inlineStr">
         <is>
           <t>152909</t>
         </is>
       </c>
       <c r="E515" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M CL:152909E-2XL</t>
+          <t>BLANK PRIMA M CL:152909D-XL</t>
         </is>
       </c>
       <c r="F515" s="0" t="inlineStr">
         <is>
-          <t>899152909084</t>
+          <t>899152909077</t>
         </is>
       </c>
       <c r="G515" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H515" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I515" s="0">
         <v>109.99</v>
       </c>
       <c r="J515" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="516" spans="1:10" customHeight="0">
       <c r="A516" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lb3mrcn0dr9h69u3yl5a9/prima-152909-f.jpg?rlkey=8l5xx2njd4ao953h1fjafwgq5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B516" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C516" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D516" s="0" t="inlineStr">
         <is>
           <t>152909</t>
         </is>
       </c>
       <c r="E516" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M CL:152909F-3XL</t>
+          <t>BLANK PRIMA M CL:152909E-2XL</t>
         </is>
       </c>
       <c r="F516" s="0" t="inlineStr">
         <is>
-          <t>899152909091</t>
+          <t>899152909084</t>
         </is>
       </c>
       <c r="G516" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H516" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I516" s="0">
         <v>109.99</v>
       </c>
       <c r="J516" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="517" spans="1:10" customHeight="0">
       <c r="A517" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lw0rvl1n7ijay4b0y2al5/prima-152911-f.jpg?rlkey=3t8zylmngt363by9aekqqmiq4&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lb3mrcn0dr9h69u3yl5a9/prima-152909-f.jpg?rlkey=8l5xx2njd4ao953h1fjafwgq5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B517" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C517" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D517" s="0" t="inlineStr">
         <is>
-          <t>152911</t>
+          <t>152909</t>
         </is>
       </c>
       <c r="E517" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M GD:152911A-S</t>
+          <t>BLANK PRIMA M CL:152909F-3XL</t>
         </is>
       </c>
       <c r="F517" s="0" t="inlineStr">
         <is>
-          <t>899152911049</t>
+          <t>899152909091</t>
         </is>
       </c>
       <c r="G517" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H517" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I517" s="0">
         <v>109.99</v>
       </c>
       <c r="J517" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="518" spans="1:10" customHeight="0">
       <c r="A518" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lw0rvl1n7ijay4b0y2al5/prima-152911-f.jpg?rlkey=3t8zylmngt363by9aekqqmiq4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B518" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C518" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D518" s="0" t="inlineStr">
         <is>
           <t>152911</t>
         </is>
       </c>
       <c r="E518" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M GD:152911B-M</t>
+          <t>BLANK PRIMA M GD:152911A-S</t>
         </is>
       </c>
       <c r="F518" s="0" t="inlineStr">
         <is>
-          <t>899152911056</t>
+          <t>899152911049</t>
         </is>
       </c>
       <c r="G518" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H518" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I518" s="0">
         <v>109.99</v>
       </c>
       <c r="J518" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="519" spans="1:10" customHeight="0">
       <c r="A519" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lw0rvl1n7ijay4b0y2al5/prima-152911-f.jpg?rlkey=3t8zylmngt363by9aekqqmiq4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B519" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C519" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D519" s="0" t="inlineStr">
         <is>
           <t>152911</t>
         </is>
       </c>
       <c r="E519" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M GD:152911C-L</t>
+          <t>BLANK PRIMA M GD:152911B-M</t>
         </is>
       </c>
       <c r="F519" s="0" t="inlineStr">
         <is>
-          <t>899152911063</t>
+          <t>899152911056</t>
         </is>
       </c>
       <c r="G519" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H519" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I519" s="0">
         <v>109.99</v>
       </c>
       <c r="J519" s="0">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="520" spans="1:10" customHeight="0">
       <c r="A520" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lw0rvl1n7ijay4b0y2al5/prima-152911-f.jpg?rlkey=3t8zylmngt363by9aekqqmiq4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B520" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C520" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D520" s="0" t="inlineStr">
         <is>
           <t>152911</t>
         </is>
       </c>
       <c r="E520" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M GD:152911D-XL</t>
+          <t>BLANK PRIMA M GD:152911C-L</t>
         </is>
       </c>
       <c r="F520" s="0" t="inlineStr">
         <is>
-          <t>899152911070</t>
+          <t>899152911063</t>
         </is>
       </c>
       <c r="G520" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H520" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I520" s="0">
         <v>109.99</v>
       </c>
       <c r="J520" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="521" spans="1:10" customHeight="0">
       <c r="A521" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lw0rvl1n7ijay4b0y2al5/prima-152911-f.jpg?rlkey=3t8zylmngt363by9aekqqmiq4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B521" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C521" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D521" s="0" t="inlineStr">
         <is>
           <t>152911</t>
         </is>
       </c>
       <c r="E521" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M GD:152911E-2XL</t>
+          <t>BLANK PRIMA M GD:152911D-XL</t>
         </is>
       </c>
       <c r="F521" s="0" t="inlineStr">
         <is>
-          <t>899152911087</t>
+          <t>899152911070</t>
         </is>
       </c>
       <c r="G521" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H521" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I521" s="0">
         <v>109.99</v>
       </c>
       <c r="J521" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="522" spans="1:10" customHeight="0">
       <c r="A522" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lw0rvl1n7ijay4b0y2al5/prima-152911-f.jpg?rlkey=3t8zylmngt363by9aekqqmiq4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B522" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C522" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D522" s="0" t="inlineStr">
         <is>
           <t>152911</t>
         </is>
       </c>
       <c r="E522" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M GD:152911F-3XL</t>
+          <t>BLANK PRIMA M GD:152911E-2XL</t>
         </is>
       </c>
       <c r="F522" s="0" t="inlineStr">
         <is>
-          <t>899152911094</t>
+          <t>899152911087</t>
         </is>
       </c>
       <c r="G522" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H522" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I522" s="0">
         <v>109.99</v>
       </c>
       <c r="J522" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="523" spans="1:10" customHeight="0">
       <c r="A523" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vp98oodo62q5buf3rwtxp/prima.jpg?rlkey=41ihdgwz7ejx6gkbw39fanm0n&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lw0rvl1n7ijay4b0y2al5/prima-152911-f.jpg?rlkey=3t8zylmngt363by9aekqqmiq4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B523" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C523" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D523" s="0" t="inlineStr">
         <is>
-          <t>152910</t>
+          <t>152911</t>
         </is>
       </c>
       <c r="E523" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M RL:152910A-S</t>
+          <t>BLANK PRIMA M GD:152911F-3XL</t>
         </is>
       </c>
       <c r="F523" s="0" t="inlineStr">
         <is>
-          <t>899152910042</t>
+          <t>899152911094</t>
         </is>
       </c>
       <c r="G523" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H523" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I523" s="0">
         <v>109.99</v>
       </c>
       <c r="J523" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="524" spans="1:10" customHeight="0">
       <c r="A524" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vp98oodo62q5buf3rwtxp/prima.jpg?rlkey=41ihdgwz7ejx6gkbw39fanm0n&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B524" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C524" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D524" s="0" t="inlineStr">
         <is>
           <t>152910</t>
         </is>
       </c>
       <c r="E524" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M RL:152910B-M</t>
+          <t>BLANK PRIMA M RL:152910A-S</t>
         </is>
       </c>
       <c r="F524" s="0" t="inlineStr">
         <is>
-          <t>899152910059</t>
+          <t>899152910042</t>
         </is>
       </c>
       <c r="G524" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H524" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I524" s="0">
         <v>109.99</v>
       </c>
       <c r="J524" s="0">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="525" spans="1:10" customHeight="0">
       <c r="A525" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vp98oodo62q5buf3rwtxp/prima.jpg?rlkey=41ihdgwz7ejx6gkbw39fanm0n&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B525" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C525" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D525" s="0" t="inlineStr">
         <is>
           <t>152910</t>
         </is>
       </c>
       <c r="E525" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M RL:152910C-L</t>
+          <t>BLANK PRIMA M RL:152910B-M</t>
         </is>
       </c>
       <c r="F525" s="0" t="inlineStr">
         <is>
-          <t>899152910066</t>
+          <t>899152910059</t>
         </is>
       </c>
       <c r="G525" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H525" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I525" s="0">
         <v>109.99</v>
       </c>
       <c r="J525" s="0">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="526" spans="1:10" customHeight="0">
       <c r="A526" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vp98oodo62q5buf3rwtxp/prima.jpg?rlkey=41ihdgwz7ejx6gkbw39fanm0n&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B526" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C526" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D526" s="0" t="inlineStr">
         <is>
           <t>152910</t>
         </is>
       </c>
       <c r="E526" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M RL:152910D-XL</t>
+          <t>BLANK PRIMA M RL:152910C-L</t>
         </is>
       </c>
       <c r="F526" s="0" t="inlineStr">
         <is>
-          <t>899152910073</t>
+          <t>899152910066</t>
         </is>
       </c>
       <c r="G526" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H526" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I526" s="0">
         <v>109.99</v>
       </c>
       <c r="J526" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="527" spans="1:10" customHeight="0">
       <c r="A527" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vp98oodo62q5buf3rwtxp/prima.jpg?rlkey=41ihdgwz7ejx6gkbw39fanm0n&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B527" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C527" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D527" s="0" t="inlineStr">
         <is>
           <t>152910</t>
         </is>
       </c>
       <c r="E527" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M RL:152910E-2XL</t>
+          <t>BLANK PRIMA M RL:152910D-XL</t>
         </is>
       </c>
       <c r="F527" s="0" t="inlineStr">
         <is>
-          <t>899152910080</t>
+          <t>899152910073</t>
         </is>
       </c>
       <c r="G527" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H527" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I527" s="0">
         <v>109.99</v>
       </c>
       <c r="J527" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="528" spans="1:10" customHeight="0">
       <c r="A528" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vp98oodo62q5buf3rwtxp/prima.jpg?rlkey=41ihdgwz7ejx6gkbw39fanm0n&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B528" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C528" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D528" s="0" t="inlineStr">
         <is>
           <t>152910</t>
         </is>
       </c>
       <c r="E528" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M RL:152910F-3XL</t>
+          <t>BLANK PRIMA M RL:152910E-2XL</t>
         </is>
       </c>
       <c r="F528" s="0" t="inlineStr">
         <is>
-          <t>899152910097</t>
+          <t>899152910080</t>
         </is>
       </c>
       <c r="G528" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H528" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I528" s="0">
         <v>109.99</v>
       </c>
       <c r="J528" s="0">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="529" spans="1:10" customHeight="0">
       <c r="A529" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o64yuw1s7j3navkf8avtj/prima-152912-f.jpg?rlkey=s9rd7i4p0pwkc98mlibr2bv24&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vp98oodo62q5buf3rwtxp/prima.jpg?rlkey=41ihdgwz7ejx6gkbw39fanm0n&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B529" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C529" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D529" s="0" t="inlineStr">
         <is>
-          <t>152912</t>
+          <t>152910</t>
         </is>
       </c>
       <c r="E529" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M PE:152912A-S</t>
+          <t>BLANK PRIMA M RL:152910F-3XL</t>
         </is>
       </c>
       <c r="F529" s="0" t="inlineStr">
         <is>
-          <t>899152912046</t>
+          <t>899152910097</t>
         </is>
       </c>
       <c r="G529" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H529" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I529" s="0">
         <v>109.99</v>
       </c>
       <c r="J529" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="530" spans="1:10" customHeight="0">
       <c r="A530" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o64yuw1s7j3navkf8avtj/prima-152912-f.jpg?rlkey=s9rd7i4p0pwkc98mlibr2bv24&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B530" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C530" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D530" s="0" t="inlineStr">
         <is>
           <t>152912</t>
         </is>
       </c>
       <c r="E530" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M PE:152912B-M</t>
+          <t>BLANK PRIMA M PE:152912A-S</t>
         </is>
       </c>
       <c r="F530" s="0" t="inlineStr">
         <is>
-          <t>899152912053</t>
+          <t>899152912046</t>
         </is>
       </c>
       <c r="G530" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H530" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I530" s="0">
         <v>109.99</v>
       </c>
       <c r="J530" s="0">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="531" spans="1:10" customHeight="0">
       <c r="A531" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o64yuw1s7j3navkf8avtj/prima-152912-f.jpg?rlkey=s9rd7i4p0pwkc98mlibr2bv24&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B531" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C531" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D531" s="0" t="inlineStr">
         <is>
           <t>152912</t>
         </is>
       </c>
       <c r="E531" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M PE:152912C-L</t>
+          <t>BLANK PRIMA M PE:152912B-M</t>
         </is>
       </c>
       <c r="F531" s="0" t="inlineStr">
         <is>
-          <t>899152912060</t>
+          <t>899152912053</t>
         </is>
       </c>
       <c r="G531" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H531" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I531" s="0">
         <v>109.99</v>
       </c>
       <c r="J531" s="0">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="532" spans="1:10" customHeight="0">
       <c r="A532" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o64yuw1s7j3navkf8avtj/prima-152912-f.jpg?rlkey=s9rd7i4p0pwkc98mlibr2bv24&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B532" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C532" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D532" s="0" t="inlineStr">
         <is>
           <t>152912</t>
         </is>
       </c>
       <c r="E532" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M PE:152912D-XL</t>
+          <t>BLANK PRIMA M PE:152912C-L</t>
         </is>
       </c>
       <c r="F532" s="0" t="inlineStr">
         <is>
-          <t>899152912077</t>
+          <t>899152912060</t>
         </is>
       </c>
       <c r="G532" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H532" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I532" s="0">
         <v>109.99</v>
       </c>
       <c r="J532" s="0">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="533" spans="1:10" customHeight="0">
       <c r="A533" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o64yuw1s7j3navkf8avtj/prima-152912-f.jpg?rlkey=s9rd7i4p0pwkc98mlibr2bv24&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B533" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C533" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D533" s="0" t="inlineStr">
         <is>
           <t>152912</t>
         </is>
       </c>
       <c r="E533" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M PE:152912E-2XL</t>
+          <t>BLANK PRIMA M PE:152912D-XL</t>
         </is>
       </c>
       <c r="F533" s="0" t="inlineStr">
         <is>
-          <t>899152912084</t>
+          <t>899152912077</t>
         </is>
       </c>
       <c r="G533" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H533" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I533" s="0">
         <v>109.99</v>
       </c>
       <c r="J533" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="534" spans="1:10" customHeight="0">
       <c r="A534" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o64yuw1s7j3navkf8avtj/prima-152912-f.jpg?rlkey=s9rd7i4p0pwkc98mlibr2bv24&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B534" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C534" s="0" t="inlineStr">
         <is>
           <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D534" s="0" t="inlineStr">
         <is>
           <t>152912</t>
         </is>
       </c>
       <c r="E534" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA M PE:152912F-3XL</t>
+          <t>BLANK PRIMA M PE:152912E-2XL</t>
         </is>
       </c>
       <c r="F534" s="0" t="inlineStr">
         <is>
-          <t>899152912091</t>
+          <t>899152912084</t>
         </is>
       </c>
       <c r="G534" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H534" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I534" s="0">
         <v>109.99</v>
       </c>
       <c r="J534" s="0">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="535" spans="1:10" customHeight="0">
       <c r="A535" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9zqlgjhadcn4fi7tu8eno/prima-edit.jpg?rlkey=oqpsalrvvplmmw320mkaj1grx&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/o64yuw1s7j3navkf8avtj/prima-152912-f.jpg?rlkey=s9rd7i4p0pwkc98mlibr2bv24&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B535" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/81p3zk9l59ionlw4z5sue/womens-size-chartsprima.jpg?rlkey=llo5alq6ieqimb83dab5yndw2&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ln3l9tqzeuxs9updjwg1c/mens-jackets-size-chartsprima.jpg?rlkey=8owkzo7gkevghc6l8orzg3izt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C535" s="0" t="inlineStr">
         <is>
-          <t>Prima Women's Performance Jacket</t>
+          <t>Prima Men's Performance Jacket</t>
         </is>
       </c>
       <c r="D535" s="0" t="inlineStr">
         <is>
-          <t>152913</t>
+          <t>152912</t>
         </is>
       </c>
       <c r="E535" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA W BK:152913A-S</t>
+          <t>BLANK PRIMA M PE:152912F-3XL</t>
         </is>
       </c>
       <c r="F535" s="0" t="inlineStr">
         <is>
-          <t>899152913043</t>
+          <t>899152912091</t>
         </is>
       </c>
       <c r="G535" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>MENS</t>
         </is>
       </c>
       <c r="H535" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I535" s="0">
         <v>109.99</v>
       </c>
       <c r="J535" s="0">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="536" spans="1:10" customHeight="0">
       <c r="A536" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9zqlgjhadcn4fi7tu8eno/prima-edit.jpg?rlkey=oqpsalrvvplmmw320mkaj1grx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B536" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/81p3zk9l59ionlw4z5sue/womens-size-chartsprima.jpg?rlkey=llo5alq6ieqimb83dab5yndw2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C536" s="0" t="inlineStr">
         <is>
           <t>Prima Women's Performance Jacket</t>
         </is>
       </c>
       <c r="D536" s="0" t="inlineStr">
         <is>
           <t>152913</t>
         </is>
       </c>
       <c r="E536" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA W BK:152913B-M</t>
+          <t>BLANK PRIMA W BK:152913A-S</t>
         </is>
       </c>
       <c r="F536" s="0" t="inlineStr">
         <is>
-          <t>899152913050</t>
+          <t>899152913043</t>
         </is>
       </c>
       <c r="G536" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H536" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I536" s="0">
         <v>109.99</v>
       </c>
       <c r="J536" s="0">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="537" spans="1:10" customHeight="0">
       <c r="A537" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9zqlgjhadcn4fi7tu8eno/prima-edit.jpg?rlkey=oqpsalrvvplmmw320mkaj1grx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B537" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/81p3zk9l59ionlw4z5sue/womens-size-chartsprima.jpg?rlkey=llo5alq6ieqimb83dab5yndw2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C537" s="0" t="inlineStr">
         <is>
           <t>Prima Women's Performance Jacket</t>
         </is>
       </c>
       <c r="D537" s="0" t="inlineStr">
         <is>
           <t>152913</t>
         </is>
       </c>
       <c r="E537" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA W BK:152913C-L</t>
+          <t>BLANK PRIMA W BK:152913B-M</t>
         </is>
       </c>
       <c r="F537" s="0" t="inlineStr">
         <is>
-          <t>899152913067</t>
+          <t>899152913050</t>
         </is>
       </c>
       <c r="G537" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H537" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I537" s="0">
         <v>109.99</v>
       </c>
       <c r="J537" s="0">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="538" spans="1:10" customHeight="0">
       <c r="A538" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9zqlgjhadcn4fi7tu8eno/prima-edit.jpg?rlkey=oqpsalrvvplmmw320mkaj1grx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B538" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/81p3zk9l59ionlw4z5sue/womens-size-chartsprima.jpg?rlkey=llo5alq6ieqimb83dab5yndw2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C538" s="0" t="inlineStr">
         <is>
           <t>Prima Women's Performance Jacket</t>
         </is>
       </c>
       <c r="D538" s="0" t="inlineStr">
         <is>
           <t>152913</t>
         </is>
       </c>
       <c r="E538" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA W BK:152913D-XL</t>
+          <t>BLANK PRIMA W BK:152913C-L</t>
         </is>
       </c>
       <c r="F538" s="0" t="inlineStr">
         <is>
-          <t>899152913074</t>
+          <t>899152913067</t>
         </is>
       </c>
       <c r="G538" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H538" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I538" s="0">
         <v>109.99</v>
       </c>
       <c r="J538" s="0">
-        <v>3</v>
+        <v>9</v>
       </c>
     </row>
     <row r="539" spans="1:10" customHeight="0">
       <c r="A539" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9zqlgjhadcn4fi7tu8eno/prima-edit.jpg?rlkey=oqpsalrvvplmmw320mkaj1grx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B539" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/81p3zk9l59ionlw4z5sue/womens-size-chartsprima.jpg?rlkey=llo5alq6ieqimb83dab5yndw2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C539" s="0" t="inlineStr">
         <is>
           <t>Prima Women's Performance Jacket</t>
         </is>
       </c>
       <c r="D539" s="0" t="inlineStr">
         <is>
           <t>152913</t>
         </is>
       </c>
       <c r="E539" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA W BK:152913E-2XL</t>
+          <t>BLANK PRIMA W BK:152913D-XL</t>
         </is>
       </c>
       <c r="F539" s="0" t="inlineStr">
         <is>
-          <t>899152913081</t>
+          <t>899152913074</t>
         </is>
       </c>
       <c r="G539" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H539" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I539" s="0">
         <v>109.99</v>
       </c>
       <c r="J539" s="0">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="540" spans="1:10" customHeight="0">
       <c r="A540" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9zqlgjhadcn4fi7tu8eno/prima-edit.jpg?rlkey=oqpsalrvvplmmw320mkaj1grx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B540" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/81p3zk9l59ionlw4z5sue/womens-size-chartsprima.jpg?rlkey=llo5alq6ieqimb83dab5yndw2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C540" s="0" t="inlineStr">
         <is>
           <t>Prima Women's Performance Jacket</t>
         </is>
       </c>
       <c r="D540" s="0" t="inlineStr">
         <is>
           <t>152913</t>
         </is>
       </c>
       <c r="E540" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA W BK:152913F-3XL</t>
+          <t>BLANK PRIMA W BK:152913E-2XL</t>
         </is>
       </c>
       <c r="F540" s="0" t="inlineStr">
         <is>
-          <t>899152913098</t>
+          <t>899152913081</t>
         </is>
       </c>
       <c r="G540" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H540" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I540" s="0">
         <v>109.99</v>
       </c>
       <c r="J540" s="0">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="541" spans="1:10" customHeight="0">
       <c r="A541" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7y77p38s6mf95y9etexu6/prima-pe.jpg?rlkey=i37n6ecnsrbjfiyq4mz2pr0hi&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9zqlgjhadcn4fi7tu8eno/prima-edit.jpg?rlkey=oqpsalrvvplmmw320mkaj1grx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B541" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/81p3zk9l59ionlw4z5sue/womens-size-chartsprima.jpg?rlkey=llo5alq6ieqimb83dab5yndw2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C541" s="0" t="inlineStr">
         <is>
           <t>Prima Women's Performance Jacket</t>
         </is>
       </c>
       <c r="D541" s="0" t="inlineStr">
         <is>
-          <t>152917</t>
+          <t>152913</t>
         </is>
       </c>
       <c r="E541" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA W PE:152917A-S</t>
+          <t>BLANK PRIMA W BK:152913F-3XL</t>
         </is>
       </c>
       <c r="F541" s="0" t="inlineStr">
         <is>
-          <t>899152917041</t>
+          <t>899152913098</t>
         </is>
       </c>
       <c r="G541" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H541" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I541" s="0">
         <v>109.99</v>
       </c>
       <c r="J541" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="542" spans="1:10" customHeight="0">
       <c r="A542" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7y77p38s6mf95y9etexu6/prima-pe.jpg?rlkey=i37n6ecnsrbjfiyq4mz2pr0hi&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B542" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/81p3zk9l59ionlw4z5sue/womens-size-chartsprima.jpg?rlkey=llo5alq6ieqimb83dab5yndw2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C542" s="0" t="inlineStr">
         <is>
           <t>Prima Women's Performance Jacket</t>
         </is>
       </c>
       <c r="D542" s="0" t="inlineStr">
         <is>
           <t>152917</t>
         </is>
       </c>
       <c r="E542" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA W PE:152917B-M</t>
+          <t>BLANK PRIMA W PE:152917A-S</t>
         </is>
       </c>
       <c r="F542" s="0" t="inlineStr">
         <is>
-          <t>899152917058</t>
+          <t>899152917041</t>
         </is>
       </c>
       <c r="G542" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H542" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I542" s="0">
         <v>109.99</v>
       </c>
       <c r="J542" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="543" spans="1:10" customHeight="0">
       <c r="A543" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7y77p38s6mf95y9etexu6/prima-pe.jpg?rlkey=i37n6ecnsrbjfiyq4mz2pr0hi&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B543" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/81p3zk9l59ionlw4z5sue/womens-size-chartsprima.jpg?rlkey=llo5alq6ieqimb83dab5yndw2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C543" s="0" t="inlineStr">
         <is>
           <t>Prima Women's Performance Jacket</t>
         </is>
       </c>
       <c r="D543" s="0" t="inlineStr">
         <is>
           <t>152917</t>
         </is>
       </c>
       <c r="E543" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA W PE:152917C-L</t>
+          <t>BLANK PRIMA W PE:152917B-M</t>
         </is>
       </c>
       <c r="F543" s="0" t="inlineStr">
         <is>
-          <t>899152917065</t>
+          <t>899152917058</t>
         </is>
       </c>
       <c r="G543" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H543" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I543" s="0">
         <v>109.99</v>
       </c>
       <c r="J543" s="0">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="544" spans="1:10" customHeight="0">
       <c r="A544" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7y77p38s6mf95y9etexu6/prima-pe.jpg?rlkey=i37n6ecnsrbjfiyq4mz2pr0hi&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B544" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/81p3zk9l59ionlw4z5sue/womens-size-chartsprima.jpg?rlkey=llo5alq6ieqimb83dab5yndw2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C544" s="0" t="inlineStr">
         <is>
           <t>Prima Women's Performance Jacket</t>
         </is>
       </c>
       <c r="D544" s="0" t="inlineStr">
         <is>
           <t>152917</t>
         </is>
       </c>
       <c r="E544" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA W PE:152917D-XL</t>
+          <t>BLANK PRIMA W PE:152917C-L</t>
         </is>
       </c>
       <c r="F544" s="0" t="inlineStr">
         <is>
-          <t>899152917072</t>
+          <t>899152917065</t>
         </is>
       </c>
       <c r="G544" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H544" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I544" s="0">
         <v>109.99</v>
       </c>
       <c r="J544" s="0">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="545" spans="1:10" customHeight="0">
       <c r="A545" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7y77p38s6mf95y9etexu6/prima-pe.jpg?rlkey=i37n6ecnsrbjfiyq4mz2pr0hi&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B545" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/81p3zk9l59ionlw4z5sue/womens-size-chartsprima.jpg?rlkey=llo5alq6ieqimb83dab5yndw2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C545" s="0" t="inlineStr">
         <is>
           <t>Prima Women's Performance Jacket</t>
         </is>
       </c>
       <c r="D545" s="0" t="inlineStr">
         <is>
           <t>152917</t>
         </is>
       </c>
       <c r="E545" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA W PE:152917E-2XL</t>
+          <t>BLANK PRIMA W PE:152917D-XL</t>
         </is>
       </c>
       <c r="F545" s="0" t="inlineStr">
         <is>
-          <t>899152917089</t>
+          <t>899152917072</t>
         </is>
       </c>
       <c r="G545" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H545" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I545" s="0">
         <v>109.99</v>
       </c>
       <c r="J545" s="0">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="546" spans="1:10" customHeight="0">
       <c r="A546" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7y77p38s6mf95y9etexu6/prima-pe.jpg?rlkey=i37n6ecnsrbjfiyq4mz2pr0hi&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B546" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/81p3zk9l59ionlw4z5sue/womens-size-chartsprima.jpg?rlkey=llo5alq6ieqimb83dab5yndw2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C546" s="0" t="inlineStr">
         <is>
           <t>Prima Women's Performance Jacket</t>
         </is>
       </c>
       <c r="D546" s="0" t="inlineStr">
         <is>
           <t>152917</t>
         </is>
       </c>
       <c r="E546" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIMA W PE:152917F-3XL</t>
+          <t>BLANK PRIMA W PE:152917E-2XL</t>
         </is>
       </c>
       <c r="F546" s="0" t="inlineStr">
         <is>
-          <t>899152917096</t>
+          <t>899152917089</t>
         </is>
       </c>
       <c r="G546" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H546" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I546" s="0">
         <v>109.99</v>
       </c>
       <c r="J546" s="0">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="547" spans="1:10" customHeight="0">
       <c r="A547" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q6m51a3w7vkycc3jx3ca3/summit-152978-f.jpg?rlkey=0zmiak3pa7akukvtldpj0eg5u&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7y77p38s6mf95y9etexu6/prima-pe.jpg?rlkey=i37n6ecnsrbjfiyq4mz2pr0hi&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B547" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g1h124ejnkqv7jncybf2n/womens-size-chartssummit.jpg?rlkey=3cci4n2zuti51scnxozbccub9&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/81p3zk9l59ionlw4z5sue/womens-size-chartsprima.jpg?rlkey=llo5alq6ieqimb83dab5yndw2&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C547" s="0" t="inlineStr">
         <is>
-          <t>Summit Women's Tri-Blend Pullover</t>
+          <t>Prima Women's Performance Jacket</t>
         </is>
       </c>
       <c r="D547" s="0" t="inlineStr">
         <is>
-          <t>152978</t>
+          <t>152917</t>
         </is>
       </c>
       <c r="E547" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUMMIT W GY:152978A-S</t>
+          <t>BLANK PRIMA W PE:152917F-3XL</t>
         </is>
       </c>
       <c r="F547" s="0" t="inlineStr">
         <is>
-          <t>899152978042</t>
+          <t>899152917096</t>
         </is>
       </c>
       <c r="G547" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H547" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I547" s="0">
-        <v>49.99</v>
+        <v>109.99</v>
       </c>
       <c r="J547" s="0">
-        <v>12</v>
+        <v>2</v>
       </c>
     </row>
     <row r="548" spans="1:10" customHeight="0">
       <c r="A548" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q6m51a3w7vkycc3jx3ca3/summit-152978-f.jpg?rlkey=0zmiak3pa7akukvtldpj0eg5u&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B548" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g1h124ejnkqv7jncybf2n/womens-size-chartssummit.jpg?rlkey=3cci4n2zuti51scnxozbccub9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C548" s="0" t="inlineStr">
         <is>
           <t>Summit Women's Tri-Blend Pullover</t>
         </is>
       </c>
       <c r="D548" s="0" t="inlineStr">
         <is>
           <t>152978</t>
         </is>
       </c>
       <c r="E548" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUMMIT W GY:152978B-M</t>
+          <t>BLANK SUMMIT W GY:152978A-S</t>
         </is>
       </c>
       <c r="F548" s="0" t="inlineStr">
         <is>
-          <t>899152978059</t>
+          <t>899152978042</t>
         </is>
       </c>
       <c r="G548" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H548" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I548" s="0">
         <v>49.99</v>
       </c>
       <c r="J548" s="0">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="549" spans="1:10" customHeight="0">
       <c r="A549" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q6m51a3w7vkycc3jx3ca3/summit-152978-f.jpg?rlkey=0zmiak3pa7akukvtldpj0eg5u&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B549" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g1h124ejnkqv7jncybf2n/womens-size-chartssummit.jpg?rlkey=3cci4n2zuti51scnxozbccub9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C549" s="0" t="inlineStr">
         <is>
           <t>Summit Women's Tri-Blend Pullover</t>
         </is>
       </c>
       <c r="D549" s="0" t="inlineStr">
         <is>
           <t>152978</t>
         </is>
       </c>
       <c r="E549" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUMMIT W GY:152978C-L</t>
+          <t>BLANK SUMMIT W GY:152978B-M</t>
         </is>
       </c>
       <c r="F549" s="0" t="inlineStr">
         <is>
-          <t>899152978066</t>
+          <t>899152978059</t>
         </is>
       </c>
       <c r="G549" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H549" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I549" s="0">
         <v>49.99</v>
       </c>
       <c r="J549" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="550" spans="1:10" customHeight="0">
       <c r="A550" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q6m51a3w7vkycc3jx3ca3/summit-152978-f.jpg?rlkey=0zmiak3pa7akukvtldpj0eg5u&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B550" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g1h124ejnkqv7jncybf2n/womens-size-chartssummit.jpg?rlkey=3cci4n2zuti51scnxozbccub9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C550" s="0" t="inlineStr">
         <is>
           <t>Summit Women's Tri-Blend Pullover</t>
         </is>
       </c>
       <c r="D550" s="0" t="inlineStr">
         <is>
           <t>152978</t>
         </is>
       </c>
       <c r="E550" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUMMIT W GY:152978D-XL</t>
+          <t>BLANK SUMMIT W GY:152978C-L</t>
         </is>
       </c>
       <c r="F550" s="0" t="inlineStr">
         <is>
-          <t>899152978073</t>
+          <t>899152978066</t>
         </is>
       </c>
       <c r="G550" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H550" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I550" s="0">
         <v>49.99</v>
       </c>
       <c r="J550" s="0">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="551" spans="1:10" customHeight="0">
       <c r="A551" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q6m51a3w7vkycc3jx3ca3/summit-152978-f.jpg?rlkey=0zmiak3pa7akukvtldpj0eg5u&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B551" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g1h124ejnkqv7jncybf2n/womens-size-chartssummit.jpg?rlkey=3cci4n2zuti51scnxozbccub9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C551" s="0" t="inlineStr">
         <is>
           <t>Summit Women's Tri-Blend Pullover</t>
         </is>
       </c>
       <c r="D551" s="0" t="inlineStr">
         <is>
           <t>152978</t>
         </is>
       </c>
       <c r="E551" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUMMIT W GY:152978E-2XL</t>
+          <t>BLANK SUMMIT W GY:152978D-XL</t>
         </is>
       </c>
       <c r="F551" s="0" t="inlineStr">
         <is>
-          <t>899152978080</t>
+          <t>899152978073</t>
         </is>
       </c>
       <c r="G551" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H551" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I551" s="0">
         <v>49.99</v>
       </c>
       <c r="J551" s="0">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="552" spans="1:10" customHeight="0">
       <c r="A552" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q6m51a3w7vkycc3jx3ca3/summit-152978-f.jpg?rlkey=0zmiak3pa7akukvtldpj0eg5u&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B552" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g1h124ejnkqv7jncybf2n/womens-size-chartssummit.jpg?rlkey=3cci4n2zuti51scnxozbccub9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C552" s="0" t="inlineStr">
         <is>
           <t>Summit Women's Tri-Blend Pullover</t>
         </is>
       </c>
       <c r="D552" s="0" t="inlineStr">
         <is>
           <t>152978</t>
         </is>
       </c>
       <c r="E552" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUMMIT W GY:152978F-3XL</t>
+          <t>BLANK SUMMIT W GY:152978E-2XL</t>
         </is>
       </c>
       <c r="F552" s="0" t="inlineStr">
         <is>
-          <t>899152978097</t>
+          <t>899152978080</t>
         </is>
       </c>
       <c r="G552" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H552" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I552" s="0">
         <v>49.99</v>
       </c>
       <c r="J552" s="0">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="553" spans="1:10" customHeight="0">
       <c r="A553" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/90c9760uamjc8x5jt84qk/summit-152976-f.jpg?rlkey=2c9iohyzethfav2rtwnqvlywr&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q6m51a3w7vkycc3jx3ca3/summit-152978-f.jpg?rlkey=0zmiak3pa7akukvtldpj0eg5u&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B553" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g1h124ejnkqv7jncybf2n/womens-size-chartssummit.jpg?rlkey=3cci4n2zuti51scnxozbccub9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C553" s="0" t="inlineStr">
         <is>
           <t>Summit Women's Tri-Blend Pullover</t>
         </is>
       </c>
       <c r="D553" s="0" t="inlineStr">
         <is>
-          <t>152976</t>
+          <t>152978</t>
         </is>
       </c>
       <c r="E553" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUMMIT W BK:152976A-S</t>
+          <t>BLANK SUMMIT W GY:152978F-3XL</t>
         </is>
       </c>
       <c r="F553" s="0" t="inlineStr">
         <is>
-          <t>899152976048</t>
+          <t>899152978097</t>
         </is>
       </c>
       <c r="G553" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H553" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I553" s="0">
         <v>49.99</v>
       </c>
       <c r="J553" s="0">
-        <v>9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="554" spans="1:10" customHeight="0">
       <c r="A554" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/90c9760uamjc8x5jt84qk/summit-152976-f.jpg?rlkey=2c9iohyzethfav2rtwnqvlywr&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B554" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g1h124ejnkqv7jncybf2n/womens-size-chartssummit.jpg?rlkey=3cci4n2zuti51scnxozbccub9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C554" s="0" t="inlineStr">
         <is>
           <t>Summit Women's Tri-Blend Pullover</t>
         </is>
       </c>
       <c r="D554" s="0" t="inlineStr">
         <is>
           <t>152976</t>
         </is>
       </c>
       <c r="E554" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUMMIT W BK:152976B-M</t>
+          <t>BLANK SUMMIT W BK:152976A-S</t>
         </is>
       </c>
       <c r="F554" s="0" t="inlineStr">
         <is>
-          <t>899152976055</t>
+          <t>899152976048</t>
         </is>
       </c>
       <c r="G554" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H554" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I554" s="0">
         <v>49.99</v>
       </c>
       <c r="J554" s="0">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="555" spans="1:10" customHeight="0">
       <c r="A555" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/90c9760uamjc8x5jt84qk/summit-152976-f.jpg?rlkey=2c9iohyzethfav2rtwnqvlywr&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B555" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g1h124ejnkqv7jncybf2n/womens-size-chartssummit.jpg?rlkey=3cci4n2zuti51scnxozbccub9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C555" s="0" t="inlineStr">
         <is>
           <t>Summit Women's Tri-Blend Pullover</t>
         </is>
       </c>
       <c r="D555" s="0" t="inlineStr">
         <is>
           <t>152976</t>
         </is>
       </c>
       <c r="E555" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUMMIT W BK:152976C-L</t>
+          <t>BLANK SUMMIT W BK:152976B-M</t>
         </is>
       </c>
       <c r="F555" s="0" t="inlineStr">
         <is>
-          <t>899152976062</t>
+          <t>899152976055</t>
         </is>
       </c>
       <c r="G555" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H555" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I555" s="0">
         <v>49.99</v>
       </c>
       <c r="J555" s="0">
         <v>22</v>
       </c>
     </row>
     <row r="556" spans="1:10" customHeight="0">
       <c r="A556" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/90c9760uamjc8x5jt84qk/summit-152976-f.jpg?rlkey=2c9iohyzethfav2rtwnqvlywr&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B556" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g1h124ejnkqv7jncybf2n/womens-size-chartssummit.jpg?rlkey=3cci4n2zuti51scnxozbccub9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C556" s="0" t="inlineStr">
         <is>
           <t>Summit Women's Tri-Blend Pullover</t>
         </is>
       </c>
       <c r="D556" s="0" t="inlineStr">
         <is>
           <t>152976</t>
         </is>
       </c>
       <c r="E556" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUMMIT W BK:152976D-XL</t>
+          <t>BLANK SUMMIT W BK:152976C-L</t>
         </is>
       </c>
       <c r="F556" s="0" t="inlineStr">
         <is>
-          <t>899152976079</t>
+          <t>899152976062</t>
         </is>
       </c>
       <c r="G556" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H556" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I556" s="0">
         <v>49.99</v>
       </c>
       <c r="J556" s="0">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="557" spans="1:10" customHeight="0">
       <c r="A557" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/90c9760uamjc8x5jt84qk/summit-152976-f.jpg?rlkey=2c9iohyzethfav2rtwnqvlywr&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B557" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g1h124ejnkqv7jncybf2n/womens-size-chartssummit.jpg?rlkey=3cci4n2zuti51scnxozbccub9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C557" s="0" t="inlineStr">
         <is>
           <t>Summit Women's Tri-Blend Pullover</t>
         </is>
       </c>
       <c r="D557" s="0" t="inlineStr">
         <is>
           <t>152976</t>
         </is>
       </c>
       <c r="E557" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUMMIT W BK:152976E-2XL</t>
+          <t>BLANK SUMMIT W BK:152976D-XL</t>
         </is>
       </c>
       <c r="F557" s="0" t="inlineStr">
         <is>
-          <t>899152976086</t>
+          <t>899152976079</t>
         </is>
       </c>
       <c r="G557" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H557" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I557" s="0">
         <v>49.99</v>
       </c>
       <c r="J557" s="0">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="558" spans="1:10" customHeight="0">
       <c r="A558" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/90c9760uamjc8x5jt84qk/summit-152976-f.jpg?rlkey=2c9iohyzethfav2rtwnqvlywr&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B558" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g1h124ejnkqv7jncybf2n/womens-size-chartssummit.jpg?rlkey=3cci4n2zuti51scnxozbccub9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C558" s="0" t="inlineStr">
         <is>
           <t>Summit Women's Tri-Blend Pullover</t>
         </is>
       </c>
       <c r="D558" s="0" t="inlineStr">
         <is>
           <t>152976</t>
         </is>
       </c>
       <c r="E558" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUMMIT W BK:152976F-3XL</t>
+          <t>BLANK SUMMIT W BK:152976E-2XL</t>
         </is>
       </c>
       <c r="F558" s="0" t="inlineStr">
         <is>
-          <t>899152976093</t>
+          <t>899152976086</t>
         </is>
       </c>
       <c r="G558" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H558" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I558" s="0">
         <v>49.99</v>
       </c>
       <c r="J558" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="559" spans="1:10" customHeight="0">
       <c r="A559" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jivkr0822sh8r4heyl3xu/summit.jpg?rlkey=ycwb85w78pu1ippcpf7pjkaj3&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/90c9760uamjc8x5jt84qk/summit-152976-f.jpg?rlkey=2c9iohyzethfav2rtwnqvlywr&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B559" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g1h124ejnkqv7jncybf2n/womens-size-chartssummit.jpg?rlkey=3cci4n2zuti51scnxozbccub9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C559" s="0" t="inlineStr">
         <is>
           <t>Summit Women's Tri-Blend Pullover</t>
         </is>
       </c>
       <c r="D559" s="0" t="inlineStr">
         <is>
-          <t>152977</t>
+          <t>152976</t>
         </is>
       </c>
       <c r="E559" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUMMIT W CL:152977A-S</t>
+          <t>BLANK SUMMIT W BK:152976F-3XL</t>
         </is>
       </c>
       <c r="F559" s="0" t="inlineStr">
         <is>
-          <t>899152977045</t>
+          <t>899152976093</t>
         </is>
       </c>
       <c r="G559" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H559" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I559" s="0">
         <v>49.99</v>
       </c>
       <c r="J559" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="560" spans="1:10" customHeight="0">
       <c r="A560" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jivkr0822sh8r4heyl3xu/summit.jpg?rlkey=ycwb85w78pu1ippcpf7pjkaj3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B560" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g1h124ejnkqv7jncybf2n/womens-size-chartssummit.jpg?rlkey=3cci4n2zuti51scnxozbccub9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C560" s="0" t="inlineStr">
         <is>
           <t>Summit Women's Tri-Blend Pullover</t>
         </is>
       </c>
       <c r="D560" s="0" t="inlineStr">
         <is>
           <t>152977</t>
         </is>
       </c>
       <c r="E560" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUMMIT W CL:152977B-M</t>
+          <t>BLANK SUMMIT W CL:152977A-S</t>
         </is>
       </c>
       <c r="F560" s="0" t="inlineStr">
         <is>
-          <t>899152977052</t>
+          <t>899152977045</t>
         </is>
       </c>
       <c r="G560" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H560" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I560" s="0">
         <v>49.99</v>
       </c>
       <c r="J560" s="0">
-        <v>14</v>
+        <v>4</v>
       </c>
     </row>
     <row r="561" spans="1:10" customHeight="0">
       <c r="A561" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jivkr0822sh8r4heyl3xu/summit.jpg?rlkey=ycwb85w78pu1ippcpf7pjkaj3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B561" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g1h124ejnkqv7jncybf2n/womens-size-chartssummit.jpg?rlkey=3cci4n2zuti51scnxozbccub9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C561" s="0" t="inlineStr">
         <is>
           <t>Summit Women's Tri-Blend Pullover</t>
         </is>
       </c>
       <c r="D561" s="0" t="inlineStr">
         <is>
           <t>152977</t>
         </is>
       </c>
       <c r="E561" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUMMIT W CL:152977C-L</t>
+          <t>BLANK SUMMIT W CL:152977B-M</t>
         </is>
       </c>
       <c r="F561" s="0" t="inlineStr">
         <is>
-          <t>899152977069</t>
+          <t>899152977052</t>
         </is>
       </c>
       <c r="G561" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H561" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I561" s="0">
         <v>49.99</v>
       </c>
       <c r="J561" s="0">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="562" spans="1:10" customHeight="0">
       <c r="A562" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jivkr0822sh8r4heyl3xu/summit.jpg?rlkey=ycwb85w78pu1ippcpf7pjkaj3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B562" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g1h124ejnkqv7jncybf2n/womens-size-chartssummit.jpg?rlkey=3cci4n2zuti51scnxozbccub9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C562" s="0" t="inlineStr">
         <is>
           <t>Summit Women's Tri-Blend Pullover</t>
         </is>
       </c>
       <c r="D562" s="0" t="inlineStr">
         <is>
           <t>152977</t>
         </is>
       </c>
       <c r="E562" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUMMIT W CL:152977D-XL</t>
+          <t>BLANK SUMMIT W CL:152977C-L</t>
         </is>
       </c>
       <c r="F562" s="0" t="inlineStr">
         <is>
-          <t>899152977076</t>
+          <t>899152977069</t>
         </is>
       </c>
       <c r="G562" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H562" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I562" s="0">
         <v>49.99</v>
       </c>
       <c r="J562" s="0">
-        <v>5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="563" spans="1:10" customHeight="0">
       <c r="A563" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jivkr0822sh8r4heyl3xu/summit.jpg?rlkey=ycwb85w78pu1ippcpf7pjkaj3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B563" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g1h124ejnkqv7jncybf2n/womens-size-chartssummit.jpg?rlkey=3cci4n2zuti51scnxozbccub9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C563" s="0" t="inlineStr">
         <is>
           <t>Summit Women's Tri-Blend Pullover</t>
         </is>
       </c>
       <c r="D563" s="0" t="inlineStr">
         <is>
           <t>152977</t>
         </is>
       </c>
       <c r="E563" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUMMIT W CL:152977E-2XL</t>
+          <t>BLANK SUMMIT W CL:152977D-XL</t>
         </is>
       </c>
       <c r="F563" s="0" t="inlineStr">
         <is>
-          <t>899152977083</t>
+          <t>899152977076</t>
         </is>
       </c>
       <c r="G563" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H563" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I563" s="0">
         <v>49.99</v>
       </c>
       <c r="J563" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="564" spans="1:10" customHeight="0">
       <c r="A564" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jivkr0822sh8r4heyl3xu/summit.jpg?rlkey=ycwb85w78pu1ippcpf7pjkaj3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B564" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g1h124ejnkqv7jncybf2n/womens-size-chartssummit.jpg?rlkey=3cci4n2zuti51scnxozbccub9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C564" s="0" t="inlineStr">
         <is>
           <t>Summit Women's Tri-Blend Pullover</t>
         </is>
       </c>
       <c r="D564" s="0" t="inlineStr">
         <is>
           <t>152977</t>
         </is>
       </c>
       <c r="E564" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUMMIT W CL:152977F-3XL</t>
+          <t>BLANK SUMMIT W CL:152977E-2XL</t>
         </is>
       </c>
       <c r="F564" s="0" t="inlineStr">
         <is>
-          <t>899152977090</t>
+          <t>899152977083</t>
         </is>
       </c>
       <c r="G564" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H564" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I564" s="0">
         <v>49.99</v>
       </c>
       <c r="J564" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="565" spans="1:10" customHeight="0">
       <c r="A565" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/iiv2ap5obck0jbsejh6gj/avenue-150761-f.jpg?rlkey=wi6djs1q4bnekl0b99bxhq2kf&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jivkr0822sh8r4heyl3xu/summit.jpg?rlkey=ycwb85w78pu1ippcpf7pjkaj3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B565" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hoxkxp2mu2ghqev3pel61/womens-hoodie-and-sweatshirt-size-chartsavenue.jpg?rlkey=d0hr028x0m5s6byqquxka7fgr&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g1h124ejnkqv7jncybf2n/womens-size-chartssummit.jpg?rlkey=3cci4n2zuti51scnxozbccub9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C565" s="0" t="inlineStr">
         <is>
-          <t>Avenue Women's Half-Zip Hoodie</t>
+          <t>Summit Women's Tri-Blend Pullover</t>
         </is>
       </c>
       <c r="D565" s="0" t="inlineStr">
         <is>
-          <t>150761</t>
+          <t>152977</t>
         </is>
       </c>
       <c r="E565" s="0" t="inlineStr">
         <is>
-          <t>BLANK AVENUE W LG:150761A-S</t>
+          <t>BLANK SUMMIT W CL:152977F-3XL</t>
         </is>
       </c>
       <c r="F565" s="0" t="inlineStr">
         <is>
-          <t>899150761042</t>
+          <t>899152977090</t>
         </is>
       </c>
       <c r="G565" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H565" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I565" s="0">
         <v>49.99</v>
       </c>
       <c r="J565" s="0">
-        <v>38</v>
+        <v>4</v>
       </c>
     </row>
     <row r="566" spans="1:10" customHeight="0">
       <c r="A566" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/iiv2ap5obck0jbsejh6gj/avenue-150761-f.jpg?rlkey=wi6djs1q4bnekl0b99bxhq2kf&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B566" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hoxkxp2mu2ghqev3pel61/womens-hoodie-and-sweatshirt-size-chartsavenue.jpg?rlkey=d0hr028x0m5s6byqquxka7fgr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C566" s="0" t="inlineStr">
         <is>
           <t>Avenue Women's Half-Zip Hoodie</t>
         </is>
       </c>
       <c r="D566" s="0" t="inlineStr">
         <is>
           <t>150761</t>
         </is>
       </c>
       <c r="E566" s="0" t="inlineStr">
         <is>
-          <t>BLANK AVENUE W LG:150761B-M</t>
+          <t>BLANK AVENUE W LG:150761A-S</t>
         </is>
       </c>
       <c r="F566" s="0" t="inlineStr">
         <is>
-          <t>899150761059</t>
+          <t>899150761042</t>
         </is>
       </c>
       <c r="G566" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H566" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I566" s="0">
         <v>49.99</v>
       </c>
       <c r="J566" s="0">
-        <v>73</v>
+        <v>38</v>
       </c>
     </row>
     <row r="567" spans="1:10" customHeight="0">
       <c r="A567" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/iiv2ap5obck0jbsejh6gj/avenue-150761-f.jpg?rlkey=wi6djs1q4bnekl0b99bxhq2kf&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B567" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hoxkxp2mu2ghqev3pel61/womens-hoodie-and-sweatshirt-size-chartsavenue.jpg?rlkey=d0hr028x0m5s6byqquxka7fgr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C567" s="0" t="inlineStr">
         <is>
           <t>Avenue Women's Half-Zip Hoodie</t>
         </is>
       </c>
       <c r="D567" s="0" t="inlineStr">
         <is>
           <t>150761</t>
         </is>
       </c>
       <c r="E567" s="0" t="inlineStr">
         <is>
-          <t>BLANK AVENUE W LG:150761C-L</t>
+          <t>BLANK AVENUE W LG:150761B-M</t>
         </is>
       </c>
       <c r="F567" s="0" t="inlineStr">
         <is>
-          <t>899150761066</t>
+          <t>899150761059</t>
         </is>
       </c>
       <c r="G567" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H567" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I567" s="0">
         <v>49.99</v>
       </c>
       <c r="J567" s="0">
-        <v>76</v>
+        <v>73</v>
       </c>
     </row>
     <row r="568" spans="1:10" customHeight="0">
       <c r="A568" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/iiv2ap5obck0jbsejh6gj/avenue-150761-f.jpg?rlkey=wi6djs1q4bnekl0b99bxhq2kf&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B568" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hoxkxp2mu2ghqev3pel61/womens-hoodie-and-sweatshirt-size-chartsavenue.jpg?rlkey=d0hr028x0m5s6byqquxka7fgr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C568" s="0" t="inlineStr">
         <is>
           <t>Avenue Women's Half-Zip Hoodie</t>
         </is>
       </c>
       <c r="D568" s="0" t="inlineStr">
         <is>
           <t>150761</t>
         </is>
       </c>
       <c r="E568" s="0" t="inlineStr">
         <is>
-          <t>BLANK AVENUE W LG:150761D-XL</t>
+          <t>BLANK AVENUE W LG:150761C-L</t>
         </is>
       </c>
       <c r="F568" s="0" t="inlineStr">
         <is>
-          <t>899150761073</t>
+          <t>899150761066</t>
         </is>
       </c>
       <c r="G568" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H568" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I568" s="0">
         <v>49.99</v>
       </c>
       <c r="J568" s="0">
-        <v>39</v>
+        <v>76</v>
       </c>
     </row>
     <row r="569" spans="1:10" customHeight="0">
       <c r="A569" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/iiv2ap5obck0jbsejh6gj/avenue-150761-f.jpg?rlkey=wi6djs1q4bnekl0b99bxhq2kf&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B569" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hoxkxp2mu2ghqev3pel61/womens-hoodie-and-sweatshirt-size-chartsavenue.jpg?rlkey=d0hr028x0m5s6byqquxka7fgr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C569" s="0" t="inlineStr">
         <is>
           <t>Avenue Women's Half-Zip Hoodie</t>
         </is>
       </c>
       <c r="D569" s="0" t="inlineStr">
         <is>
           <t>150761</t>
         </is>
       </c>
       <c r="E569" s="0" t="inlineStr">
         <is>
-          <t>BLANK AVENUE W LG:150761E-2XL</t>
+          <t>BLANK AVENUE W LG:150761D-XL</t>
         </is>
       </c>
       <c r="F569" s="0" t="inlineStr">
         <is>
-          <t>899150761080</t>
+          <t>899150761073</t>
         </is>
       </c>
       <c r="G569" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H569" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I569" s="0">
         <v>49.99</v>
       </c>
       <c r="J569" s="0">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="570" spans="1:10" customHeight="0">
       <c r="A570" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/iiv2ap5obck0jbsejh6gj/avenue-150761-f.jpg?rlkey=wi6djs1q4bnekl0b99bxhq2kf&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B570" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hoxkxp2mu2ghqev3pel61/womens-hoodie-and-sweatshirt-size-chartsavenue.jpg?rlkey=d0hr028x0m5s6byqquxka7fgr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C570" s="0" t="inlineStr">
         <is>
           <t>Avenue Women's Half-Zip Hoodie</t>
         </is>
       </c>
       <c r="D570" s="0" t="inlineStr">
         <is>
           <t>150761</t>
         </is>
       </c>
       <c r="E570" s="0" t="inlineStr">
         <is>
-          <t>BLANK AVENUE W LG:150761F-3XL</t>
+          <t>BLANK AVENUE W LG:150761E-2XL</t>
         </is>
       </c>
       <c r="F570" s="0" t="inlineStr">
         <is>
-          <t>899150761097</t>
+          <t>899150761080</t>
         </is>
       </c>
       <c r="G570" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H570" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I570" s="0">
         <v>49.99</v>
       </c>
       <c r="J570" s="0">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="571" spans="1:10" customHeight="0">
       <c r="A571" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2isfmcnz6xdhly19eszo5/addison-123557-b.jpg?rlkey=yudmqh69btg9zv936f2pco4ae&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/iiv2ap5obck0jbsejh6gj/avenue-150761-f.jpg?rlkey=wi6djs1q4bnekl0b99bxhq2kf&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B571" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hoxkxp2mu2ghqev3pel61/womens-hoodie-and-sweatshirt-size-chartsavenue.jpg?rlkey=d0hr028x0m5s6byqquxka7fgr&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C571" s="0" t="inlineStr">
         <is>
-          <t>Addison Toddler Beanie</t>
+          <t>Avenue Women's Half-Zip Hoodie</t>
         </is>
       </c>
       <c r="D571" s="0" t="inlineStr">
         <is>
-          <t>123564</t>
+          <t>150761</t>
         </is>
       </c>
       <c r="E571" s="0" t="inlineStr">
         <is>
-          <t>BLANK ADDISO T BK:123564</t>
+          <t>BLANK AVENUE W LG:150761F-3XL</t>
         </is>
       </c>
       <c r="F571" s="0" t="inlineStr">
         <is>
-          <t>799123564017</t>
+          <t>899150761097</t>
         </is>
       </c>
       <c r="G571" s="0" t="inlineStr">
         <is>
-          <t>TODDLER</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H571" s="0" t="inlineStr">
         <is>
-          <t>TODDLER</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I571" s="0">
-        <v>21.99</v>
+        <v>49.99</v>
       </c>
       <c r="J571" s="0">
-        <v>414</v>
+        <v>9</v>
       </c>
     </row>
     <row r="572" spans="1:10" customHeight="0">
       <c r="A572" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/p1ama3w27of6ngkojtr06/addison-123558-b.jpg?rlkey=vohvz6dgfxhf1e756nz0we0j2&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2isfmcnz6xdhly19eszo5/addison-123557-b.jpg?rlkey=yudmqh69btg9zv936f2pco4ae&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C572" s="0" t="inlineStr">
         <is>
           <t>Addison Toddler Beanie</t>
         </is>
       </c>
       <c r="D572" s="0" t="inlineStr">
         <is>
-          <t>123565T</t>
+          <t>123564</t>
         </is>
       </c>
       <c r="E572" s="0" t="inlineStr">
         <is>
-          <t>BLANK ADDISO T GY:123565</t>
+          <t>BLANK ADDISO T BK:123564</t>
         </is>
       </c>
       <c r="F572" s="0" t="inlineStr">
         <is>
-          <t>799123565014</t>
+          <t>799123564017</t>
         </is>
       </c>
       <c r="G572" s="0" t="inlineStr">
         <is>
           <t>TODDLER</t>
         </is>
       </c>
       <c r="H572" s="0" t="inlineStr">
         <is>
           <t>TODDLER</t>
         </is>
       </c>
       <c r="I572" s="0">
         <v>21.99</v>
       </c>
       <c r="J572" s="0">
-        <v>1991</v>
+        <v>414</v>
       </c>
     </row>
     <row r="573" spans="1:10" customHeight="0">
       <c r="A573" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/65yfe0tqhyo1rsabl8amk/addison-123555-b.jpg?rlkey=69gxd3v73w83anqbhstm4zca9&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/p1ama3w27of6ngkojtr06/addison-123558-b.jpg?rlkey=vohvz6dgfxhf1e756nz0we0j2&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C573" s="0" t="inlineStr">
         <is>
           <t>Addison Toddler Beanie</t>
         </is>
       </c>
       <c r="D573" s="0" t="inlineStr">
         <is>
-          <t>123562</t>
+          <t>123565T</t>
         </is>
       </c>
       <c r="E573" s="0" t="inlineStr">
         <is>
-          <t>BLANK ADDISO T CL:123562</t>
+          <t>BLANK ADDISO T GY:123565</t>
         </is>
       </c>
       <c r="F573" s="0" t="inlineStr">
         <is>
-          <t>799123562013</t>
+          <t>799123565014</t>
         </is>
       </c>
       <c r="G573" s="0" t="inlineStr">
         <is>
           <t>TODDLER</t>
         </is>
       </c>
       <c r="H573" s="0" t="inlineStr">
         <is>
           <t>TODDLER</t>
         </is>
       </c>
       <c r="I573" s="0">
         <v>21.99</v>
       </c>
       <c r="J573" s="0">
-        <v>276</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="574" spans="1:10" customHeight="0">
       <c r="A574" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pjix8jqqyqi22zgyyd276/addison-123559-b.jpg?rlkey=wekf4yy9gqcqbkx2s3e0k2twg&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/65yfe0tqhyo1rsabl8amk/addison-123555-b.jpg?rlkey=69gxd3v73w83anqbhstm4zca9&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C574" s="0" t="inlineStr">
         <is>
           <t>Addison Toddler Beanie</t>
         </is>
       </c>
       <c r="D574" s="0" t="inlineStr">
         <is>
-          <t>123566</t>
+          <t>123562</t>
         </is>
       </c>
       <c r="E574" s="0" t="inlineStr">
         <is>
-          <t>BLANK ADDISO T RD:123566</t>
+          <t>BLANK ADDISO T CL:123562</t>
         </is>
       </c>
       <c r="F574" s="0" t="inlineStr">
         <is>
-          <t>799123566011</t>
+          <t>799123562013</t>
         </is>
       </c>
       <c r="G574" s="0" t="inlineStr">
         <is>
           <t>TODDLER</t>
         </is>
       </c>
       <c r="H574" s="0" t="inlineStr">
         <is>
           <t>TODDLER</t>
         </is>
       </c>
       <c r="I574" s="0">
         <v>21.99</v>
       </c>
       <c r="J574" s="0">
-        <v>120</v>
+        <v>276</v>
       </c>
     </row>
     <row r="575" spans="1:10" customHeight="0">
       <c r="A575" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/unywres1aogctbmjqgrap/addison-123556-b.jpg?rlkey=d2stx9r3sfoy0x012w8rueiho&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pjix8jqqyqi22zgyyd276/addison-123559-b.jpg?rlkey=wekf4yy9gqcqbkx2s3e0k2twg&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C575" s="0" t="inlineStr">
         <is>
           <t>Addison Toddler Beanie</t>
         </is>
       </c>
       <c r="D575" s="0" t="inlineStr">
         <is>
-          <t>123563</t>
+          <t>123566</t>
         </is>
       </c>
       <c r="E575" s="0" t="inlineStr">
         <is>
-          <t>BLANK ADDISO T PE:123563</t>
+          <t>BLANK ADDISO T RD:123566</t>
         </is>
       </c>
       <c r="F575" s="0" t="inlineStr">
         <is>
-          <t>799123563010</t>
+          <t>799123566011</t>
         </is>
       </c>
       <c r="G575" s="0" t="inlineStr">
         <is>
           <t>TODDLER</t>
         </is>
       </c>
       <c r="H575" s="0" t="inlineStr">
         <is>
           <t>TODDLER</t>
         </is>
       </c>
       <c r="I575" s="0">
         <v>21.99</v>
       </c>
       <c r="J575" s="0">
-        <v>216</v>
+        <v>120</v>
       </c>
     </row>
     <row r="576" spans="1:10" customHeight="0">
       <c r="A576" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/681yzms242qxkmry1js5p/addison-123553-b.jpg?rlkey=c9edyseqr3isz6fsvrys9vggb&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/unywres1aogctbmjqgrap/addison-123556-b.jpg?rlkey=d2stx9r3sfoy0x012w8rueiho&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C576" s="0" t="inlineStr">
         <is>
           <t>Addison Toddler Beanie</t>
         </is>
       </c>
       <c r="D576" s="0" t="inlineStr">
         <is>
-          <t>123560</t>
+          <t>123563</t>
         </is>
       </c>
       <c r="E576" s="0" t="inlineStr">
         <is>
-          <t>BLANK ADDISO T NY:123560</t>
+          <t>BLANK ADDISO T PE:123563</t>
         </is>
       </c>
       <c r="F576" s="0" t="inlineStr">
         <is>
-          <t>799123560019</t>
+          <t>799123563010</t>
         </is>
       </c>
       <c r="G576" s="0" t="inlineStr">
         <is>
           <t>TODDLER</t>
         </is>
       </c>
       <c r="H576" s="0" t="inlineStr">
         <is>
           <t>TODDLER</t>
         </is>
       </c>
       <c r="I576" s="0">
         <v>21.99</v>
       </c>
       <c r="J576" s="0">
-        <v>359</v>
+        <v>216</v>
       </c>
     </row>
     <row r="577" spans="1:10" customHeight="0">
       <c r="A577" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mo6w9s377nx6f7qeldh2v/addison-123554-b.jpg?rlkey=u404ekptakd63um8ypbx8yaxr&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/681yzms242qxkmry1js5p/addison-123553-b.jpg?rlkey=c9edyseqr3isz6fsvrys9vggb&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C577" s="0" t="inlineStr">
         <is>
           <t>Addison Toddler Beanie</t>
         </is>
       </c>
       <c r="D577" s="0" t="inlineStr">
         <is>
-          <t>123561</t>
+          <t>123560</t>
         </is>
       </c>
       <c r="E577" s="0" t="inlineStr">
         <is>
-          <t>BLANK ADDISO T GD:123561</t>
+          <t>BLANK ADDISO T NY:123560</t>
         </is>
       </c>
       <c r="F577" s="0" t="inlineStr">
         <is>
-          <t>799123561016</t>
+          <t>799123560019</t>
         </is>
       </c>
       <c r="G577" s="0" t="inlineStr">
         <is>
           <t>TODDLER</t>
         </is>
       </c>
       <c r="H577" s="0" t="inlineStr">
         <is>
           <t>TODDLER</t>
         </is>
       </c>
       <c r="I577" s="0">
         <v>21.99</v>
       </c>
       <c r="J577" s="0">
-        <v>252</v>
+        <v>359</v>
       </c>
     </row>
     <row r="578" spans="1:10" customHeight="0">
       <c r="A578" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k6n8gf8d9nfrylxcvopis/sutton-152956-f.jpg?rlkey=ca890uxlba9y98osqiryv1izu&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mo6w9s377nx6f7qeldh2v/addison-123554-b.jpg?rlkey=u404ekptakd63um8ypbx8yaxr&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C578" s="0" t="inlineStr">
         <is>
-          <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
+          <t>Addison Toddler Beanie</t>
         </is>
       </c>
       <c r="D578" s="0" t="inlineStr">
         <is>
-          <t>152956</t>
+          <t>123561</t>
         </is>
       </c>
       <c r="E578" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W BK:152956A-S</t>
+          <t>BLANK ADDISO T GD:123561</t>
         </is>
       </c>
       <c r="F578" s="0" t="inlineStr">
         <is>
-          <t>899152956040</t>
+          <t>799123561016</t>
         </is>
       </c>
       <c r="G578" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>TODDLER</t>
         </is>
       </c>
       <c r="H578" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>TODDLER</t>
         </is>
       </c>
       <c r="I578" s="0">
-        <v>36.99</v>
+        <v>21.99</v>
       </c>
       <c r="J578" s="0">
-        <v>0</v>
+        <v>252</v>
       </c>
     </row>
     <row r="579" spans="1:10" customHeight="0">
       <c r="A579" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k6n8gf8d9nfrylxcvopis/sutton-152956-f.jpg?rlkey=ca890uxlba9y98osqiryv1izu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B579" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C579" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D579" s="0" t="inlineStr">
         <is>
           <t>152956</t>
         </is>
       </c>
       <c r="E579" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W BK:152956B-M</t>
+          <t>BLANK SUTTON W BK:152956A-S</t>
         </is>
       </c>
       <c r="F579" s="0" t="inlineStr">
         <is>
-          <t>899152956057</t>
+          <t>899152956040</t>
         </is>
       </c>
       <c r="G579" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H579" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I579" s="0">
         <v>36.99</v>
       </c>
       <c r="J579" s="0">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="580" spans="1:10" customHeight="0">
       <c r="A580" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k6n8gf8d9nfrylxcvopis/sutton-152956-f.jpg?rlkey=ca890uxlba9y98osqiryv1izu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B580" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C580" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D580" s="0" t="inlineStr">
         <is>
           <t>152956</t>
         </is>
       </c>
       <c r="E580" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W BK:152956C-L</t>
+          <t>BLANK SUTTON W BK:152956B-M</t>
         </is>
       </c>
       <c r="F580" s="0" t="inlineStr">
         <is>
-          <t>899152956064</t>
+          <t>899152956057</t>
         </is>
       </c>
       <c r="G580" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H580" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I580" s="0">
         <v>36.99</v>
       </c>
       <c r="J580" s="0">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="581" spans="1:10" customHeight="0">
       <c r="A581" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k6n8gf8d9nfrylxcvopis/sutton-152956-f.jpg?rlkey=ca890uxlba9y98osqiryv1izu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B581" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C581" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D581" s="0" t="inlineStr">
         <is>
           <t>152956</t>
         </is>
       </c>
       <c r="E581" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W BK:152956D-XL</t>
+          <t>BLANK SUTTON W BK:152956C-L</t>
         </is>
       </c>
       <c r="F581" s="0" t="inlineStr">
         <is>
-          <t>899152956071</t>
+          <t>899152956064</t>
         </is>
       </c>
       <c r="G581" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H581" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I581" s="0">
         <v>36.99</v>
       </c>
       <c r="J581" s="0">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="582" spans="1:10" customHeight="0">
       <c r="A582" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k6n8gf8d9nfrylxcvopis/sutton-152956-f.jpg?rlkey=ca890uxlba9y98osqiryv1izu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B582" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C582" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D582" s="0" t="inlineStr">
         <is>
           <t>152956</t>
         </is>
       </c>
       <c r="E582" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W BK:152956E-2XL</t>
+          <t>BLANK SUTTON W BK:152956D-XL</t>
         </is>
       </c>
       <c r="F582" s="0" t="inlineStr">
         <is>
-          <t>899152956088</t>
+          <t>899152956071</t>
         </is>
       </c>
       <c r="G582" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H582" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I582" s="0">
         <v>36.99</v>
       </c>
       <c r="J582" s="0">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="583" spans="1:10" customHeight="0">
       <c r="A583" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k6n8gf8d9nfrylxcvopis/sutton-152956-f.jpg?rlkey=ca890uxlba9y98osqiryv1izu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B583" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C583" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D583" s="0" t="inlineStr">
         <is>
           <t>152956</t>
         </is>
       </c>
       <c r="E583" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W BK:152956F-3XL</t>
+          <t>BLANK SUTTON W BK:152956E-2XL</t>
         </is>
       </c>
       <c r="F583" s="0" t="inlineStr">
         <is>
-          <t>899152956095</t>
+          <t>899152956088</t>
         </is>
       </c>
       <c r="G583" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H583" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I583" s="0">
         <v>36.99</v>
       </c>
       <c r="J583" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="584" spans="1:10" customHeight="0">
       <c r="A584" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q2dbwdsnnc9evjyk5ryal/133082-f.jpg?rlkey=7pqj44meh8vesqswxd3tbt2zz&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/k6n8gf8d9nfrylxcvopis/sutton-152956-f.jpg?rlkey=ca890uxlba9y98osqiryv1izu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B584" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C584" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D584" s="0" t="inlineStr">
         <is>
-          <t>133082</t>
+          <t>152956</t>
         </is>
       </c>
       <c r="E584" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W GY:133082A-S</t>
+          <t>BLANK SUTTON W BK:152956F-3XL</t>
         </is>
       </c>
       <c r="F584" s="0" t="inlineStr">
         <is>
-          <t>899133082041</t>
+          <t>899152956095</t>
         </is>
       </c>
       <c r="G584" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H584" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I584" s="0">
         <v>36.99</v>
       </c>
       <c r="J584" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="585" spans="1:10" customHeight="0">
       <c r="A585" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q2dbwdsnnc9evjyk5ryal/133082-f.jpg?rlkey=7pqj44meh8vesqswxd3tbt2zz&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B585" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C585" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D585" s="0" t="inlineStr">
         <is>
           <t>133082</t>
         </is>
       </c>
       <c r="E585" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W GY:133082B-M</t>
+          <t>BLANK SUTTON W GY:133082A-S</t>
         </is>
       </c>
       <c r="F585" s="0" t="inlineStr">
         <is>
-          <t>899133082058</t>
+          <t>899133082041</t>
         </is>
       </c>
       <c r="G585" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H585" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I585" s="0">
         <v>36.99</v>
       </c>
       <c r="J585" s="0">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="586" spans="1:10" customHeight="0">
       <c r="A586" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q2dbwdsnnc9evjyk5ryal/133082-f.jpg?rlkey=7pqj44meh8vesqswxd3tbt2zz&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B586" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C586" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D586" s="0" t="inlineStr">
         <is>
           <t>133082</t>
         </is>
       </c>
       <c r="E586" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W GY:133082C-L</t>
+          <t>BLANK SUTTON W GY:133082B-M</t>
         </is>
       </c>
       <c r="F586" s="0" t="inlineStr">
         <is>
-          <t>899133082065</t>
+          <t>899133082058</t>
         </is>
       </c>
       <c r="G586" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H586" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I586" s="0">
         <v>36.99</v>
       </c>
       <c r="J586" s="0">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="587" spans="1:10" customHeight="0">
       <c r="A587" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q2dbwdsnnc9evjyk5ryal/133082-f.jpg?rlkey=7pqj44meh8vesqswxd3tbt2zz&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B587" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C587" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D587" s="0" t="inlineStr">
         <is>
           <t>133082</t>
         </is>
       </c>
       <c r="E587" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W GY:133082D-XL</t>
+          <t>BLANK SUTTON W GY:133082C-L</t>
         </is>
       </c>
       <c r="F587" s="0" t="inlineStr">
         <is>
-          <t>899133082072</t>
+          <t>899133082065</t>
         </is>
       </c>
       <c r="G587" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H587" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I587" s="0">
         <v>36.99</v>
       </c>
       <c r="J587" s="0">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="588" spans="1:10" customHeight="0">
       <c r="A588" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q2dbwdsnnc9evjyk5ryal/133082-f.jpg?rlkey=7pqj44meh8vesqswxd3tbt2zz&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B588" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C588" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D588" s="0" t="inlineStr">
         <is>
           <t>133082</t>
         </is>
       </c>
       <c r="E588" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W GY:133082E-2XL</t>
+          <t>BLANK SUTTON W GY:133082D-XL</t>
         </is>
       </c>
       <c r="F588" s="0" t="inlineStr">
         <is>
-          <t>899133082089</t>
+          <t>899133082072</t>
         </is>
       </c>
       <c r="G588" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H588" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I588" s="0">
         <v>36.99</v>
       </c>
       <c r="J588" s="0">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="589" spans="1:10" customHeight="0">
       <c r="A589" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q2dbwdsnnc9evjyk5ryal/133082-f.jpg?rlkey=7pqj44meh8vesqswxd3tbt2zz&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B589" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C589" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D589" s="0" t="inlineStr">
         <is>
           <t>133082</t>
         </is>
       </c>
       <c r="E589" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W GY:133082F-3XL</t>
+          <t>BLANK SUTTON W GY:133082E-2XL</t>
         </is>
       </c>
       <c r="F589" s="0" t="inlineStr">
         <is>
-          <t>899133082096</t>
+          <t>899133082089</t>
         </is>
       </c>
       <c r="G589" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H589" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I589" s="0">
         <v>36.99</v>
       </c>
       <c r="J589" s="0">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="590" spans="1:10" customHeight="0">
       <c r="A590" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a6yjc24nmruyyafyo5xqs/sutton.jpg?rlkey=wk1d8mny1o37l8kupngknk256&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/q2dbwdsnnc9evjyk5ryal/133082-f.jpg?rlkey=7pqj44meh8vesqswxd3tbt2zz&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B590" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C590" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D590" s="0" t="inlineStr">
         <is>
-          <t>132868</t>
+          <t>133082</t>
         </is>
       </c>
       <c r="E590" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W ND:132868A-S</t>
+          <t>BLANK SUTTON W GY:133082F-3XL</t>
         </is>
       </c>
       <c r="F590" s="0" t="inlineStr">
         <is>
-          <t>899132868042</t>
+          <t>899133082096</t>
         </is>
       </c>
       <c r="G590" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H590" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I590" s="0">
         <v>36.99</v>
       </c>
       <c r="J590" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="591" spans="1:10" customHeight="0">
       <c r="A591" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a6yjc24nmruyyafyo5xqs/sutton.jpg?rlkey=wk1d8mny1o37l8kupngknk256&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B591" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C591" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D591" s="0" t="inlineStr">
         <is>
           <t>132868</t>
         </is>
       </c>
       <c r="E591" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W ND:132868B-M</t>
+          <t>BLANK SUTTON W ND:132868A-S</t>
         </is>
       </c>
       <c r="F591" s="0" t="inlineStr">
         <is>
-          <t>899132868059</t>
+          <t>899132868042</t>
         </is>
       </c>
       <c r="G591" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H591" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I591" s="0">
         <v>36.99</v>
       </c>
       <c r="J591" s="0">
-        <v>49</v>
+        <v>26</v>
       </c>
     </row>
     <row r="592" spans="1:10" customHeight="0">
       <c r="A592" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a6yjc24nmruyyafyo5xqs/sutton.jpg?rlkey=wk1d8mny1o37l8kupngknk256&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B592" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C592" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D592" s="0" t="inlineStr">
         <is>
           <t>132868</t>
         </is>
       </c>
       <c r="E592" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W ND:132868C-L</t>
+          <t>BLANK SUTTON W ND:132868B-M</t>
         </is>
       </c>
       <c r="F592" s="0" t="inlineStr">
         <is>
-          <t>899132868066</t>
+          <t>899132868059</t>
         </is>
       </c>
       <c r="G592" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H592" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I592" s="0">
         <v>36.99</v>
       </c>
       <c r="J592" s="0">
         <v>53</v>
       </c>
     </row>
     <row r="593" spans="1:10" customHeight="0">
       <c r="A593" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a6yjc24nmruyyafyo5xqs/sutton.jpg?rlkey=wk1d8mny1o37l8kupngknk256&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B593" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C593" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D593" s="0" t="inlineStr">
         <is>
           <t>132868</t>
         </is>
       </c>
       <c r="E593" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W ND:132868D-XL</t>
+          <t>BLANK SUTTON W ND:132868C-L</t>
         </is>
       </c>
       <c r="F593" s="0" t="inlineStr">
         <is>
-          <t>899132868073</t>
+          <t>899132868066</t>
         </is>
       </c>
       <c r="G593" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H593" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I593" s="0">
         <v>36.99</v>
       </c>
       <c r="J593" s="0">
-        <v>24</v>
+        <v>57</v>
       </c>
     </row>
     <row r="594" spans="1:10" customHeight="0">
       <c r="A594" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a6yjc24nmruyyafyo5xqs/sutton.jpg?rlkey=wk1d8mny1o37l8kupngknk256&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B594" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C594" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D594" s="0" t="inlineStr">
         <is>
           <t>132868</t>
         </is>
       </c>
       <c r="E594" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W ND:132868E-2XL</t>
+          <t>BLANK SUTTON W ND:132868D-XL</t>
         </is>
       </c>
       <c r="F594" s="0" t="inlineStr">
         <is>
-          <t>899132868080</t>
+          <t>899132868073</t>
         </is>
       </c>
       <c r="G594" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H594" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I594" s="0">
         <v>36.99</v>
       </c>
       <c r="J594" s="0">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="595" spans="1:10" customHeight="0">
       <c r="A595" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a6yjc24nmruyyafyo5xqs/sutton.jpg?rlkey=wk1d8mny1o37l8kupngknk256&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B595" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C595" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D595" s="0" t="inlineStr">
         <is>
           <t>132868</t>
         </is>
       </c>
       <c r="E595" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W ND:132868F-3XL</t>
+          <t>BLANK SUTTON W ND:132868E-2XL</t>
         </is>
       </c>
       <c r="F595" s="0" t="inlineStr">
         <is>
-          <t>899132868097</t>
+          <t>899132868080</t>
         </is>
       </c>
       <c r="G595" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H595" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I595" s="0">
         <v>36.99</v>
       </c>
       <c r="J595" s="0">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="596" spans="1:10" customHeight="0">
       <c r="A596" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fi58a7ou5o5f70kuwabba/sutton-152957-f.jpg?rlkey=q9acqa6sp3533yo02b2k26cxx&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/a6yjc24nmruyyafyo5xqs/sutton.jpg?rlkey=wk1d8mny1o37l8kupngknk256&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B596" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C596" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D596" s="0" t="inlineStr">
         <is>
-          <t>152957</t>
+          <t>132868</t>
         </is>
       </c>
       <c r="E596" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W CL:152957A-S</t>
+          <t>BLANK SUTTON W ND:132868F-3XL</t>
         </is>
       </c>
       <c r="F596" s="0" t="inlineStr">
         <is>
-          <t>899152957047</t>
+          <t>899132868097</t>
         </is>
       </c>
       <c r="G596" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H596" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I596" s="0">
         <v>36.99</v>
       </c>
       <c r="J596" s="0">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="597" spans="1:10" customHeight="0">
       <c r="A597" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fi58a7ou5o5f70kuwabba/sutton-152957-f.jpg?rlkey=q9acqa6sp3533yo02b2k26cxx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B597" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C597" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D597" s="0" t="inlineStr">
         <is>
           <t>152957</t>
         </is>
       </c>
       <c r="E597" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W CL:152957B-M</t>
+          <t>BLANK SUTTON W CL:152957A-S</t>
         </is>
       </c>
       <c r="F597" s="0" t="inlineStr">
         <is>
-          <t>899152957054</t>
+          <t>899152957047</t>
         </is>
       </c>
       <c r="G597" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H597" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I597" s="0">
         <v>36.99</v>
       </c>
       <c r="J597" s="0">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="598" spans="1:10" customHeight="0">
       <c r="A598" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fi58a7ou5o5f70kuwabba/sutton-152957-f.jpg?rlkey=q9acqa6sp3533yo02b2k26cxx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B598" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C598" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D598" s="0" t="inlineStr">
         <is>
           <t>152957</t>
         </is>
       </c>
       <c r="E598" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W CL:152957C-L</t>
+          <t>BLANK SUTTON W CL:152957B-M</t>
         </is>
       </c>
       <c r="F598" s="0" t="inlineStr">
         <is>
-          <t>899152957061</t>
+          <t>899152957054</t>
         </is>
       </c>
       <c r="G598" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H598" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I598" s="0">
         <v>36.99</v>
       </c>
       <c r="J598" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="599" spans="1:10" customHeight="0">
       <c r="A599" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fi58a7ou5o5f70kuwabba/sutton-152957-f.jpg?rlkey=q9acqa6sp3533yo02b2k26cxx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B599" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C599" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D599" s="0" t="inlineStr">
         <is>
           <t>152957</t>
         </is>
       </c>
       <c r="E599" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W CL:152957D-XL</t>
+          <t>BLANK SUTTON W CL:152957C-L</t>
         </is>
       </c>
       <c r="F599" s="0" t="inlineStr">
         <is>
-          <t>899152957078</t>
+          <t>899152957061</t>
         </is>
       </c>
       <c r="G599" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H599" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I599" s="0">
         <v>36.99</v>
       </c>
       <c r="J599" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="600" spans="1:10" customHeight="0">
       <c r="A600" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fi58a7ou5o5f70kuwabba/sutton-152957-f.jpg?rlkey=q9acqa6sp3533yo02b2k26cxx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B600" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C600" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D600" s="0" t="inlineStr">
         <is>
           <t>152957</t>
         </is>
       </c>
       <c r="E600" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W CL:152957E-2XL</t>
+          <t>BLANK SUTTON W CL:152957D-XL</t>
         </is>
       </c>
       <c r="F600" s="0" t="inlineStr">
         <is>
-          <t>899152957085</t>
+          <t>899152957078</t>
         </is>
       </c>
       <c r="G600" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H600" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I600" s="0">
         <v>36.99</v>
       </c>
       <c r="J600" s="0">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="601" spans="1:10" customHeight="0">
       <c r="A601" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fi58a7ou5o5f70kuwabba/sutton-152957-f.jpg?rlkey=q9acqa6sp3533yo02b2k26cxx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B601" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C601" s="0" t="inlineStr">
         <is>
           <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D601" s="0" t="inlineStr">
         <is>
           <t>152957</t>
         </is>
       </c>
       <c r="E601" s="0" t="inlineStr">
         <is>
-          <t>BLANK SUTTON W CL:152957F-3XL</t>
+          <t>BLANK SUTTON W CL:152957E-2XL</t>
         </is>
       </c>
       <c r="F601" s="0" t="inlineStr">
         <is>
-          <t>899152957092</t>
+          <t>899152957085</t>
         </is>
       </c>
       <c r="G601" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H601" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I601" s="0">
         <v>36.99</v>
       </c>
       <c r="J601" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="602" spans="1:10" customHeight="0">
       <c r="A602" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cppxvon7l9sjn8brfg4cb/fleet-152950-f.jpg?rlkey=qlupo7mfew3c5x22cp814v07o&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/fi58a7ou5o5f70kuwabba/sutton-152957-f.jpg?rlkey=q9acqa6sp3533yo02b2k26cxx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B602" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8wg2xg2knye2cnbtwszpk/womens-polo-size-chartsfleet.jpg?rlkey=o59y8ieaa62v2wvss6udk2muy&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cce0l4933wn1c4lg2044o/womens-hoodie-and-sweatshirt-size-chartssutton.jpg?rlkey=abn2ixwre9ak96lkbqwgkw9qx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C602" s="0" t="inlineStr">
         <is>
-          <t>Fleet Women's Striped Polo</t>
+          <t>Sutton Women's Tri-Blend Fleece Sweatshirt</t>
         </is>
       </c>
       <c r="D602" s="0" t="inlineStr">
         <is>
-          <t>152950</t>
+          <t>152957</t>
         </is>
       </c>
       <c r="E602" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLEET W BK:152950A-S</t>
+          <t>BLANK SUTTON W CL:152957F-3XL</t>
         </is>
       </c>
       <c r="F602" s="0" t="inlineStr">
         <is>
-          <t>899152950048</t>
+          <t>899152957092</t>
         </is>
       </c>
       <c r="G602" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H602" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I602" s="0">
-        <v>39.99</v>
+        <v>36.99</v>
       </c>
       <c r="J602" s="0">
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="603" spans="1:10" customHeight="0">
       <c r="A603" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cppxvon7l9sjn8brfg4cb/fleet-152950-f.jpg?rlkey=qlupo7mfew3c5x22cp814v07o&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B603" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8wg2xg2knye2cnbtwszpk/womens-polo-size-chartsfleet.jpg?rlkey=o59y8ieaa62v2wvss6udk2muy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C603" s="0" t="inlineStr">
         <is>
           <t>Fleet Women's Striped Polo</t>
         </is>
       </c>
       <c r="D603" s="0" t="inlineStr">
         <is>
           <t>152950</t>
         </is>
       </c>
       <c r="E603" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLEET W BK:152950B-M</t>
+          <t>BLANK FLEET W BK:152950A-S</t>
         </is>
       </c>
       <c r="F603" s="0" t="inlineStr">
         <is>
-          <t>899152950055</t>
+          <t>899152950048</t>
         </is>
       </c>
       <c r="G603" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H603" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I603" s="0">
         <v>39.99</v>
       </c>
       <c r="J603" s="0">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="604" spans="1:10" customHeight="0">
       <c r="A604" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cppxvon7l9sjn8brfg4cb/fleet-152950-f.jpg?rlkey=qlupo7mfew3c5x22cp814v07o&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B604" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8wg2xg2knye2cnbtwszpk/womens-polo-size-chartsfleet.jpg?rlkey=o59y8ieaa62v2wvss6udk2muy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C604" s="0" t="inlineStr">
         <is>
           <t>Fleet Women's Striped Polo</t>
         </is>
       </c>
       <c r="D604" s="0" t="inlineStr">
         <is>
           <t>152950</t>
         </is>
       </c>
       <c r="E604" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLEET W BK:152950C-L</t>
+          <t>BLANK FLEET W BK:152950B-M</t>
         </is>
       </c>
       <c r="F604" s="0" t="inlineStr">
         <is>
-          <t>899152950062</t>
+          <t>899152950055</t>
         </is>
       </c>
       <c r="G604" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H604" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I604" s="0">
         <v>39.99</v>
       </c>
       <c r="J604" s="0">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="605" spans="1:10" customHeight="0">
       <c r="A605" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cppxvon7l9sjn8brfg4cb/fleet-152950-f.jpg?rlkey=qlupo7mfew3c5x22cp814v07o&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B605" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8wg2xg2knye2cnbtwszpk/womens-polo-size-chartsfleet.jpg?rlkey=o59y8ieaa62v2wvss6udk2muy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C605" s="0" t="inlineStr">
         <is>
           <t>Fleet Women's Striped Polo</t>
         </is>
       </c>
       <c r="D605" s="0" t="inlineStr">
         <is>
           <t>152950</t>
         </is>
       </c>
       <c r="E605" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLEET W BK:152950D-XL</t>
+          <t>BLANK FLEET W BK:152950C-L</t>
         </is>
       </c>
       <c r="F605" s="0" t="inlineStr">
         <is>
-          <t>899152950079</t>
+          <t>899152950062</t>
         </is>
       </c>
       <c r="G605" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H605" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I605" s="0">
         <v>39.99</v>
       </c>
       <c r="J605" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="606" spans="1:10" customHeight="0">
       <c r="A606" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cppxvon7l9sjn8brfg4cb/fleet-152950-f.jpg?rlkey=qlupo7mfew3c5x22cp814v07o&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B606" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8wg2xg2knye2cnbtwszpk/womens-polo-size-chartsfleet.jpg?rlkey=o59y8ieaa62v2wvss6udk2muy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C606" s="0" t="inlineStr">
         <is>
           <t>Fleet Women's Striped Polo</t>
         </is>
       </c>
       <c r="D606" s="0" t="inlineStr">
         <is>
           <t>152950</t>
         </is>
       </c>
       <c r="E606" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLEET W BK:152950E-2XL</t>
+          <t>BLANK FLEET W BK:152950D-XL</t>
         </is>
       </c>
       <c r="F606" s="0" t="inlineStr">
         <is>
-          <t>899152950086</t>
+          <t>899152950079</t>
         </is>
       </c>
       <c r="G606" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H606" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I606" s="0">
         <v>39.99</v>
       </c>
       <c r="J606" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="607" spans="1:10" customHeight="0">
       <c r="A607" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cppxvon7l9sjn8brfg4cb/fleet-152950-f.jpg?rlkey=qlupo7mfew3c5x22cp814v07o&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B607" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8wg2xg2knye2cnbtwszpk/womens-polo-size-chartsfleet.jpg?rlkey=o59y8ieaa62v2wvss6udk2muy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C607" s="0" t="inlineStr">
         <is>
           <t>Fleet Women's Striped Polo</t>
         </is>
       </c>
       <c r="D607" s="0" t="inlineStr">
         <is>
           <t>152950</t>
         </is>
       </c>
       <c r="E607" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLEET W BK:152950F-3XL</t>
+          <t>BLANK FLEET W BK:152950E-2XL</t>
         </is>
       </c>
       <c r="F607" s="0" t="inlineStr">
         <is>
-          <t>899152950093</t>
+          <t>899152950086</t>
         </is>
       </c>
       <c r="G607" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H607" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I607" s="0">
         <v>39.99</v>
       </c>
       <c r="J607" s="0">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="608" spans="1:10" customHeight="0">
       <c r="A608" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nt2793tg9azv85stysc55/fleet.jpg?rlkey=dinms3ohfqu29ftt77x3ourq1&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cppxvon7l9sjn8brfg4cb/fleet-152950-f.jpg?rlkey=qlupo7mfew3c5x22cp814v07o&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B608" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8wg2xg2knye2cnbtwszpk/womens-polo-size-chartsfleet.jpg?rlkey=o59y8ieaa62v2wvss6udk2muy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C608" s="0" t="inlineStr">
         <is>
           <t>Fleet Women's Striped Polo</t>
         </is>
       </c>
       <c r="D608" s="0" t="inlineStr">
         <is>
-          <t>152951</t>
+          <t>152950</t>
         </is>
       </c>
       <c r="E608" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLEET W CL:152951A-S</t>
+          <t>BLANK FLEET W BK:152950F-3XL</t>
         </is>
       </c>
       <c r="F608" s="0" t="inlineStr">
         <is>
-          <t>899152951045</t>
+          <t>899152950093</t>
         </is>
       </c>
       <c r="G608" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H608" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I608" s="0">
         <v>39.99</v>
       </c>
       <c r="J608" s="0">
-        <v>13</v>
+        <v>2</v>
       </c>
     </row>
     <row r="609" spans="1:10" customHeight="0">
       <c r="A609" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nt2793tg9azv85stysc55/fleet.jpg?rlkey=dinms3ohfqu29ftt77x3ourq1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B609" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8wg2xg2knye2cnbtwszpk/womens-polo-size-chartsfleet.jpg?rlkey=o59y8ieaa62v2wvss6udk2muy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C609" s="0" t="inlineStr">
         <is>
           <t>Fleet Women's Striped Polo</t>
         </is>
       </c>
       <c r="D609" s="0" t="inlineStr">
         <is>
           <t>152951</t>
         </is>
       </c>
       <c r="E609" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLEET W CL:152951B-M</t>
+          <t>BLANK FLEET W CL:152951A-S</t>
         </is>
       </c>
       <c r="F609" s="0" t="inlineStr">
         <is>
-          <t>899152951052</t>
+          <t>899152951045</t>
         </is>
       </c>
       <c r="G609" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H609" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I609" s="0">
         <v>39.99</v>
       </c>
       <c r="J609" s="0">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="610" spans="1:10" customHeight="0">
       <c r="A610" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nt2793tg9azv85stysc55/fleet.jpg?rlkey=dinms3ohfqu29ftt77x3ourq1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B610" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8wg2xg2knye2cnbtwszpk/womens-polo-size-chartsfleet.jpg?rlkey=o59y8ieaa62v2wvss6udk2muy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C610" s="0" t="inlineStr">
         <is>
           <t>Fleet Women's Striped Polo</t>
         </is>
       </c>
       <c r="D610" s="0" t="inlineStr">
         <is>
           <t>152951</t>
         </is>
       </c>
       <c r="E610" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLEET W CL:152951C-L</t>
+          <t>BLANK FLEET W CL:152951B-M</t>
         </is>
       </c>
       <c r="F610" s="0" t="inlineStr">
         <is>
-          <t>899152951069</t>
+          <t>899152951052</t>
         </is>
       </c>
       <c r="G610" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H610" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I610" s="0">
         <v>39.99</v>
       </c>
       <c r="J610" s="0">
         <v>28</v>
       </c>
     </row>
     <row r="611" spans="1:10" customHeight="0">
       <c r="A611" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nt2793tg9azv85stysc55/fleet.jpg?rlkey=dinms3ohfqu29ftt77x3ourq1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B611" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8wg2xg2knye2cnbtwszpk/womens-polo-size-chartsfleet.jpg?rlkey=o59y8ieaa62v2wvss6udk2muy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C611" s="0" t="inlineStr">
         <is>
           <t>Fleet Women's Striped Polo</t>
         </is>
       </c>
       <c r="D611" s="0" t="inlineStr">
         <is>
           <t>152951</t>
         </is>
       </c>
       <c r="E611" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLEET W CL:152951D-XL</t>
+          <t>BLANK FLEET W CL:152951C-L</t>
         </is>
       </c>
       <c r="F611" s="0" t="inlineStr">
         <is>
-          <t>899152951076</t>
+          <t>899152951069</t>
         </is>
       </c>
       <c r="G611" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H611" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I611" s="0">
         <v>39.99</v>
       </c>
       <c r="J611" s="0">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="612" spans="1:10" customHeight="0">
       <c r="A612" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nt2793tg9azv85stysc55/fleet.jpg?rlkey=dinms3ohfqu29ftt77x3ourq1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B612" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8wg2xg2knye2cnbtwszpk/womens-polo-size-chartsfleet.jpg?rlkey=o59y8ieaa62v2wvss6udk2muy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C612" s="0" t="inlineStr">
         <is>
           <t>Fleet Women's Striped Polo</t>
         </is>
       </c>
       <c r="D612" s="0" t="inlineStr">
         <is>
           <t>152951</t>
         </is>
       </c>
       <c r="E612" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLEET W CL:152951E-2XL</t>
+          <t>BLANK FLEET W CL:152951D-XL</t>
         </is>
       </c>
       <c r="F612" s="0" t="inlineStr">
         <is>
-          <t>899152951083</t>
+          <t>899152951076</t>
         </is>
       </c>
       <c r="G612" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H612" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I612" s="0">
         <v>39.99</v>
       </c>
       <c r="J612" s="0">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="613" spans="1:10" customHeight="0">
       <c r="A613" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nt2793tg9azv85stysc55/fleet.jpg?rlkey=dinms3ohfqu29ftt77x3ourq1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B613" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8wg2xg2knye2cnbtwszpk/womens-polo-size-chartsfleet.jpg?rlkey=o59y8ieaa62v2wvss6udk2muy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C613" s="0" t="inlineStr">
         <is>
           <t>Fleet Women's Striped Polo</t>
         </is>
       </c>
       <c r="D613" s="0" t="inlineStr">
         <is>
           <t>152951</t>
         </is>
       </c>
       <c r="E613" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLEET W CL:152951F-3XL</t>
+          <t>BLANK FLEET W CL:152951E-2XL</t>
         </is>
       </c>
       <c r="F613" s="0" t="inlineStr">
         <is>
-          <t>899152951090</t>
+          <t>899152951083</t>
         </is>
       </c>
       <c r="G613" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H613" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I613" s="0">
         <v>39.99</v>
       </c>
       <c r="J613" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="614" spans="1:10" customHeight="0">
       <c r="A614" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/viitxt3o5x9ltrehi5lls/blankeditdsc7588-copy.jpg?rlkey=c49oq3zc0ohuh9vq14szu8vrs&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nt2793tg9azv85stysc55/fleet.jpg?rlkey=dinms3ohfqu29ftt77x3ourq1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B614" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vhivcr8clpdnr6i5jph1h/womens-pullover-size-chartsvickie.jpg?rlkey=ju41rhoaaz6pr5p3c9uc36697&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8wg2xg2knye2cnbtwszpk/womens-polo-size-chartsfleet.jpg?rlkey=o59y8ieaa62v2wvss6udk2muy&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C614" s="0" t="inlineStr">
         <is>
-          <t>Vickie Women's Tri-Blend 1/4 Zip</t>
+          <t>Fleet Women's Striped Polo</t>
         </is>
       </c>
       <c r="D614" s="0" t="inlineStr">
         <is>
-          <t>138732</t>
+          <t>152951</t>
         </is>
       </c>
       <c r="E614" s="0" t="inlineStr">
         <is>
-          <t>BLANK VICKIE W DG:138732A-S</t>
+          <t>BLANK FLEET W CL:152951F-3XL</t>
         </is>
       </c>
       <c r="F614" s="0" t="inlineStr">
         <is>
-          <t>899138732040</t>
+          <t>899152951090</t>
         </is>
       </c>
       <c r="G614" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H614" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I614" s="0">
-        <v>44.99</v>
+        <v>39.99</v>
       </c>
       <c r="J614" s="0">
-        <v>23</v>
+        <v>4</v>
       </c>
     </row>
     <row r="615" spans="1:10" customHeight="0">
       <c r="A615" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/viitxt3o5x9ltrehi5lls/blankeditdsc7588-copy.jpg?rlkey=c49oq3zc0ohuh9vq14szu8vrs&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B615" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vhivcr8clpdnr6i5jph1h/womens-pullover-size-chartsvickie.jpg?rlkey=ju41rhoaaz6pr5p3c9uc36697&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C615" s="0" t="inlineStr">
         <is>
           <t>Vickie Women's Tri-Blend 1/4 Zip</t>
         </is>
       </c>
       <c r="D615" s="0" t="inlineStr">
         <is>
           <t>138732</t>
         </is>
       </c>
       <c r="E615" s="0" t="inlineStr">
         <is>
-          <t>BLANK VICKIE W DG:138732B-M</t>
+          <t>BLANK VICKIE W DG:138732A-S</t>
         </is>
       </c>
       <c r="F615" s="0" t="inlineStr">
         <is>
-          <t>899138732057</t>
+          <t>899138732040</t>
         </is>
       </c>
       <c r="G615" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H615" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I615" s="0">
         <v>44.99</v>
       </c>
       <c r="J615" s="0">
-        <v>46</v>
+        <v>23</v>
       </c>
     </row>
     <row r="616" spans="1:10" customHeight="0">
       <c r="A616" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/viitxt3o5x9ltrehi5lls/blankeditdsc7588-copy.jpg?rlkey=c49oq3zc0ohuh9vq14szu8vrs&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B616" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vhivcr8clpdnr6i5jph1h/womens-pullover-size-chartsvickie.jpg?rlkey=ju41rhoaaz6pr5p3c9uc36697&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C616" s="0" t="inlineStr">
         <is>
           <t>Vickie Women's Tri-Blend 1/4 Zip</t>
         </is>
       </c>
       <c r="D616" s="0" t="inlineStr">
         <is>
           <t>138732</t>
         </is>
       </c>
       <c r="E616" s="0" t="inlineStr">
         <is>
-          <t>BLANK VICKIE W DG:138732C-L</t>
+          <t>BLANK VICKIE W DG:138732B-M</t>
         </is>
       </c>
       <c r="F616" s="0" t="inlineStr">
         <is>
-          <t>899138732064</t>
+          <t>899138732057</t>
         </is>
       </c>
       <c r="G616" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H616" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I616" s="0">
         <v>44.99</v>
       </c>
       <c r="J616" s="0">
         <v>46</v>
       </c>
     </row>
     <row r="617" spans="1:10" customHeight="0">
       <c r="A617" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/viitxt3o5x9ltrehi5lls/blankeditdsc7588-copy.jpg?rlkey=c49oq3zc0ohuh9vq14szu8vrs&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B617" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vhivcr8clpdnr6i5jph1h/womens-pullover-size-chartsvickie.jpg?rlkey=ju41rhoaaz6pr5p3c9uc36697&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C617" s="0" t="inlineStr">
         <is>
           <t>Vickie Women's Tri-Blend 1/4 Zip</t>
         </is>
       </c>
       <c r="D617" s="0" t="inlineStr">
         <is>
           <t>138732</t>
         </is>
       </c>
       <c r="E617" s="0" t="inlineStr">
         <is>
-          <t>BLANK VICKIE W DG:138732D-XL</t>
+          <t>BLANK VICKIE W DG:138732C-L</t>
         </is>
       </c>
       <c r="F617" s="0" t="inlineStr">
         <is>
-          <t>899138732071</t>
+          <t>899138732064</t>
         </is>
       </c>
       <c r="G617" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H617" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I617" s="0">
         <v>44.99</v>
       </c>
       <c r="J617" s="0">
-        <v>21</v>
+        <v>46</v>
       </c>
     </row>
     <row r="618" spans="1:10" customHeight="0">
       <c r="A618" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/viitxt3o5x9ltrehi5lls/blankeditdsc7588-copy.jpg?rlkey=c49oq3zc0ohuh9vq14szu8vrs&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B618" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vhivcr8clpdnr6i5jph1h/womens-pullover-size-chartsvickie.jpg?rlkey=ju41rhoaaz6pr5p3c9uc36697&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C618" s="0" t="inlineStr">
         <is>
           <t>Vickie Women's Tri-Blend 1/4 Zip</t>
         </is>
       </c>
       <c r="D618" s="0" t="inlineStr">
         <is>
           <t>138732</t>
         </is>
       </c>
       <c r="E618" s="0" t="inlineStr">
         <is>
-          <t>BLANK VICKIE W DG:138732E-2XL</t>
+          <t>BLANK VICKIE W DG:138732D-XL</t>
         </is>
       </c>
       <c r="F618" s="0" t="inlineStr">
         <is>
-          <t>899138732088</t>
+          <t>899138732071</t>
         </is>
       </c>
       <c r="G618" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H618" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I618" s="0">
         <v>44.99</v>
       </c>
       <c r="J618" s="0">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="619" spans="1:10" customHeight="0">
       <c r="A619" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/viitxt3o5x9ltrehi5lls/blankeditdsc7588-copy.jpg?rlkey=c49oq3zc0ohuh9vq14szu8vrs&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B619" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vhivcr8clpdnr6i5jph1h/womens-pullover-size-chartsvickie.jpg?rlkey=ju41rhoaaz6pr5p3c9uc36697&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C619" s="0" t="inlineStr">
         <is>
           <t>Vickie Women's Tri-Blend 1/4 Zip</t>
         </is>
       </c>
       <c r="D619" s="0" t="inlineStr">
         <is>
           <t>138732</t>
         </is>
       </c>
       <c r="E619" s="0" t="inlineStr">
         <is>
-          <t>BLANK VICKIE W DG:138732F-3XL</t>
+          <t>BLANK VICKIE W DG:138732E-2XL</t>
         </is>
       </c>
       <c r="F619" s="0" t="inlineStr">
         <is>
-          <t>899138732095</t>
+          <t>899138732088</t>
         </is>
       </c>
       <c r="G619" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H619" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I619" s="0">
         <v>44.99</v>
       </c>
       <c r="J619" s="0">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="620" spans="1:10" customHeight="0">
       <c r="A620" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/twxpvofkwi4z1ybuogy69/vickie-139747-f.jpg?rlkey=l8zl1uradixaa9yn6fh64wkmc&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/viitxt3o5x9ltrehi5lls/blankeditdsc7588-copy.jpg?rlkey=c49oq3zc0ohuh9vq14szu8vrs&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B620" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vhivcr8clpdnr6i5jph1h/womens-pullover-size-chartsvickie.jpg?rlkey=ju41rhoaaz6pr5p3c9uc36697&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C620" s="0" t="inlineStr">
         <is>
           <t>Vickie Women's Tri-Blend 1/4 Zip</t>
         </is>
       </c>
       <c r="D620" s="0" t="inlineStr">
         <is>
-          <t>139747</t>
+          <t>138732</t>
         </is>
       </c>
       <c r="E620" s="0" t="inlineStr">
         <is>
-          <t>BLANK VICKIE W LG:139747A-S</t>
+          <t>BLANK VICKIE W DG:138732F-3XL</t>
         </is>
       </c>
       <c r="F620" s="0" t="inlineStr">
         <is>
-          <t>899139747043</t>
+          <t>899138732095</t>
         </is>
       </c>
       <c r="G620" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H620" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I620" s="0">
         <v>44.99</v>
       </c>
       <c r="J620" s="0">
-        <v>35</v>
+        <v>7</v>
       </c>
     </row>
     <row r="621" spans="1:10" customHeight="0">
       <c r="A621" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/twxpvofkwi4z1ybuogy69/vickie-139747-f.jpg?rlkey=l8zl1uradixaa9yn6fh64wkmc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B621" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vhivcr8clpdnr6i5jph1h/womens-pullover-size-chartsvickie.jpg?rlkey=ju41rhoaaz6pr5p3c9uc36697&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C621" s="0" t="inlineStr">
         <is>
           <t>Vickie Women's Tri-Blend 1/4 Zip</t>
         </is>
       </c>
       <c r="D621" s="0" t="inlineStr">
         <is>
           <t>139747</t>
         </is>
       </c>
       <c r="E621" s="0" t="inlineStr">
         <is>
-          <t>BLANK VICKIE W LG:139747B-M</t>
+          <t>BLANK VICKIE W LG:139747A-S</t>
         </is>
       </c>
       <c r="F621" s="0" t="inlineStr">
         <is>
-          <t>899139747050</t>
+          <t>899139747043</t>
         </is>
       </c>
       <c r="G621" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H621" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I621" s="0">
         <v>44.99</v>
       </c>
       <c r="J621" s="0">
-        <v>48</v>
+        <v>35</v>
       </c>
     </row>
     <row r="622" spans="1:10" customHeight="0">
       <c r="A622" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/twxpvofkwi4z1ybuogy69/vickie-139747-f.jpg?rlkey=l8zl1uradixaa9yn6fh64wkmc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B622" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vhivcr8clpdnr6i5jph1h/womens-pullover-size-chartsvickie.jpg?rlkey=ju41rhoaaz6pr5p3c9uc36697&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C622" s="0" t="inlineStr">
         <is>
           <t>Vickie Women's Tri-Blend 1/4 Zip</t>
         </is>
       </c>
       <c r="D622" s="0" t="inlineStr">
         <is>
           <t>139747</t>
         </is>
       </c>
       <c r="E622" s="0" t="inlineStr">
         <is>
-          <t>BLANK VICKIE W LG:139747C-L</t>
+          <t>BLANK VICKIE W LG:139747B-M</t>
         </is>
       </c>
       <c r="F622" s="0" t="inlineStr">
         <is>
-          <t>899139747067</t>
+          <t>899139747050</t>
         </is>
       </c>
       <c r="G622" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H622" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I622" s="0">
         <v>44.99</v>
       </c>
       <c r="J622" s="0">
-        <v>48</v>
+        <v>42</v>
       </c>
     </row>
     <row r="623" spans="1:10" customHeight="0">
       <c r="A623" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/twxpvofkwi4z1ybuogy69/vickie-139747-f.jpg?rlkey=l8zl1uradixaa9yn6fh64wkmc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B623" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vhivcr8clpdnr6i5jph1h/womens-pullover-size-chartsvickie.jpg?rlkey=ju41rhoaaz6pr5p3c9uc36697&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C623" s="0" t="inlineStr">
         <is>
           <t>Vickie Women's Tri-Blend 1/4 Zip</t>
         </is>
       </c>
       <c r="D623" s="0" t="inlineStr">
         <is>
           <t>139747</t>
         </is>
       </c>
       <c r="E623" s="0" t="inlineStr">
         <is>
-          <t>BLANK VICKIE W LG:139747D-XL</t>
+          <t>BLANK VICKIE W LG:139747C-L</t>
         </is>
       </c>
       <c r="F623" s="0" t="inlineStr">
         <is>
-          <t>899139747074</t>
+          <t>899139747067</t>
         </is>
       </c>
       <c r="G623" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H623" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I623" s="0">
         <v>44.99</v>
       </c>
       <c r="J623" s="0">
-        <v>34</v>
+        <v>45</v>
       </c>
     </row>
     <row r="624" spans="1:10" customHeight="0">
       <c r="A624" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/twxpvofkwi4z1ybuogy69/vickie-139747-f.jpg?rlkey=l8zl1uradixaa9yn6fh64wkmc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B624" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vhivcr8clpdnr6i5jph1h/womens-pullover-size-chartsvickie.jpg?rlkey=ju41rhoaaz6pr5p3c9uc36697&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C624" s="0" t="inlineStr">
         <is>
           <t>Vickie Women's Tri-Blend 1/4 Zip</t>
         </is>
       </c>
       <c r="D624" s="0" t="inlineStr">
         <is>
           <t>139747</t>
         </is>
       </c>
       <c r="E624" s="0" t="inlineStr">
         <is>
-          <t>BLANK VICKIE W LG:139747E-2XL</t>
+          <t>BLANK VICKIE W LG:139747D-XL</t>
         </is>
       </c>
       <c r="F624" s="0" t="inlineStr">
         <is>
-          <t>899139747081</t>
+          <t>899139747074</t>
         </is>
       </c>
       <c r="G624" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H624" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I624" s="0">
         <v>44.99</v>
       </c>
       <c r="J624" s="0">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="625" spans="1:10" customHeight="0">
       <c r="A625" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/twxpvofkwi4z1ybuogy69/vickie-139747-f.jpg?rlkey=l8zl1uradixaa9yn6fh64wkmc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B625" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vhivcr8clpdnr6i5jph1h/womens-pullover-size-chartsvickie.jpg?rlkey=ju41rhoaaz6pr5p3c9uc36697&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C625" s="0" t="inlineStr">
         <is>
           <t>Vickie Women's Tri-Blend 1/4 Zip</t>
         </is>
       </c>
       <c r="D625" s="0" t="inlineStr">
         <is>
           <t>139747</t>
         </is>
       </c>
       <c r="E625" s="0" t="inlineStr">
         <is>
-          <t>BLANK VICKIE W LG:139747F-3XL</t>
+          <t>BLANK VICKIE W LG:139747E-2XL</t>
         </is>
       </c>
       <c r="F625" s="0" t="inlineStr">
         <is>
-          <t>899139747098</t>
+          <t>899139747081</t>
         </is>
       </c>
       <c r="G625" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H625" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I625" s="0">
         <v>44.99</v>
       </c>
       <c r="J625" s="0">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="626" spans="1:10" customHeight="0">
       <c r="A626" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gz3imoeiay10y4u1lawre/flint.jpg?rlkey=peuiywdnh0hjrlxax0p4s6amc&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/twxpvofkwi4z1ybuogy69/vickie-139747-f.jpg?rlkey=l8zl1uradixaa9yn6fh64wkmc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B626" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/vhivcr8clpdnr6i5jph1h/womens-pullover-size-chartsvickie.jpg?rlkey=ju41rhoaaz6pr5p3c9uc36697&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C626" s="0" t="inlineStr">
         <is>
-          <t>Flint Women's Performance 1/4 Zip</t>
+          <t>Vickie Women's Tri-Blend 1/4 Zip</t>
         </is>
       </c>
       <c r="D626" s="0" t="inlineStr">
         <is>
-          <t>130155</t>
+          <t>139747</t>
         </is>
       </c>
       <c r="E626" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W BK:130155A-S</t>
+          <t>BLANK VICKIE W LG:139747F-3XL</t>
         </is>
       </c>
       <c r="F626" s="0" t="inlineStr">
         <is>
-          <t>899130155045</t>
+          <t>899139747098</t>
         </is>
       </c>
       <c r="G626" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H626" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I626" s="0">
-        <v>34.99</v>
+        <v>44.99</v>
       </c>
       <c r="J626" s="0">
-        <v>61</v>
+        <v>10</v>
       </c>
     </row>
     <row r="627" spans="1:10" customHeight="0">
       <c r="A627" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gz3imoeiay10y4u1lawre/flint.jpg?rlkey=peuiywdnh0hjrlxax0p4s6amc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B627" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C627" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D627" s="0" t="inlineStr">
         <is>
           <t>130155</t>
         </is>
       </c>
       <c r="E627" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W BK:130155B-M</t>
+          <t>BLANK FLINT W BK:130155A-S</t>
         </is>
       </c>
       <c r="F627" s="0" t="inlineStr">
         <is>
-          <t>899130155052</t>
+          <t>899130155045</t>
         </is>
       </c>
       <c r="G627" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H627" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I627" s="0">
         <v>34.99</v>
       </c>
       <c r="J627" s="0">
-        <v>138</v>
+        <v>61</v>
       </c>
     </row>
     <row r="628" spans="1:10" customHeight="0">
       <c r="A628" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gz3imoeiay10y4u1lawre/flint.jpg?rlkey=peuiywdnh0hjrlxax0p4s6amc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B628" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C628" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D628" s="0" t="inlineStr">
         <is>
           <t>130155</t>
         </is>
       </c>
       <c r="E628" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W BK:130155C-L</t>
+          <t>BLANK FLINT W BK:130155B-M</t>
         </is>
       </c>
       <c r="F628" s="0" t="inlineStr">
         <is>
-          <t>899130155069</t>
+          <t>899130155052</t>
         </is>
       </c>
       <c r="G628" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H628" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I628" s="0">
         <v>34.99</v>
       </c>
       <c r="J628" s="0">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="629" spans="1:10" customHeight="0">
       <c r="A629" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gz3imoeiay10y4u1lawre/flint.jpg?rlkey=peuiywdnh0hjrlxax0p4s6amc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B629" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C629" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D629" s="0" t="inlineStr">
         <is>
           <t>130155</t>
         </is>
       </c>
       <c r="E629" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W BK:130155D-XL</t>
+          <t>BLANK FLINT W BK:130155C-L</t>
         </is>
       </c>
       <c r="F629" s="0" t="inlineStr">
         <is>
-          <t>899130155076</t>
+          <t>899130155069</t>
         </is>
       </c>
       <c r="G629" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H629" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I629" s="0">
         <v>34.99</v>
       </c>
       <c r="J629" s="0">
-        <v>70</v>
+        <v>135</v>
       </c>
     </row>
     <row r="630" spans="1:10" customHeight="0">
       <c r="A630" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gz3imoeiay10y4u1lawre/flint.jpg?rlkey=peuiywdnh0hjrlxax0p4s6amc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B630" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C630" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D630" s="0" t="inlineStr">
         <is>
           <t>130155</t>
         </is>
       </c>
       <c r="E630" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W BK:130155E-2XL</t>
+          <t>BLANK FLINT W BK:130155D-XL</t>
         </is>
       </c>
       <c r="F630" s="0" t="inlineStr">
         <is>
-          <t>899130155083</t>
+          <t>899130155076</t>
         </is>
       </c>
       <c r="G630" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H630" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I630" s="0">
-        <v>36.99</v>
+        <v>34.99</v>
       </c>
       <c r="J630" s="0">
-        <v>34</v>
+        <v>70</v>
       </c>
     </row>
     <row r="631" spans="1:10" customHeight="0">
       <c r="A631" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gz3imoeiay10y4u1lawre/flint.jpg?rlkey=peuiywdnh0hjrlxax0p4s6amc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B631" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C631" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D631" s="0" t="inlineStr">
         <is>
           <t>130155</t>
         </is>
       </c>
       <c r="E631" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W BK:130155F-3XL</t>
+          <t>BLANK FLINT W BK:130155E-2XL</t>
         </is>
       </c>
       <c r="F631" s="0" t="inlineStr">
         <is>
-          <t>899130155090</t>
+          <t>899130155083</t>
         </is>
       </c>
       <c r="G631" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H631" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I631" s="0">
         <v>36.99</v>
       </c>
       <c r="J631" s="0">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="632" spans="1:10" customHeight="0">
       <c r="A632" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/l8xsw81nc6l2l3sfw5x6u/130157model.jpg?rlkey=iv8m96xfyzrpr354etwq6k0z2&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gz3imoeiay10y4u1lawre/flint.jpg?rlkey=peuiywdnh0hjrlxax0p4s6amc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B632" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C632" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D632" s="0" t="inlineStr">
         <is>
-          <t>130165</t>
+          <t>130155</t>
         </is>
       </c>
       <c r="E632" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W CL:130165A-S</t>
+          <t>BLANK FLINT W BK:130155F-3XL</t>
         </is>
       </c>
       <c r="F632" s="0" t="inlineStr">
         <is>
-          <t>899130165044</t>
+          <t>899130155090</t>
         </is>
       </c>
       <c r="G632" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H632" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I632" s="0">
-        <v>34.99</v>
+        <v>36.99</v>
       </c>
       <c r="J632" s="0">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="633" spans="1:10" customHeight="0">
       <c r="A633" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/l8xsw81nc6l2l3sfw5x6u/130157model.jpg?rlkey=iv8m96xfyzrpr354etwq6k0z2&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B633" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C633" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D633" s="0" t="inlineStr">
         <is>
           <t>130165</t>
         </is>
       </c>
       <c r="E633" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W CL:130165B-M</t>
+          <t>BLANK FLINT W CL:130165A-S</t>
         </is>
       </c>
       <c r="F633" s="0" t="inlineStr">
         <is>
-          <t>899130165051</t>
+          <t>899130165044</t>
         </is>
       </c>
       <c r="G633" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H633" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I633" s="0">
         <v>34.99</v>
       </c>
       <c r="J633" s="0">
-        <v>57</v>
+        <v>28</v>
       </c>
     </row>
     <row r="634" spans="1:10" customHeight="0">
       <c r="A634" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/l8xsw81nc6l2l3sfw5x6u/130157model.jpg?rlkey=iv8m96xfyzrpr354etwq6k0z2&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B634" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C634" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D634" s="0" t="inlineStr">
         <is>
           <t>130165</t>
         </is>
       </c>
       <c r="E634" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W CL:130165C-L</t>
+          <t>BLANK FLINT W CL:130165B-M</t>
         </is>
       </c>
       <c r="F634" s="0" t="inlineStr">
         <is>
-          <t>899130165068</t>
+          <t>899130165051</t>
         </is>
       </c>
       <c r="G634" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H634" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I634" s="0">
         <v>34.99</v>
       </c>
       <c r="J634" s="0">
-        <v>61</v>
+        <v>57</v>
       </c>
     </row>
     <row r="635" spans="1:10" customHeight="0">
       <c r="A635" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/l8xsw81nc6l2l3sfw5x6u/130157model.jpg?rlkey=iv8m96xfyzrpr354etwq6k0z2&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B635" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C635" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D635" s="0" t="inlineStr">
         <is>
           <t>130165</t>
         </is>
       </c>
       <c r="E635" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W CL:130165D-XL</t>
+          <t>BLANK FLINT W CL:130165C-L</t>
         </is>
       </c>
       <c r="F635" s="0" t="inlineStr">
         <is>
-          <t>899130165075</t>
+          <t>899130165068</t>
         </is>
       </c>
       <c r="G635" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H635" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I635" s="0">
         <v>34.99</v>
       </c>
       <c r="J635" s="0">
-        <v>27</v>
+        <v>61</v>
       </c>
     </row>
     <row r="636" spans="1:10" customHeight="0">
       <c r="A636" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/l8xsw81nc6l2l3sfw5x6u/130157model.jpg?rlkey=iv8m96xfyzrpr354etwq6k0z2&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B636" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C636" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D636" s="0" t="inlineStr">
         <is>
           <t>130165</t>
         </is>
       </c>
       <c r="E636" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W CL:130165E-2XL</t>
+          <t>BLANK FLINT W CL:130165D-XL</t>
         </is>
       </c>
       <c r="F636" s="0" t="inlineStr">
         <is>
-          <t>899130165082</t>
+          <t>899130165075</t>
         </is>
       </c>
       <c r="G636" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H636" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I636" s="0">
-        <v>36.99</v>
+        <v>34.99</v>
       </c>
       <c r="J636" s="0">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="637" spans="1:10" customHeight="0">
       <c r="A637" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/l8xsw81nc6l2l3sfw5x6u/130157model.jpg?rlkey=iv8m96xfyzrpr354etwq6k0z2&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B637" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C637" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D637" s="0" t="inlineStr">
         <is>
           <t>130165</t>
         </is>
       </c>
       <c r="E637" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W CL:130165F-3XL</t>
+          <t>BLANK FLINT W CL:130165E-2XL</t>
         </is>
       </c>
       <c r="F637" s="0" t="inlineStr">
         <is>
-          <t>899130165099</t>
+          <t>899130165082</t>
         </is>
       </c>
       <c r="G637" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H637" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I637" s="0">
         <v>36.99</v>
       </c>
       <c r="J637" s="0">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="638" spans="1:10" customHeight="0">
       <c r="A638" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hb6gmghsp7pbmb8ew9ce7/flintt.jpg?rlkey=eq0we79rdtgo5zwj54bfigyvp&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/l8xsw81nc6l2l3sfw5x6u/130157model.jpg?rlkey=iv8m96xfyzrpr354etwq6k0z2&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B638" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C638" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D638" s="0" t="inlineStr">
         <is>
-          <t>130157</t>
+          <t>130165</t>
         </is>
       </c>
       <c r="E638" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W RD:130157A-S</t>
+          <t>BLANK FLINT W CL:130165F-3XL</t>
         </is>
       </c>
       <c r="F638" s="0" t="inlineStr">
         <is>
-          <t>899130157049</t>
+          <t>899130165099</t>
         </is>
       </c>
       <c r="G638" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H638" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I638" s="0">
-        <v>34.99</v>
+        <v>36.99</v>
       </c>
       <c r="J638" s="0">
-        <v>35</v>
+        <v>10</v>
       </c>
     </row>
     <row r="639" spans="1:10" customHeight="0">
       <c r="A639" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hb6gmghsp7pbmb8ew9ce7/flintt.jpg?rlkey=eq0we79rdtgo5zwj54bfigyvp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B639" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C639" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D639" s="0" t="inlineStr">
         <is>
           <t>130157</t>
         </is>
       </c>
       <c r="E639" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W RD:130157B-M</t>
+          <t>BLANK FLINT W RD:130157A-S</t>
         </is>
       </c>
       <c r="F639" s="0" t="inlineStr">
         <is>
-          <t>899130157056</t>
+          <t>899130157049</t>
         </is>
       </c>
       <c r="G639" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H639" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I639" s="0">
         <v>34.99</v>
       </c>
       <c r="J639" s="0">
-        <v>71</v>
+        <v>35</v>
       </c>
     </row>
     <row r="640" spans="1:10" customHeight="0">
       <c r="A640" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hb6gmghsp7pbmb8ew9ce7/flintt.jpg?rlkey=eq0we79rdtgo5zwj54bfigyvp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B640" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C640" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D640" s="0" t="inlineStr">
         <is>
           <t>130157</t>
         </is>
       </c>
       <c r="E640" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W RD:130157C-L</t>
+          <t>BLANK FLINT W RD:130157B-M</t>
         </is>
       </c>
       <c r="F640" s="0" t="inlineStr">
         <is>
-          <t>899130157063</t>
+          <t>899130157056</t>
         </is>
       </c>
       <c r="G640" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H640" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I640" s="0">
         <v>34.99</v>
       </c>
       <c r="J640" s="0">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="641" spans="1:10" customHeight="0">
       <c r="A641" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hb6gmghsp7pbmb8ew9ce7/flintt.jpg?rlkey=eq0we79rdtgo5zwj54bfigyvp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B641" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C641" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D641" s="0" t="inlineStr">
         <is>
           <t>130157</t>
         </is>
       </c>
       <c r="E641" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W RD:130157D-XL</t>
+          <t>BLANK FLINT W RD:130157C-L</t>
         </is>
       </c>
       <c r="F641" s="0" t="inlineStr">
         <is>
-          <t>899130157070</t>
+          <t>899130157063</t>
         </is>
       </c>
       <c r="G641" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H641" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I641" s="0">
         <v>34.99</v>
       </c>
       <c r="J641" s="0">
-        <v>35</v>
+        <v>72</v>
       </c>
     </row>
     <row r="642" spans="1:10" customHeight="0">
       <c r="A642" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hb6gmghsp7pbmb8ew9ce7/flintt.jpg?rlkey=eq0we79rdtgo5zwj54bfigyvp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B642" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C642" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D642" s="0" t="inlineStr">
         <is>
           <t>130157</t>
         </is>
       </c>
       <c r="E642" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W RD:130157E-2XL</t>
+          <t>BLANK FLINT W RD:130157D-XL</t>
         </is>
       </c>
       <c r="F642" s="0" t="inlineStr">
         <is>
-          <t>899130157087</t>
+          <t>899130157070</t>
         </is>
       </c>
       <c r="G642" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H642" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I642" s="0">
-        <v>36.99</v>
+        <v>34.99</v>
       </c>
       <c r="J642" s="0">
-        <v>22</v>
+        <v>35</v>
       </c>
     </row>
     <row r="643" spans="1:10" customHeight="0">
       <c r="A643" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hb6gmghsp7pbmb8ew9ce7/flintt.jpg?rlkey=eq0we79rdtgo5zwj54bfigyvp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B643" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C643" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D643" s="0" t="inlineStr">
         <is>
           <t>130157</t>
         </is>
       </c>
       <c r="E643" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W RD:130157F-3XL</t>
+          <t>BLANK FLINT W RD:130157E-2XL</t>
         </is>
       </c>
       <c r="F643" s="0" t="inlineStr">
         <is>
-          <t>899130157094</t>
+          <t>899130157087</t>
         </is>
       </c>
       <c r="G643" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H643" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I643" s="0">
         <v>36.99</v>
       </c>
       <c r="J643" s="0">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="644" spans="1:10" customHeight="0">
       <c r="A644" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lt2dzk89ojc7tqnwcwcwj/flint.jpg?rlkey=27ejvkvl8k8ex279cfocd4x4y&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/hb6gmghsp7pbmb8ew9ce7/flintt.jpg?rlkey=eq0we79rdtgo5zwj54bfigyvp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B644" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C644" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D644" s="0" t="inlineStr">
         <is>
-          <t>130160</t>
+          <t>130157</t>
         </is>
       </c>
       <c r="E644" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W OR:130160A-S</t>
+          <t>BLANK FLINT W RD:130157F-3XL</t>
         </is>
       </c>
       <c r="F644" s="0" t="inlineStr">
         <is>
-          <t>899130160049</t>
+          <t>899130157094</t>
         </is>
       </c>
       <c r="G644" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H644" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I644" s="0">
-        <v>34.99</v>
+        <v>36.99</v>
       </c>
       <c r="J644" s="0">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="645" spans="1:10" customHeight="0">
       <c r="A645" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lt2dzk89ojc7tqnwcwcwj/flint.jpg?rlkey=27ejvkvl8k8ex279cfocd4x4y&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B645" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C645" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D645" s="0" t="inlineStr">
         <is>
           <t>130160</t>
         </is>
       </c>
       <c r="E645" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W OR:130160B-M</t>
+          <t>BLANK FLINT W OR:130160A-S</t>
         </is>
       </c>
       <c r="F645" s="0" t="inlineStr">
         <is>
-          <t>899130160056</t>
+          <t>899130160049</t>
         </is>
       </c>
       <c r="G645" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H645" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I645" s="0">
         <v>34.99</v>
       </c>
       <c r="J645" s="0">
-        <v>72</v>
+        <v>35</v>
       </c>
     </row>
     <row r="646" spans="1:10" customHeight="0">
       <c r="A646" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lt2dzk89ojc7tqnwcwcwj/flint.jpg?rlkey=27ejvkvl8k8ex279cfocd4x4y&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B646" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C646" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D646" s="0" t="inlineStr">
         <is>
           <t>130160</t>
         </is>
       </c>
       <c r="E646" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W OR:130160C-L</t>
+          <t>BLANK FLINT W OR:130160B-M</t>
         </is>
       </c>
       <c r="F646" s="0" t="inlineStr">
         <is>
-          <t>899130160063</t>
+          <t>899130160056</t>
         </is>
       </c>
       <c r="G646" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H646" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I646" s="0">
         <v>34.99</v>
       </c>
       <c r="J646" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="647" spans="1:10" customHeight="0">
       <c r="A647" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lt2dzk89ojc7tqnwcwcwj/flint.jpg?rlkey=27ejvkvl8k8ex279cfocd4x4y&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B647" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C647" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D647" s="0" t="inlineStr">
         <is>
           <t>130160</t>
         </is>
       </c>
       <c r="E647" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W OR:130160D-XL</t>
+          <t>BLANK FLINT W OR:130160C-L</t>
         </is>
       </c>
       <c r="F647" s="0" t="inlineStr">
         <is>
-          <t>899130160070</t>
+          <t>899130160063</t>
         </is>
       </c>
       <c r="G647" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H647" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I647" s="0">
         <v>34.99</v>
       </c>
       <c r="J647" s="0">
-        <v>36</v>
+        <v>72</v>
       </c>
     </row>
     <row r="648" spans="1:10" customHeight="0">
       <c r="A648" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lt2dzk89ojc7tqnwcwcwj/flint.jpg?rlkey=27ejvkvl8k8ex279cfocd4x4y&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B648" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C648" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D648" s="0" t="inlineStr">
         <is>
           <t>130160</t>
         </is>
       </c>
       <c r="E648" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W OR:130160E-2XL</t>
+          <t>BLANK FLINT W OR:130160D-XL</t>
         </is>
       </c>
       <c r="F648" s="0" t="inlineStr">
         <is>
-          <t>899130160087</t>
+          <t>899130160070</t>
         </is>
       </c>
       <c r="G648" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H648" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I648" s="0">
-        <v>36.99</v>
+        <v>34.99</v>
       </c>
       <c r="J648" s="0">
-        <v>21</v>
+        <v>36</v>
       </c>
     </row>
     <row r="649" spans="1:10" customHeight="0">
       <c r="A649" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lt2dzk89ojc7tqnwcwcwj/flint.jpg?rlkey=27ejvkvl8k8ex279cfocd4x4y&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B649" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C649" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D649" s="0" t="inlineStr">
         <is>
           <t>130160</t>
         </is>
       </c>
       <c r="E649" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W OR:130160F-3XL</t>
+          <t>BLANK FLINT W OR:130160E-2XL</t>
         </is>
       </c>
       <c r="F649" s="0" t="inlineStr">
         <is>
-          <t>899130160094</t>
+          <t>899130160087</t>
         </is>
       </c>
       <c r="G649" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H649" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I649" s="0">
         <v>36.99</v>
       </c>
       <c r="J649" s="0">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="650" spans="1:10" customHeight="0">
       <c r="A650" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/949gzuhv7u18yvoz1af91/flint-gd.jpg?rlkey=ehfxq9r8mv5vg31ajrjohktez&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lt2dzk89ojc7tqnwcwcwj/flint.jpg?rlkey=27ejvkvl8k8ex279cfocd4x4y&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B650" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C650" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D650" s="0" t="inlineStr">
         <is>
-          <t>130158</t>
+          <t>130160</t>
         </is>
       </c>
       <c r="E650" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W GD:130158A-S</t>
+          <t>BLANK FLINT W OR:130160F-3XL</t>
         </is>
       </c>
       <c r="F650" s="0" t="inlineStr">
         <is>
-          <t>899130158046</t>
+          <t>899130160094</t>
         </is>
       </c>
       <c r="G650" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H650" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I650" s="0">
-        <v>34.99</v>
+        <v>36.99</v>
       </c>
       <c r="J650" s="0">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="651" spans="1:10" customHeight="0">
       <c r="A651" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/949gzuhv7u18yvoz1af91/flint-gd.jpg?rlkey=ehfxq9r8mv5vg31ajrjohktez&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B651" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C651" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D651" s="0" t="inlineStr">
         <is>
           <t>130158</t>
         </is>
       </c>
       <c r="E651" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W GD:130158B-M</t>
+          <t>BLANK FLINT W GD:130158A-S</t>
         </is>
       </c>
       <c r="F651" s="0" t="inlineStr">
         <is>
-          <t>899130158053</t>
+          <t>899130158046</t>
         </is>
       </c>
       <c r="G651" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H651" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I651" s="0">
         <v>34.99</v>
       </c>
       <c r="J651" s="0">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="652" spans="1:10" customHeight="0">
       <c r="A652" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/949gzuhv7u18yvoz1af91/flint-gd.jpg?rlkey=ehfxq9r8mv5vg31ajrjohktez&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B652" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C652" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D652" s="0" t="inlineStr">
         <is>
           <t>130158</t>
         </is>
       </c>
       <c r="E652" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W GD:130158C-L</t>
+          <t>BLANK FLINT W GD:130158B-M</t>
         </is>
       </c>
       <c r="F652" s="0" t="inlineStr">
         <is>
-          <t>899130158060</t>
+          <t>899130158053</t>
         </is>
       </c>
       <c r="G652" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H652" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I652" s="0">
         <v>34.99</v>
       </c>
       <c r="J652" s="0">
         <v>35</v>
       </c>
     </row>
     <row r="653" spans="1:10" customHeight="0">
       <c r="A653" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/949gzuhv7u18yvoz1af91/flint-gd.jpg?rlkey=ehfxq9r8mv5vg31ajrjohktez&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B653" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C653" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D653" s="0" t="inlineStr">
         <is>
           <t>130158</t>
         </is>
       </c>
       <c r="E653" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W GD:130158D-XL</t>
+          <t>BLANK FLINT W GD:130158C-L</t>
         </is>
       </c>
       <c r="F653" s="0" t="inlineStr">
         <is>
-          <t>899130158077</t>
+          <t>899130158060</t>
         </is>
       </c>
       <c r="G653" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H653" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I653" s="0">
         <v>34.99</v>
       </c>
       <c r="J653" s="0">
-        <v>17</v>
+        <v>35</v>
       </c>
     </row>
     <row r="654" spans="1:10" customHeight="0">
       <c r="A654" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/949gzuhv7u18yvoz1af91/flint-gd.jpg?rlkey=ehfxq9r8mv5vg31ajrjohktez&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B654" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C654" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D654" s="0" t="inlineStr">
         <is>
           <t>130158</t>
         </is>
       </c>
       <c r="E654" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W GD:130158E-2XL</t>
+          <t>BLANK FLINT W GD:130158D-XL</t>
         </is>
       </c>
       <c r="F654" s="0" t="inlineStr">
         <is>
-          <t>899130158084</t>
+          <t>899130158077</t>
         </is>
       </c>
       <c r="G654" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H654" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I654" s="0">
-        <v>36.99</v>
+        <v>34.99</v>
       </c>
       <c r="J654" s="0">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="655" spans="1:10" customHeight="0">
       <c r="A655" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/949gzuhv7u18yvoz1af91/flint-gd.jpg?rlkey=ehfxq9r8mv5vg31ajrjohktez&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B655" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C655" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D655" s="0" t="inlineStr">
         <is>
           <t>130158</t>
         </is>
       </c>
       <c r="E655" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W GD:130158F-3XL</t>
+          <t>BLANK FLINT W GD:130158E-2XL</t>
         </is>
       </c>
       <c r="F655" s="0" t="inlineStr">
         <is>
-          <t>899130158091</t>
+          <t>899130158084</t>
         </is>
       </c>
       <c r="G655" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H655" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I655" s="0">
         <v>36.99</v>
       </c>
       <c r="J655" s="0">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="656" spans="1:10" customHeight="0">
       <c r="A656" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nzasd17mmv3t7sr9andsz/flintg.jpg?rlkey=ul0jdmihoh6jj8ojf7eghwge7&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/949gzuhv7u18yvoz1af91/flint-gd.jpg?rlkey=ehfxq9r8mv5vg31ajrjohktez&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B656" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C656" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D656" s="0" t="inlineStr">
         <is>
-          <t>130190</t>
+          <t>130158</t>
         </is>
       </c>
       <c r="E656" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W OE:130190A-S</t>
+          <t>BLANK FLINT W GD:130158F-3XL</t>
         </is>
       </c>
       <c r="F656" s="0" t="inlineStr">
         <is>
-          <t>899130190046</t>
+          <t>899130158091</t>
         </is>
       </c>
       <c r="G656" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H656" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I656" s="0">
-        <v>34.99</v>
+        <v>36.99</v>
       </c>
       <c r="J656" s="0">
-        <v>36</v>
+        <v>5</v>
       </c>
     </row>
     <row r="657" spans="1:10" customHeight="0">
       <c r="A657" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nzasd17mmv3t7sr9andsz/flintg.jpg?rlkey=ul0jdmihoh6jj8ojf7eghwge7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B657" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C657" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D657" s="0" t="inlineStr">
         <is>
           <t>130190</t>
         </is>
       </c>
       <c r="E657" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W OE:130190B-M</t>
+          <t>BLANK FLINT W OE:130190A-S</t>
         </is>
       </c>
       <c r="F657" s="0" t="inlineStr">
         <is>
-          <t>899130190053</t>
+          <t>899130190046</t>
         </is>
       </c>
       <c r="G657" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H657" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I657" s="0">
         <v>34.99</v>
       </c>
       <c r="J657" s="0">
-        <v>72</v>
+        <v>34</v>
       </c>
     </row>
     <row r="658" spans="1:10" customHeight="0">
       <c r="A658" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nzasd17mmv3t7sr9andsz/flintg.jpg?rlkey=ul0jdmihoh6jj8ojf7eghwge7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B658" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C658" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D658" s="0" t="inlineStr">
         <is>
           <t>130190</t>
         </is>
       </c>
       <c r="E658" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W OE:130190C-L</t>
+          <t>BLANK FLINT W OE:130190B-M</t>
         </is>
       </c>
       <c r="F658" s="0" t="inlineStr">
         <is>
-          <t>899130190060</t>
+          <t>899130190053</t>
         </is>
       </c>
       <c r="G658" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H658" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I658" s="0">
         <v>34.99</v>
       </c>
       <c r="J658" s="0">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="659" spans="1:10" customHeight="0">
       <c r="A659" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nzasd17mmv3t7sr9andsz/flintg.jpg?rlkey=ul0jdmihoh6jj8ojf7eghwge7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B659" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C659" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D659" s="0" t="inlineStr">
         <is>
           <t>130190</t>
         </is>
       </c>
       <c r="E659" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W OE:130190D-XL</t>
+          <t>BLANK FLINT W OE:130190C-L</t>
         </is>
       </c>
       <c r="F659" s="0" t="inlineStr">
         <is>
-          <t>899130190077</t>
+          <t>899130190060</t>
         </is>
       </c>
       <c r="G659" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H659" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I659" s="0">
         <v>34.99</v>
       </c>
       <c r="J659" s="0">
-        <v>36</v>
+        <v>70</v>
       </c>
     </row>
     <row r="660" spans="1:10" customHeight="0">
       <c r="A660" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nzasd17mmv3t7sr9andsz/flintg.jpg?rlkey=ul0jdmihoh6jj8ojf7eghwge7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B660" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C660" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D660" s="0" t="inlineStr">
         <is>
           <t>130190</t>
         </is>
       </c>
       <c r="E660" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W OE:130190E-2XL</t>
+          <t>BLANK FLINT W OE:130190D-XL</t>
         </is>
       </c>
       <c r="F660" s="0" t="inlineStr">
         <is>
-          <t>899130190084</t>
+          <t>899130190077</t>
         </is>
       </c>
       <c r="G660" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H660" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I660" s="0">
-        <v>36.99</v>
+        <v>34.99</v>
       </c>
       <c r="J660" s="0">
-        <v>23</v>
+        <v>36</v>
       </c>
     </row>
     <row r="661" spans="1:10" customHeight="0">
       <c r="A661" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nzasd17mmv3t7sr9andsz/flintg.jpg?rlkey=ul0jdmihoh6jj8ojf7eghwge7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B661" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C661" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D661" s="0" t="inlineStr">
         <is>
           <t>130190</t>
         </is>
       </c>
       <c r="E661" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W OE:130190F-3XL</t>
+          <t>BLANK FLINT W OE:130190E-2XL</t>
         </is>
       </c>
       <c r="F661" s="0" t="inlineStr">
         <is>
-          <t>899130190091</t>
+          <t>899130190084</t>
         </is>
       </c>
       <c r="G661" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H661" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I661" s="0">
         <v>36.99</v>
       </c>
       <c r="J661" s="0">
-        <v>12</v>
+        <v>23</v>
       </c>
     </row>
     <row r="662" spans="1:10" customHeight="0">
       <c r="A662" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/v99qf8kh3zsvj4adnn6dt/130161-af.jpg?rlkey=4440n4l5s71e1prgxetrif771&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/nzasd17mmv3t7sr9andsz/flintg.jpg?rlkey=ul0jdmihoh6jj8ojf7eghwge7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B662" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C662" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D662" s="0" t="inlineStr">
         <is>
-          <t>130161</t>
+          <t>130190</t>
         </is>
       </c>
       <c r="E662" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W HR:130161A-S</t>
+          <t>BLANK FLINT W OE:130190F-3XL</t>
         </is>
       </c>
       <c r="F662" s="0" t="inlineStr">
         <is>
-          <t>899130161046</t>
+          <t>899130190091</t>
         </is>
       </c>
       <c r="G662" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H662" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I662" s="0">
-        <v>34.99</v>
+        <v>36.99</v>
       </c>
       <c r="J662" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="663" spans="1:10" customHeight="0">
       <c r="A663" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/v99qf8kh3zsvj4adnn6dt/130161-af.jpg?rlkey=4440n4l5s71e1prgxetrif771&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B663" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C663" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D663" s="0" t="inlineStr">
         <is>
           <t>130161</t>
         </is>
       </c>
       <c r="E663" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W HR:130161B-M</t>
+          <t>BLANK FLINT W HR:130161A-S</t>
         </is>
       </c>
       <c r="F663" s="0" t="inlineStr">
         <is>
-          <t>899130161053</t>
+          <t>899130161046</t>
         </is>
       </c>
       <c r="G663" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H663" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I663" s="0">
         <v>34.99</v>
       </c>
       <c r="J663" s="0">
-        <v>71</v>
+        <v>36</v>
       </c>
     </row>
     <row r="664" spans="1:10" customHeight="0">
       <c r="A664" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/v99qf8kh3zsvj4adnn6dt/130161-af.jpg?rlkey=4440n4l5s71e1prgxetrif771&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B664" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C664" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D664" s="0" t="inlineStr">
         <is>
           <t>130161</t>
         </is>
       </c>
       <c r="E664" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W HR:130161C-L</t>
+          <t>BLANK FLINT W HR:130161B-M</t>
         </is>
       </c>
       <c r="F664" s="0" t="inlineStr">
         <is>
-          <t>899130161060</t>
+          <t>899130161053</t>
         </is>
       </c>
       <c r="G664" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H664" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I664" s="0">
         <v>34.99</v>
       </c>
       <c r="J664" s="0">
         <v>71</v>
       </c>
     </row>
     <row r="665" spans="1:10" customHeight="0">
       <c r="A665" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/v99qf8kh3zsvj4adnn6dt/130161-af.jpg?rlkey=4440n4l5s71e1prgxetrif771&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B665" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C665" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D665" s="0" t="inlineStr">
         <is>
           <t>130161</t>
         </is>
       </c>
       <c r="E665" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W HR:130161D-XL</t>
+          <t>BLANK FLINT W HR:130161C-L</t>
         </is>
       </c>
       <c r="F665" s="0" t="inlineStr">
         <is>
-          <t>899130161077</t>
+          <t>899130161060</t>
         </is>
       </c>
       <c r="G665" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H665" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I665" s="0">
         <v>34.99</v>
       </c>
       <c r="J665" s="0">
-        <v>35</v>
+        <v>71</v>
       </c>
     </row>
     <row r="666" spans="1:10" customHeight="0">
       <c r="A666" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/v99qf8kh3zsvj4adnn6dt/130161-af.jpg?rlkey=4440n4l5s71e1prgxetrif771&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B666" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C666" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D666" s="0" t="inlineStr">
         <is>
           <t>130161</t>
         </is>
       </c>
       <c r="E666" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W HR:130161E-2XL</t>
+          <t>BLANK FLINT W HR:130161D-XL</t>
         </is>
       </c>
       <c r="F666" s="0" t="inlineStr">
         <is>
-          <t>899130161084</t>
+          <t>899130161077</t>
         </is>
       </c>
       <c r="G666" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H666" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I666" s="0">
-        <v>36.99</v>
+        <v>34.99</v>
       </c>
       <c r="J666" s="0">
-        <v>21</v>
+        <v>35</v>
       </c>
     </row>
     <row r="667" spans="1:10" customHeight="0">
       <c r="A667" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/v99qf8kh3zsvj4adnn6dt/130161-af.jpg?rlkey=4440n4l5s71e1prgxetrif771&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B667" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C667" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D667" s="0" t="inlineStr">
         <is>
           <t>130161</t>
         </is>
       </c>
       <c r="E667" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W HR:130161F-3XL</t>
+          <t>BLANK FLINT W HR:130161E-2XL</t>
         </is>
       </c>
       <c r="F667" s="0" t="inlineStr">
         <is>
-          <t>899130161091</t>
+          <t>899130161084</t>
         </is>
       </c>
       <c r="G667" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H667" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I667" s="0">
         <v>36.99</v>
       </c>
       <c r="J667" s="0">
-        <v>11</v>
+        <v>21</v>
       </c>
     </row>
     <row r="668" spans="1:10" customHeight="0">
       <c r="A668" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ydp8q3synb4fks7sawzi9/flint.jpg?rlkey=a2fag81ikhwvmjr85g2p10m6t&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/v99qf8kh3zsvj4adnn6dt/130161-af.jpg?rlkey=4440n4l5s71e1prgxetrif771&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B668" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C668" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D668" s="0" t="inlineStr">
         <is>
-          <t>130164</t>
+          <t>130161</t>
         </is>
       </c>
       <c r="E668" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W RL:130164A-S</t>
+          <t>BLANK FLINT W HR:130161F-3XL</t>
         </is>
       </c>
       <c r="F668" s="0" t="inlineStr">
         <is>
-          <t>899130164047</t>
+          <t>899130161091</t>
         </is>
       </c>
       <c r="G668" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H668" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I668" s="0">
-        <v>34.99</v>
+        <v>36.99</v>
       </c>
       <c r="J668" s="0">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="669" spans="1:10" customHeight="0">
       <c r="A669" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ydp8q3synb4fks7sawzi9/flint.jpg?rlkey=a2fag81ikhwvmjr85g2p10m6t&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B669" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C669" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D669" s="0" t="inlineStr">
         <is>
           <t>130164</t>
         </is>
       </c>
       <c r="E669" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W RL:130164B-M</t>
+          <t>BLANK FLINT W RL:130164A-S</t>
         </is>
       </c>
       <c r="F669" s="0" t="inlineStr">
         <is>
-          <t>899130164054</t>
+          <t>899130164047</t>
         </is>
       </c>
       <c r="G669" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H669" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I669" s="0">
         <v>34.99</v>
       </c>
       <c r="J669" s="0">
-        <v>66</v>
+        <v>33</v>
       </c>
     </row>
     <row r="670" spans="1:10" customHeight="0">
       <c r="A670" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ydp8q3synb4fks7sawzi9/flint.jpg?rlkey=a2fag81ikhwvmjr85g2p10m6t&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B670" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C670" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D670" s="0" t="inlineStr">
         <is>
           <t>130164</t>
         </is>
       </c>
       <c r="E670" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W RL:130164C-L</t>
+          <t>BLANK FLINT W RL:130164B-M</t>
         </is>
       </c>
       <c r="F670" s="0" t="inlineStr">
         <is>
-          <t>899130164061</t>
+          <t>899130164054</t>
         </is>
       </c>
       <c r="G670" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H670" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I670" s="0">
         <v>34.99</v>
       </c>
       <c r="J670" s="0">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="671" spans="1:10" customHeight="0">
       <c r="A671" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ydp8q3synb4fks7sawzi9/flint.jpg?rlkey=a2fag81ikhwvmjr85g2p10m6t&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B671" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C671" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D671" s="0" t="inlineStr">
         <is>
           <t>130164</t>
         </is>
       </c>
       <c r="E671" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W RL:130164D-XL</t>
+          <t>BLANK FLINT W RL:130164C-L</t>
         </is>
       </c>
       <c r="F671" s="0" t="inlineStr">
         <is>
-          <t>899130164078</t>
+          <t>899130164061</t>
         </is>
       </c>
       <c r="G671" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H671" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I671" s="0">
         <v>34.99</v>
       </c>
       <c r="J671" s="0">
-        <v>36</v>
+        <v>65</v>
       </c>
     </row>
     <row r="672" spans="1:10" customHeight="0">
       <c r="A672" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ydp8q3synb4fks7sawzi9/flint.jpg?rlkey=a2fag81ikhwvmjr85g2p10m6t&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B672" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C672" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D672" s="0" t="inlineStr">
         <is>
           <t>130164</t>
         </is>
       </c>
       <c r="E672" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W RL:130164E-2XL</t>
+          <t>BLANK FLINT W RL:130164D-XL</t>
         </is>
       </c>
       <c r="F672" s="0" t="inlineStr">
         <is>
-          <t>899130164085</t>
+          <t>899130164078</t>
         </is>
       </c>
       <c r="G672" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H672" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I672" s="0">
-        <v>36.99</v>
+        <v>34.99</v>
       </c>
       <c r="J672" s="0">
-        <v>21</v>
+        <v>36</v>
       </c>
     </row>
     <row r="673" spans="1:10" customHeight="0">
       <c r="A673" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ydp8q3synb4fks7sawzi9/flint.jpg?rlkey=a2fag81ikhwvmjr85g2p10m6t&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B673" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C673" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D673" s="0" t="inlineStr">
         <is>
           <t>130164</t>
         </is>
       </c>
       <c r="E673" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W RL:130164F-3XL</t>
+          <t>BLANK FLINT W RL:130164E-2XL</t>
         </is>
       </c>
       <c r="F673" s="0" t="inlineStr">
         <is>
-          <t>899130164092</t>
+          <t>899130164085</t>
         </is>
       </c>
       <c r="G673" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H673" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I673" s="0">
         <v>36.99</v>
       </c>
       <c r="J673" s="0">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="674" spans="1:10" customHeight="0">
       <c r="A674" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/05yzwv33f4n21prfo54qv/flintny.jpg?rlkey=bj408cfzre5at9wi6hba1w3dx&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ydp8q3synb4fks7sawzi9/flint.jpg?rlkey=a2fag81ikhwvmjr85g2p10m6t&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B674" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C674" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D674" s="0" t="inlineStr">
         <is>
-          <t>130163</t>
+          <t>130164</t>
         </is>
       </c>
       <c r="E674" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W NY:130163A-S</t>
+          <t>BLANK FLINT W RL:130164F-3XL</t>
         </is>
       </c>
       <c r="F674" s="0" t="inlineStr">
         <is>
-          <t>899130163040</t>
+          <t>899130164092</t>
         </is>
       </c>
       <c r="G674" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H674" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I674" s="0">
-        <v>34.99</v>
+        <v>36.99</v>
       </c>
       <c r="J674" s="0">
-        <v>54</v>
+        <v>12</v>
       </c>
     </row>
     <row r="675" spans="1:10" customHeight="0">
       <c r="A675" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/05yzwv33f4n21prfo54qv/flintny.jpg?rlkey=bj408cfzre5at9wi6hba1w3dx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B675" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C675" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D675" s="0" t="inlineStr">
         <is>
           <t>130163</t>
         </is>
       </c>
       <c r="E675" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W NY:130163B-M</t>
+          <t>BLANK FLINT W NY:130163A-S</t>
         </is>
       </c>
       <c r="F675" s="0" t="inlineStr">
         <is>
-          <t>899130163057</t>
+          <t>899130163040</t>
         </is>
       </c>
       <c r="G675" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H675" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I675" s="0">
         <v>34.99</v>
       </c>
       <c r="J675" s="0">
-        <v>108</v>
+        <v>54</v>
       </c>
     </row>
     <row r="676" spans="1:10" customHeight="0">
       <c r="A676" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/05yzwv33f4n21prfo54qv/flintny.jpg?rlkey=bj408cfzre5at9wi6hba1w3dx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B676" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C676" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D676" s="0" t="inlineStr">
         <is>
           <t>130163</t>
         </is>
       </c>
       <c r="E676" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W NY:130163C-L</t>
+          <t>BLANK FLINT W NY:130163B-M</t>
         </is>
       </c>
       <c r="F676" s="0" t="inlineStr">
         <is>
-          <t>899130163064</t>
+          <t>899130163057</t>
         </is>
       </c>
       <c r="G676" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H676" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I676" s="0">
         <v>34.99</v>
       </c>
       <c r="J676" s="0">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="677" spans="1:10" customHeight="0">
       <c r="A677" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/05yzwv33f4n21prfo54qv/flintny.jpg?rlkey=bj408cfzre5at9wi6hba1w3dx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B677" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C677" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D677" s="0" t="inlineStr">
         <is>
           <t>130163</t>
         </is>
       </c>
       <c r="E677" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W NY:130163D-XL</t>
+          <t>BLANK FLINT W NY:130163C-L</t>
         </is>
       </c>
       <c r="F677" s="0" t="inlineStr">
         <is>
-          <t>899130163071</t>
+          <t>899130163064</t>
         </is>
       </c>
       <c r="G677" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H677" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I677" s="0">
         <v>34.99</v>
       </c>
       <c r="J677" s="0">
-        <v>54</v>
+        <v>106</v>
       </c>
     </row>
     <row r="678" spans="1:10" customHeight="0">
       <c r="A678" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/05yzwv33f4n21prfo54qv/flintny.jpg?rlkey=bj408cfzre5at9wi6hba1w3dx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B678" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C678" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D678" s="0" t="inlineStr">
         <is>
           <t>130163</t>
         </is>
       </c>
       <c r="E678" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W NY:130163E-2XL</t>
+          <t>BLANK FLINT W NY:130163D-XL</t>
         </is>
       </c>
       <c r="F678" s="0" t="inlineStr">
         <is>
-          <t>899130163088</t>
+          <t>899130163071</t>
         </is>
       </c>
       <c r="G678" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H678" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I678" s="0">
-        <v>36.99</v>
+        <v>34.99</v>
       </c>
       <c r="J678" s="0">
-        <v>32</v>
+        <v>54</v>
       </c>
     </row>
     <row r="679" spans="1:10" customHeight="0">
       <c r="A679" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/05yzwv33f4n21prfo54qv/flintny.jpg?rlkey=bj408cfzre5at9wi6hba1w3dx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B679" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C679" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D679" s="0" t="inlineStr">
         <is>
           <t>130163</t>
         </is>
       </c>
       <c r="E679" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W NY:130163F-3XL</t>
+          <t>BLANK FLINT W NY:130163E-2XL</t>
         </is>
       </c>
       <c r="F679" s="0" t="inlineStr">
         <is>
-          <t>899130163095</t>
+          <t>899130163088</t>
         </is>
       </c>
       <c r="G679" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H679" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I679" s="0">
         <v>36.99</v>
       </c>
       <c r="J679" s="0">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="680" spans="1:10" customHeight="0">
       <c r="A680" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jznn2ib5okftsj2uiifqi/130159-f.jpg?rlkey=uziasswltxni5yxbcjc8sm6kt&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/05yzwv33f4n21prfo54qv/flintny.jpg?rlkey=bj408cfzre5at9wi6hba1w3dx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B680" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C680" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D680" s="0" t="inlineStr">
         <is>
-          <t>130159</t>
+          <t>130163</t>
         </is>
       </c>
       <c r="E680" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W MN:130159A-S</t>
+          <t>BLANK FLINT W NY:130163F-3XL</t>
         </is>
       </c>
       <c r="F680" s="0" t="inlineStr">
         <is>
-          <t>899130159043</t>
+          <t>899130163095</t>
         </is>
       </c>
       <c r="G680" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H680" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I680" s="0">
-        <v>34.99</v>
+        <v>36.99</v>
       </c>
       <c r="J680" s="0">
-        <v>35</v>
+        <v>19</v>
       </c>
     </row>
     <row r="681" spans="1:10" customHeight="0">
       <c r="A681" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jznn2ib5okftsj2uiifqi/130159-f.jpg?rlkey=uziasswltxni5yxbcjc8sm6kt&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B681" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C681" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D681" s="0" t="inlineStr">
         <is>
           <t>130159</t>
         </is>
       </c>
       <c r="E681" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W MN:130159B-M</t>
+          <t>BLANK FLINT W MN:130159A-S</t>
         </is>
       </c>
       <c r="F681" s="0" t="inlineStr">
         <is>
-          <t>899130159050</t>
+          <t>899130159043</t>
         </is>
       </c>
       <c r="G681" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H681" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I681" s="0">
         <v>34.99</v>
       </c>
       <c r="J681" s="0">
-        <v>71</v>
+        <v>35</v>
       </c>
     </row>
     <row r="682" spans="1:10" customHeight="0">
       <c r="A682" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jznn2ib5okftsj2uiifqi/130159-f.jpg?rlkey=uziasswltxni5yxbcjc8sm6kt&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B682" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C682" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D682" s="0" t="inlineStr">
         <is>
           <t>130159</t>
         </is>
       </c>
       <c r="E682" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W MN:130159C-L</t>
+          <t>BLANK FLINT W MN:130159B-M</t>
         </is>
       </c>
       <c r="F682" s="0" t="inlineStr">
         <is>
-          <t>899130159067</t>
+          <t>899130159050</t>
         </is>
       </c>
       <c r="G682" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H682" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I682" s="0">
         <v>34.99</v>
       </c>
       <c r="J682" s="0">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="683" spans="1:10" customHeight="0">
       <c r="A683" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jznn2ib5okftsj2uiifqi/130159-f.jpg?rlkey=uziasswltxni5yxbcjc8sm6kt&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B683" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C683" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D683" s="0" t="inlineStr">
         <is>
           <t>130159</t>
         </is>
       </c>
       <c r="E683" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W MN:130159D-XL</t>
+          <t>BLANK FLINT W MN:130159C-L</t>
         </is>
       </c>
       <c r="F683" s="0" t="inlineStr">
         <is>
-          <t>899130159074</t>
+          <t>899130159067</t>
         </is>
       </c>
       <c r="G683" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H683" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I683" s="0">
         <v>34.99</v>
       </c>
       <c r="J683" s="0">
-        <v>36</v>
+        <v>70</v>
       </c>
     </row>
     <row r="684" spans="1:10" customHeight="0">
       <c r="A684" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jznn2ib5okftsj2uiifqi/130159-f.jpg?rlkey=uziasswltxni5yxbcjc8sm6kt&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B684" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C684" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D684" s="0" t="inlineStr">
         <is>
           <t>130159</t>
         </is>
       </c>
       <c r="E684" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W MN:130159E-2XL</t>
+          <t>BLANK FLINT W MN:130159D-XL</t>
         </is>
       </c>
       <c r="F684" s="0" t="inlineStr">
         <is>
-          <t>899130159081</t>
+          <t>899130159074</t>
         </is>
       </c>
       <c r="G684" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H684" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I684" s="0">
-        <v>36.99</v>
+        <v>34.99</v>
       </c>
       <c r="J684" s="0">
-        <v>22</v>
+        <v>36</v>
       </c>
     </row>
     <row r="685" spans="1:10" customHeight="0">
       <c r="A685" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jznn2ib5okftsj2uiifqi/130159-f.jpg?rlkey=uziasswltxni5yxbcjc8sm6kt&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B685" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C685" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D685" s="0" t="inlineStr">
         <is>
           <t>130159</t>
         </is>
       </c>
       <c r="E685" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W MN:130159F-3XL</t>
+          <t>BLANK FLINT W MN:130159E-2XL</t>
         </is>
       </c>
       <c r="F685" s="0" t="inlineStr">
         <is>
-          <t>899130159098</t>
+          <t>899130159081</t>
         </is>
       </c>
       <c r="G685" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H685" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I685" s="0">
         <v>36.99</v>
       </c>
       <c r="J685" s="0">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="686" spans="1:10" customHeight="0">
       <c r="A686" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dc4wz0z8ldauwmmdv116s/flint-061.jpg?rlkey=pcn8byrzts38dycvnxu8ctnc4&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/jznn2ib5okftsj2uiifqi/130159-f.jpg?rlkey=uziasswltxni5yxbcjc8sm6kt&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B686" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C686" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D686" s="0" t="inlineStr">
         <is>
-          <t>130166</t>
+          <t>130159</t>
         </is>
       </c>
       <c r="E686" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W PE:130166A-S</t>
+          <t>BLANK FLINT W MN:130159F-3XL</t>
         </is>
       </c>
       <c r="F686" s="0" t="inlineStr">
         <is>
-          <t>899130166041</t>
+          <t>899130159098</t>
         </is>
       </c>
       <c r="G686" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H686" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I686" s="0">
-        <v>34.99</v>
+        <v>36.99</v>
       </c>
       <c r="J686" s="0">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="687" spans="1:10" customHeight="0">
       <c r="A687" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dc4wz0z8ldauwmmdv116s/flint-061.jpg?rlkey=pcn8byrzts38dycvnxu8ctnc4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B687" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C687" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D687" s="0" t="inlineStr">
         <is>
           <t>130166</t>
         </is>
       </c>
       <c r="E687" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W PE:130166B-M</t>
+          <t>BLANK FLINT W PE:130166A-S</t>
         </is>
       </c>
       <c r="F687" s="0" t="inlineStr">
         <is>
-          <t>899130166058</t>
+          <t>899130166041</t>
         </is>
       </c>
       <c r="G687" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H687" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I687" s="0">
         <v>34.99</v>
       </c>
       <c r="J687" s="0">
-        <v>72</v>
+        <v>36</v>
       </c>
     </row>
     <row r="688" spans="1:10" customHeight="0">
       <c r="A688" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dc4wz0z8ldauwmmdv116s/flint-061.jpg?rlkey=pcn8byrzts38dycvnxu8ctnc4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B688" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C688" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D688" s="0" t="inlineStr">
         <is>
           <t>130166</t>
         </is>
       </c>
       <c r="E688" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W PE:130166C-L</t>
+          <t>BLANK FLINT W PE:130166B-M</t>
         </is>
       </c>
       <c r="F688" s="0" t="inlineStr">
         <is>
-          <t>899130166065</t>
+          <t>899130166058</t>
         </is>
       </c>
       <c r="G688" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H688" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I688" s="0">
         <v>34.99</v>
       </c>
       <c r="J688" s="0">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="689" spans="1:10" customHeight="0">
       <c r="A689" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dc4wz0z8ldauwmmdv116s/flint-061.jpg?rlkey=pcn8byrzts38dycvnxu8ctnc4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B689" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C689" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D689" s="0" t="inlineStr">
         <is>
           <t>130166</t>
         </is>
       </c>
       <c r="E689" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W PE:130166D-XL</t>
+          <t>BLANK FLINT W PE:130166C-L</t>
         </is>
       </c>
       <c r="F689" s="0" t="inlineStr">
         <is>
-          <t>899130166072</t>
+          <t>899130166065</t>
         </is>
       </c>
       <c r="G689" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H689" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I689" s="0">
         <v>34.99</v>
       </c>
       <c r="J689" s="0">
-        <v>36</v>
+        <v>69</v>
       </c>
     </row>
     <row r="690" spans="1:10" customHeight="0">
       <c r="A690" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dc4wz0z8ldauwmmdv116s/flint-061.jpg?rlkey=pcn8byrzts38dycvnxu8ctnc4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B690" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C690" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D690" s="0" t="inlineStr">
         <is>
           <t>130166</t>
         </is>
       </c>
       <c r="E690" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W PE:130166E-2XL</t>
+          <t>BLANK FLINT W PE:130166D-XL</t>
         </is>
       </c>
       <c r="F690" s="0" t="inlineStr">
         <is>
-          <t>899130166089</t>
+          <t>899130166072</t>
         </is>
       </c>
       <c r="G690" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H690" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I690" s="0">
-        <v>36.99</v>
+        <v>34.99</v>
       </c>
       <c r="J690" s="0">
-        <v>21</v>
+        <v>36</v>
       </c>
     </row>
     <row r="691" spans="1:10" customHeight="0">
       <c r="A691" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dc4wz0z8ldauwmmdv116s/flint-061.jpg?rlkey=pcn8byrzts38dycvnxu8ctnc4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B691" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C691" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D691" s="0" t="inlineStr">
         <is>
           <t>130166</t>
         </is>
       </c>
       <c r="E691" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W PE:130166F-3XL</t>
+          <t>BLANK FLINT W PE:130166E-2XL</t>
         </is>
       </c>
       <c r="F691" s="0" t="inlineStr">
         <is>
-          <t>899130166096</t>
+          <t>899130166089</t>
         </is>
       </c>
       <c r="G691" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H691" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I691" s="0">
         <v>36.99</v>
       </c>
       <c r="J691" s="0">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="692" spans="1:10" customHeight="0">
       <c r="A692" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tsem5q0cpt2tyr9twkcgj/130152model.jpg?rlkey=6uwarbv85072awcgcdhhtgv96&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dc4wz0z8ldauwmmdv116s/flint-061.jpg?rlkey=pcn8byrzts38dycvnxu8ctnc4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B692" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C692" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D692" s="0" t="inlineStr">
         <is>
-          <t>130152</t>
+          <t>130166</t>
         </is>
       </c>
       <c r="E692" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W DG:130152A-S</t>
+          <t>BLANK FLINT W PE:130166F-3XL</t>
         </is>
       </c>
       <c r="F692" s="0" t="inlineStr">
         <is>
-          <t>899130152044</t>
+          <t>899130166096</t>
         </is>
       </c>
       <c r="G692" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H692" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I692" s="0">
-        <v>34.99</v>
+        <v>36.99</v>
       </c>
       <c r="J692" s="0">
-        <v>63</v>
+        <v>12</v>
       </c>
     </row>
     <row r="693" spans="1:10" customHeight="0">
       <c r="A693" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tsem5q0cpt2tyr9twkcgj/130152model.jpg?rlkey=6uwarbv85072awcgcdhhtgv96&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B693" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C693" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D693" s="0" t="inlineStr">
         <is>
           <t>130152</t>
         </is>
       </c>
       <c r="E693" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W DG:130152B-M</t>
+          <t>BLANK FLINT W DG:130152A-S</t>
         </is>
       </c>
       <c r="F693" s="0" t="inlineStr">
         <is>
-          <t>899130152051</t>
+          <t>899130152044</t>
         </is>
       </c>
       <c r="G693" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H693" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I693" s="0">
         <v>34.99</v>
       </c>
       <c r="J693" s="0">
-        <v>132</v>
+        <v>62</v>
       </c>
     </row>
     <row r="694" spans="1:10" customHeight="0">
       <c r="A694" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tsem5q0cpt2tyr9twkcgj/130152model.jpg?rlkey=6uwarbv85072awcgcdhhtgv96&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B694" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C694" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D694" s="0" t="inlineStr">
         <is>
           <t>130152</t>
         </is>
       </c>
       <c r="E694" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W DG:130152C-L</t>
+          <t>BLANK FLINT W DG:130152B-M</t>
         </is>
       </c>
       <c r="F694" s="0" t="inlineStr">
         <is>
-          <t>899130152068</t>
+          <t>899130152051</t>
         </is>
       </c>
       <c r="G694" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H694" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I694" s="0">
         <v>34.99</v>
       </c>
       <c r="J694" s="0">
-        <v>133</v>
+        <v>130</v>
       </c>
     </row>
     <row r="695" spans="1:10" customHeight="0">
       <c r="A695" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tsem5q0cpt2tyr9twkcgj/130152model.jpg?rlkey=6uwarbv85072awcgcdhhtgv96&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B695" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C695" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D695" s="0" t="inlineStr">
         <is>
           <t>130152</t>
         </is>
       </c>
       <c r="E695" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W DG:130152D-XL</t>
+          <t>BLANK FLINT W DG:130152C-L</t>
         </is>
       </c>
       <c r="F695" s="0" t="inlineStr">
         <is>
-          <t>899130152075</t>
+          <t>899130152068</t>
         </is>
       </c>
       <c r="G695" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H695" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I695" s="0">
         <v>34.99</v>
       </c>
       <c r="J695" s="0">
-        <v>57</v>
+        <v>133</v>
       </c>
     </row>
     <row r="696" spans="1:10" customHeight="0">
       <c r="A696" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tsem5q0cpt2tyr9twkcgj/130152model.jpg?rlkey=6uwarbv85072awcgcdhhtgv96&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B696" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C696" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D696" s="0" t="inlineStr">
         <is>
           <t>130152</t>
         </is>
       </c>
       <c r="E696" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W DG:130152E-2XL</t>
+          <t>BLANK FLINT W DG:130152D-XL</t>
         </is>
       </c>
       <c r="F696" s="0" t="inlineStr">
         <is>
-          <t>899130152082</t>
+          <t>899130152075</t>
         </is>
       </c>
       <c r="G696" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H696" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I696" s="0">
-        <v>36.99</v>
+        <v>34.99</v>
       </c>
       <c r="J696" s="0">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="697" spans="1:10" customHeight="0">
       <c r="A697" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tsem5q0cpt2tyr9twkcgj/130152model.jpg?rlkey=6uwarbv85072awcgcdhhtgv96&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B697" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C697" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D697" s="0" t="inlineStr">
         <is>
           <t>130152</t>
         </is>
       </c>
       <c r="E697" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W DG:130152F-3XL</t>
+          <t>BLANK FLINT W DG:130152E-2XL</t>
         </is>
       </c>
       <c r="F697" s="0" t="inlineStr">
         <is>
-          <t>899130152099</t>
+          <t>899130152082</t>
         </is>
       </c>
       <c r="G697" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H697" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I697" s="0">
         <v>36.99</v>
       </c>
       <c r="J697" s="0">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="698" spans="1:10" customHeight="0">
       <c r="A698" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/km3oro3m9ep4othnqaow6/flint-gy.jpg?rlkey=fuo1988bf53466kyi16j7tc8x&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tsem5q0cpt2tyr9twkcgj/130152model.jpg?rlkey=6uwarbv85072awcgcdhhtgv96&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B698" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C698" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D698" s="0" t="inlineStr">
         <is>
-          <t>130156</t>
+          <t>130152</t>
         </is>
       </c>
       <c r="E698" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W LG:130156A-S</t>
+          <t>BLANK FLINT W DG:130152F-3XL</t>
         </is>
       </c>
       <c r="F698" s="0" t="inlineStr">
         <is>
-          <t>899130156042</t>
+          <t>899130152099</t>
         </is>
       </c>
       <c r="G698" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H698" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I698" s="0">
-        <v>34.99</v>
+        <v>36.99</v>
       </c>
       <c r="J698" s="0">
-        <v>73</v>
+        <v>15</v>
       </c>
     </row>
     <row r="699" spans="1:10" customHeight="0">
       <c r="A699" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/km3oro3m9ep4othnqaow6/flint-gy.jpg?rlkey=fuo1988bf53466kyi16j7tc8x&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B699" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C699" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D699" s="0" t="inlineStr">
         <is>
           <t>130156</t>
         </is>
       </c>
       <c r="E699" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W LG:130156B-M</t>
+          <t>BLANK FLINT W LG:130156A-S</t>
         </is>
       </c>
       <c r="F699" s="0" t="inlineStr">
         <is>
-          <t>899130156059</t>
+          <t>899130156042</t>
         </is>
       </c>
       <c r="G699" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H699" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I699" s="0">
         <v>34.99</v>
       </c>
       <c r="J699" s="0">
-        <v>148</v>
+        <v>73</v>
       </c>
     </row>
     <row r="700" spans="1:10" customHeight="0">
       <c r="A700" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/km3oro3m9ep4othnqaow6/flint-gy.jpg?rlkey=fuo1988bf53466kyi16j7tc8x&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B700" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C700" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D700" s="0" t="inlineStr">
         <is>
           <t>130156</t>
         </is>
       </c>
       <c r="E700" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W LG:130156C-L</t>
+          <t>BLANK FLINT W LG:130156B-M</t>
         </is>
       </c>
       <c r="F700" s="0" t="inlineStr">
         <is>
-          <t>899130156066</t>
+          <t>899130156059</t>
         </is>
       </c>
       <c r="G700" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H700" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I700" s="0">
         <v>34.99</v>
       </c>
       <c r="J700" s="0">
         <v>148</v>
       </c>
     </row>
     <row r="701" spans="1:10" customHeight="0">
       <c r="A701" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/km3oro3m9ep4othnqaow6/flint-gy.jpg?rlkey=fuo1988bf53466kyi16j7tc8x&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B701" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C701" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D701" s="0" t="inlineStr">
         <is>
           <t>130156</t>
         </is>
       </c>
       <c r="E701" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W LG:130156D-XL</t>
+          <t>BLANK FLINT W LG:130156C-L</t>
         </is>
       </c>
       <c r="F701" s="0" t="inlineStr">
         <is>
-          <t>899130156073</t>
+          <t>899130156066</t>
         </is>
       </c>
       <c r="G701" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H701" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I701" s="0">
         <v>34.99</v>
       </c>
       <c r="J701" s="0">
-        <v>74</v>
+        <v>148</v>
       </c>
     </row>
     <row r="702" spans="1:10" customHeight="0">
       <c r="A702" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/km3oro3m9ep4othnqaow6/flint-gy.jpg?rlkey=fuo1988bf53466kyi16j7tc8x&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B702" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C702" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D702" s="0" t="inlineStr">
         <is>
           <t>130156</t>
         </is>
       </c>
       <c r="E702" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W LG:130156E-2XL</t>
+          <t>BLANK FLINT W LG:130156D-XL</t>
         </is>
       </c>
       <c r="F702" s="0" t="inlineStr">
         <is>
-          <t>899130156080</t>
+          <t>899130156073</t>
         </is>
       </c>
       <c r="G702" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H702" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I702" s="0">
-        <v>36.99</v>
+        <v>34.99</v>
       </c>
       <c r="J702" s="0">
-        <v>37</v>
+        <v>74</v>
       </c>
     </row>
     <row r="703" spans="1:10" customHeight="0">
       <c r="A703" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/km3oro3m9ep4othnqaow6/flint-gy.jpg?rlkey=fuo1988bf53466kyi16j7tc8x&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B703" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C703" s="0" t="inlineStr">
         <is>
           <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D703" s="0" t="inlineStr">
         <is>
           <t>130156</t>
         </is>
       </c>
       <c r="E703" s="0" t="inlineStr">
         <is>
-          <t>BLANK FLINT W LG:130156F-3XL</t>
+          <t>BLANK FLINT W LG:130156E-2XL</t>
         </is>
       </c>
       <c r="F703" s="0" t="inlineStr">
         <is>
-          <t>899130156097</t>
+          <t>899130156080</t>
         </is>
       </c>
       <c r="G703" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H703" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I703" s="0">
         <v>36.99</v>
       </c>
       <c r="J703" s="0">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="704" spans="1:10" customHeight="0">
       <c r="A704" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/twigb7spup8fnlewt0p3e/addison-123557-b.jpg?rlkey=1vp3fme9906685ftusoxav3tm&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/km3oro3m9ep4othnqaow6/flint-gy.jpg?rlkey=fuo1988bf53466kyi16j7tc8x&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B704" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/myud1ij8llw4hoo6ogm3z/womens-pullover-size-chartsflint.jpg?rlkey=ch5b76gpvi8qmd7eb2p68gtqk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C704" s="0" t="inlineStr">
         <is>
-          <t>Addison Youth Beanie</t>
+          <t>Flint Women's Performance 1/4 Zip</t>
         </is>
       </c>
       <c r="D704" s="0" t="inlineStr">
         <is>
-          <t>123557</t>
+          <t>130156</t>
         </is>
       </c>
       <c r="E704" s="0" t="inlineStr">
         <is>
-          <t>BLANK ADDISO Y BK:123557</t>
+          <t>BLANK FLINT W LG:130156F-3XL</t>
         </is>
       </c>
       <c r="F704" s="0" t="inlineStr">
         <is>
-          <t>799123557019</t>
+          <t>899130156097</t>
         </is>
       </c>
       <c r="G704" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>WOMENS</t>
         </is>
       </c>
       <c r="H704" s="0" t="inlineStr">
         <is>
-          <t>YOUTH</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I704" s="0">
-        <v>21.9</v>
+        <v>36.99</v>
       </c>
       <c r="J704" s="0">
-        <v>403</v>
+        <v>19</v>
       </c>
     </row>
     <row r="705" spans="1:10" customHeight="0">
       <c r="A705" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2gsegjzd8eu5fhtx1e3it/addison-123558-b.jpg?rlkey=y0u0ojfdep6l22rs75sfh8ahk&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/twigb7spup8fnlewt0p3e/addison-123557-b.jpg?rlkey=1vp3fme9906685ftusoxav3tm&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C705" s="0" t="inlineStr">
         <is>
           <t>Addison Youth Beanie</t>
         </is>
       </c>
       <c r="D705" s="0" t="inlineStr">
         <is>
-          <t>123558</t>
+          <t>123557</t>
         </is>
       </c>
       <c r="E705" s="0" t="inlineStr">
         <is>
-          <t>BLANK ADDISO Y GY:123558</t>
+          <t>BLANK ADDISO Y BK:123557</t>
         </is>
       </c>
       <c r="F705" s="0" t="inlineStr">
         <is>
-          <t>799123558016</t>
+          <t>799123557019</t>
         </is>
       </c>
       <c r="G705" s="0" t="inlineStr">
         <is>
           <t>YOUTH</t>
         </is>
       </c>
       <c r="H705" s="0" t="inlineStr">
         <is>
           <t>YOUTH</t>
         </is>
       </c>
       <c r="I705" s="0">
         <v>21.9</v>
       </c>
       <c r="J705" s="0">
-        <v>1967</v>
+        <v>403</v>
       </c>
     </row>
     <row r="706" spans="1:10" customHeight="0">
       <c r="A706" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5hn8u8imgwyq7lvagoegl/addison-123555-b.jpg?rlkey=kbgt95i9pvkgov5ezalmgbeaa&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/2gsegjzd8eu5fhtx1e3it/addison-123558-b.jpg?rlkey=y0u0ojfdep6l22rs75sfh8ahk&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C706" s="0" t="inlineStr">
         <is>
           <t>Addison Youth Beanie</t>
         </is>
       </c>
       <c r="D706" s="0" t="inlineStr">
         <is>
-          <t>123555</t>
+          <t>123558</t>
         </is>
       </c>
       <c r="E706" s="0" t="inlineStr">
         <is>
-          <t>BLANK ADDISO Y CL:123555</t>
+          <t>BLANK ADDISO Y GY:123558</t>
         </is>
       </c>
       <c r="F706" s="0" t="inlineStr">
         <is>
-          <t>799123555015</t>
+          <t>799123558016</t>
         </is>
       </c>
       <c r="G706" s="0" t="inlineStr">
         <is>
           <t>YOUTH</t>
         </is>
       </c>
       <c r="H706" s="0" t="inlineStr">
         <is>
           <t>YOUTH</t>
         </is>
       </c>
       <c r="I706" s="0">
         <v>21.9</v>
       </c>
       <c r="J706" s="0">
-        <v>334</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="707" spans="1:10" customHeight="0">
       <c r="A707" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qznhnxo7t9rawznffebm2/addison-123559-b.jpg?rlkey=zlbw64mgiobdy58u7lboz22un&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5hn8u8imgwyq7lvagoegl/addison-123555-b.jpg?rlkey=kbgt95i9pvkgov5ezalmgbeaa&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C707" s="0" t="inlineStr">
         <is>
           <t>Addison Youth Beanie</t>
         </is>
       </c>
       <c r="D707" s="0" t="inlineStr">
         <is>
-          <t>123559</t>
+          <t>123555</t>
         </is>
       </c>
       <c r="E707" s="0" t="inlineStr">
         <is>
-          <t>BLANK ADDISO Y RD:123559</t>
+          <t>BLANK ADDISO Y CL:123555</t>
         </is>
       </c>
       <c r="F707" s="0" t="inlineStr">
         <is>
-          <t>799123559013</t>
+          <t>799123555015</t>
         </is>
       </c>
       <c r="G707" s="0" t="inlineStr">
         <is>
           <t>YOUTH</t>
         </is>
       </c>
       <c r="H707" s="0" t="inlineStr">
         <is>
           <t>YOUTH</t>
         </is>
       </c>
       <c r="I707" s="0">
         <v>21.9</v>
       </c>
       <c r="J707" s="0">
-        <v>131</v>
+        <v>334</v>
       </c>
     </row>
     <row r="708" spans="1:10" customHeight="0">
       <c r="A708" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mca4qdb3g2gig698jpwxv/addison-123556-b.jpg?rlkey=juyjqjfucm1p6ljlsuftosqco&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qznhnxo7t9rawznffebm2/addison-123559-b.jpg?rlkey=zlbw64mgiobdy58u7lboz22un&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C708" s="0" t="inlineStr">
         <is>
           <t>Addison Youth Beanie</t>
         </is>
       </c>
       <c r="D708" s="0" t="inlineStr">
         <is>
-          <t>123556</t>
+          <t>123559</t>
         </is>
       </c>
       <c r="E708" s="0" t="inlineStr">
         <is>
-          <t>BLANK ADDISO Y PE:123556</t>
+          <t>BLANK ADDISO Y RD:123559</t>
         </is>
       </c>
       <c r="F708" s="0" t="inlineStr">
         <is>
-          <t>799123556012</t>
+          <t>799123559013</t>
         </is>
       </c>
       <c r="G708" s="0" t="inlineStr">
         <is>
           <t>YOUTH</t>
         </is>
       </c>
       <c r="H708" s="0" t="inlineStr">
         <is>
           <t>YOUTH</t>
         </is>
       </c>
       <c r="I708" s="0">
         <v>21.9</v>
       </c>
       <c r="J708" s="0">
-        <v>250</v>
+        <v>131</v>
       </c>
     </row>
     <row r="709" spans="1:10" customHeight="0">
       <c r="A709" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7gb7bqwv0a9oloo8ax94n/addison-123553-b.jpg?rlkey=v73gaae2vsxb52cvkt5j493ti&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mca4qdb3g2gig698jpwxv/addison-123556-b.jpg?rlkey=juyjqjfucm1p6ljlsuftosqco&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C709" s="0" t="inlineStr">
         <is>
           <t>Addison Youth Beanie</t>
         </is>
       </c>
       <c r="D709" s="0" t="inlineStr">
         <is>
-          <t>123553</t>
+          <t>123556</t>
         </is>
       </c>
       <c r="E709" s="0" t="inlineStr">
         <is>
-          <t>BLANK ADDISO Y NY:123553</t>
+          <t>BLANK ADDISO Y PE:123556</t>
         </is>
       </c>
       <c r="F709" s="0" t="inlineStr">
         <is>
-          <t>799123553011</t>
+          <t>799123556012</t>
         </is>
       </c>
       <c r="G709" s="0" t="inlineStr">
         <is>
           <t>YOUTH</t>
         </is>
       </c>
       <c r="H709" s="0" t="inlineStr">
         <is>
           <t>YOUTH</t>
         </is>
       </c>
       <c r="I709" s="0">
         <v>21.9</v>
       </c>
       <c r="J709" s="0">
-        <v>358</v>
+        <v>250</v>
       </c>
     </row>
     <row r="710" spans="1:10" customHeight="0">
       <c r="A710" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0n40n04zl64pxq9n4sjtl/addison-123554-b.jpg?rlkey=7s11jwjvwsw857k73mszeayaq&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7gb7bqwv0a9oloo8ax94n/addison-123553-b.jpg?rlkey=v73gaae2vsxb52cvkt5j493ti&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C710" s="0" t="inlineStr">
         <is>
           <t>Addison Youth Beanie</t>
         </is>
       </c>
       <c r="D710" s="0" t="inlineStr">
         <is>
-          <t>123554</t>
+          <t>123553</t>
         </is>
       </c>
       <c r="E710" s="0" t="inlineStr">
         <is>
-          <t>BLANK ADDISO Y GD:123554</t>
+          <t>BLANK ADDISO Y NY:123553</t>
         </is>
       </c>
       <c r="F710" s="0" t="inlineStr">
         <is>
-          <t>799123554018</t>
+          <t>799123553011</t>
         </is>
       </c>
       <c r="G710" s="0" t="inlineStr">
         <is>
           <t>YOUTH</t>
         </is>
       </c>
       <c r="H710" s="0" t="inlineStr">
         <is>
           <t>YOUTH</t>
         </is>
       </c>
       <c r="I710" s="0">
         <v>21.9</v>
       </c>
       <c r="J710" s="0">
-        <v>334</v>
+        <v>318</v>
       </c>
     </row>
     <row r="711" spans="1:10" customHeight="0">
       <c r="A711" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5qm8yhrgq9kze3xmtzcf6/thea.jpg?rlkey=ee4tlx9yfmxa5gfulkizqn83v&amp;dl=0","Click to download Image")</f>
-[...2 lines deleted...]
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0n40n04zl64pxq9n4sjtl/addison-123554-b.jpg?rlkey=7s11jwjvwsw857k73mszeayaq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C711" s="0" t="inlineStr">
         <is>
-          <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
+          <t>Addison Youth Beanie</t>
         </is>
       </c>
       <c r="D711" s="0" t="inlineStr">
         <is>
-          <t>138729</t>
+          <t>123554</t>
         </is>
       </c>
       <c r="E711" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W BK:138729A-S</t>
+          <t>BLANK ADDISO Y GD:123554</t>
         </is>
       </c>
       <c r="F711" s="0" t="inlineStr">
         <is>
-          <t>899138729040</t>
+          <t>799123554018</t>
         </is>
       </c>
       <c r="G711" s="0" t="inlineStr">
         <is>
-          <t>WOMENS</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="H711" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>YOUTH</t>
         </is>
       </c>
       <c r="I711" s="0">
-        <v>34.99</v>
+        <v>21.9</v>
       </c>
       <c r="J711" s="0">
-        <v>25</v>
+        <v>334</v>
       </c>
     </row>
     <row r="712" spans="1:10" customHeight="0">
       <c r="A712" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5qm8yhrgq9kze3xmtzcf6/thea.jpg?rlkey=ee4tlx9yfmxa5gfulkizqn83v&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B712" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C712" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D712" s="0" t="inlineStr">
         <is>
           <t>138729</t>
         </is>
       </c>
       <c r="E712" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W BK:138729B-M</t>
+          <t>BLANK THEA W BK:138729A-S</t>
         </is>
       </c>
       <c r="F712" s="0" t="inlineStr">
         <is>
-          <t>899138729057</t>
+          <t>899138729040</t>
         </is>
       </c>
       <c r="G712" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H712" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I712" s="0">
         <v>34.99</v>
       </c>
       <c r="J712" s="0">
-        <v>46</v>
+        <v>25</v>
       </c>
     </row>
     <row r="713" spans="1:10" customHeight="0">
       <c r="A713" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5qm8yhrgq9kze3xmtzcf6/thea.jpg?rlkey=ee4tlx9yfmxa5gfulkizqn83v&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B713" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C713" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D713" s="0" t="inlineStr">
         <is>
           <t>138729</t>
         </is>
       </c>
       <c r="E713" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W BK:138729C-L</t>
+          <t>BLANK THEA W BK:138729B-M</t>
         </is>
       </c>
       <c r="F713" s="0" t="inlineStr">
         <is>
-          <t>899138729064</t>
+          <t>899138729057</t>
         </is>
       </c>
       <c r="G713" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H713" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I713" s="0">
         <v>34.99</v>
       </c>
       <c r="J713" s="0">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="714" spans="1:10" customHeight="0">
       <c r="A714" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5qm8yhrgq9kze3xmtzcf6/thea.jpg?rlkey=ee4tlx9yfmxa5gfulkizqn83v&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B714" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C714" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D714" s="0" t="inlineStr">
         <is>
           <t>138729</t>
         </is>
       </c>
       <c r="E714" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W BK:138729D-XL</t>
+          <t>BLANK THEA W BK:138729C-L</t>
         </is>
       </c>
       <c r="F714" s="0" t="inlineStr">
         <is>
-          <t>899138729071</t>
+          <t>899138729064</t>
         </is>
       </c>
       <c r="G714" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H714" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I714" s="0">
         <v>34.99</v>
       </c>
       <c r="J714" s="0">
-        <v>21</v>
+        <v>43</v>
       </c>
     </row>
     <row r="715" spans="1:10" customHeight="0">
       <c r="A715" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5qm8yhrgq9kze3xmtzcf6/thea.jpg?rlkey=ee4tlx9yfmxa5gfulkizqn83v&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B715" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C715" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D715" s="0" t="inlineStr">
         <is>
           <t>138729</t>
         </is>
       </c>
       <c r="E715" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W BK:138729E-2XL</t>
+          <t>BLANK THEA W BK:138729D-XL</t>
         </is>
       </c>
       <c r="F715" s="0" t="inlineStr">
         <is>
-          <t>899138729088</t>
+          <t>899138729071</t>
         </is>
       </c>
       <c r="G715" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H715" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I715" s="0">
         <v>34.99</v>
       </c>
       <c r="J715" s="0">
-        <v>10</v>
+        <v>21</v>
       </c>
     </row>
     <row r="716" spans="1:10" customHeight="0">
       <c r="A716" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5qm8yhrgq9kze3xmtzcf6/thea.jpg?rlkey=ee4tlx9yfmxa5gfulkizqn83v&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B716" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C716" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D716" s="0" t="inlineStr">
         <is>
           <t>138729</t>
         </is>
       </c>
       <c r="E716" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W BK:138729F-3XL</t>
+          <t>BLANK THEA W BK:138729E-2XL</t>
         </is>
       </c>
       <c r="F716" s="0" t="inlineStr">
         <is>
-          <t>899138729095</t>
+          <t>899138729088</t>
         </is>
       </c>
       <c r="G716" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H716" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I716" s="0">
         <v>34.99</v>
       </c>
       <c r="J716" s="0">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="717" spans="1:10" customHeight="0">
       <c r="A717" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/weovdb7xo4gqpphpin18r/thea-138730-f.jpg?rlkey=q2momeddwlp0xtw02dxwnfqed&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5qm8yhrgq9kze3xmtzcf6/thea.jpg?rlkey=ee4tlx9yfmxa5gfulkizqn83v&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B717" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C717" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D717" s="0" t="inlineStr">
         <is>
-          <t>138730</t>
+          <t>138729</t>
         </is>
       </c>
       <c r="E717" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W CL:138730A-S</t>
+          <t>BLANK THEA W BK:138729F-3XL</t>
         </is>
       </c>
       <c r="F717" s="0" t="inlineStr">
         <is>
-          <t>899138730046</t>
+          <t>899138729095</t>
         </is>
       </c>
       <c r="G717" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H717" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I717" s="0">
         <v>34.99</v>
       </c>
       <c r="J717" s="0">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="718" spans="1:10" customHeight="0">
       <c r="A718" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/weovdb7xo4gqpphpin18r/thea-138730-f.jpg?rlkey=q2momeddwlp0xtw02dxwnfqed&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B718" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C718" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D718" s="0" t="inlineStr">
         <is>
           <t>138730</t>
         </is>
       </c>
       <c r="E718" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W CL:138730B-M</t>
+          <t>BLANK THEA W CL:138730A-S</t>
         </is>
       </c>
       <c r="F718" s="0" t="inlineStr">
         <is>
-          <t>899138730053</t>
+          <t>899138730046</t>
         </is>
       </c>
       <c r="G718" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H718" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I718" s="0">
         <v>34.99</v>
       </c>
       <c r="J718" s="0">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="719" spans="1:10" customHeight="0">
       <c r="A719" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/weovdb7xo4gqpphpin18r/thea-138730-f.jpg?rlkey=q2momeddwlp0xtw02dxwnfqed&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B719" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C719" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D719" s="0" t="inlineStr">
         <is>
           <t>138730</t>
         </is>
       </c>
       <c r="E719" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W CL:138730C-L</t>
+          <t>BLANK THEA W CL:138730B-M</t>
         </is>
       </c>
       <c r="F719" s="0" t="inlineStr">
         <is>
-          <t>899138730060</t>
+          <t>899138730053</t>
         </is>
       </c>
       <c r="G719" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H719" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I719" s="0">
         <v>34.99</v>
       </c>
       <c r="J719" s="0">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="720" spans="1:10" customHeight="0">
       <c r="A720" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/weovdb7xo4gqpphpin18r/thea-138730-f.jpg?rlkey=q2momeddwlp0xtw02dxwnfqed&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B720" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C720" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D720" s="0" t="inlineStr">
         <is>
           <t>138730</t>
         </is>
       </c>
       <c r="E720" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W CL:138730D-XL</t>
+          <t>BLANK THEA W CL:138730C-L</t>
         </is>
       </c>
       <c r="F720" s="0" t="inlineStr">
         <is>
-          <t>899138730077</t>
+          <t>899138730060</t>
         </is>
       </c>
       <c r="G720" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H720" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I720" s="0">
         <v>34.99</v>
       </c>
       <c r="J720" s="0">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="721" spans="1:10" customHeight="0">
       <c r="A721" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/weovdb7xo4gqpphpin18r/thea-138730-f.jpg?rlkey=q2momeddwlp0xtw02dxwnfqed&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B721" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C721" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D721" s="0" t="inlineStr">
         <is>
           <t>138730</t>
         </is>
       </c>
       <c r="E721" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W CL:138730E-2XL</t>
+          <t>BLANK THEA W CL:138730D-XL</t>
         </is>
       </c>
       <c r="F721" s="0" t="inlineStr">
         <is>
-          <t>899138730084</t>
+          <t>899138730077</t>
         </is>
       </c>
       <c r="G721" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H721" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I721" s="0">
         <v>34.99</v>
       </c>
       <c r="J721" s="0">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="722" spans="1:10" customHeight="0">
       <c r="A722" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/weovdb7xo4gqpphpin18r/thea-138730-f.jpg?rlkey=q2momeddwlp0xtw02dxwnfqed&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B722" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C722" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D722" s="0" t="inlineStr">
         <is>
           <t>138730</t>
         </is>
       </c>
       <c r="E722" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W CL:138730F-3XL</t>
+          <t>BLANK THEA W CL:138730E-2XL</t>
         </is>
       </c>
       <c r="F722" s="0" t="inlineStr">
         <is>
-          <t>899138730091</t>
+          <t>899138730084</t>
         </is>
       </c>
       <c r="G722" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H722" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I722" s="0">
         <v>34.99</v>
       </c>
       <c r="J722" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="723" spans="1:10" customHeight="0">
       <c r="A723" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rabatt8m25sj4kncwudhc/thea-141139-f.jpg?rlkey=mat7l3claxwoouhlkiq7e3bk1&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/weovdb7xo4gqpphpin18r/thea-138730-f.jpg?rlkey=q2momeddwlp0xtw02dxwnfqed&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B723" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C723" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D723" s="0" t="inlineStr">
         <is>
-          <t>141139</t>
+          <t>138730</t>
         </is>
       </c>
       <c r="E723" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W KY:141139A-S</t>
+          <t>BLANK THEA W CL:138730F-3XL</t>
         </is>
       </c>
       <c r="F723" s="0" t="inlineStr">
         <is>
-          <t>899141139041</t>
+          <t>899138730091</t>
         </is>
       </c>
       <c r="G723" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H723" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I723" s="0">
         <v>34.99</v>
       </c>
       <c r="J723" s="0">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="724" spans="1:10" customHeight="0">
       <c r="A724" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rabatt8m25sj4kncwudhc/thea-141139-f.jpg?rlkey=mat7l3claxwoouhlkiq7e3bk1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B724" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C724" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D724" s="0" t="inlineStr">
         <is>
           <t>141139</t>
         </is>
       </c>
       <c r="E724" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W KY:141139B-M</t>
+          <t>BLANK THEA W KY:141139A-S</t>
         </is>
       </c>
       <c r="F724" s="0" t="inlineStr">
         <is>
-          <t>899141139058</t>
+          <t>899141139041</t>
         </is>
       </c>
       <c r="G724" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H724" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I724" s="0">
         <v>34.99</v>
       </c>
       <c r="J724" s="0">
-        <v>37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="725" spans="1:10" customHeight="0">
       <c r="A725" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rabatt8m25sj4kncwudhc/thea-141139-f.jpg?rlkey=mat7l3claxwoouhlkiq7e3bk1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B725" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C725" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D725" s="0" t="inlineStr">
         <is>
           <t>141139</t>
         </is>
       </c>
       <c r="E725" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W KY:141139C-L</t>
+          <t>BLANK THEA W KY:141139B-M</t>
         </is>
       </c>
       <c r="F725" s="0" t="inlineStr">
         <is>
-          <t>899141139065</t>
+          <t>899141139058</t>
         </is>
       </c>
       <c r="G725" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H725" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I725" s="0">
         <v>34.99</v>
       </c>
       <c r="J725" s="0">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="726" spans="1:10" customHeight="0">
       <c r="A726" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rabatt8m25sj4kncwudhc/thea-141139-f.jpg?rlkey=mat7l3claxwoouhlkiq7e3bk1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B726" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C726" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D726" s="0" t="inlineStr">
         <is>
           <t>141139</t>
         </is>
       </c>
       <c r="E726" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W KY:141139D-XL</t>
+          <t>BLANK THEA W KY:141139C-L</t>
         </is>
       </c>
       <c r="F726" s="0" t="inlineStr">
         <is>
-          <t>899141139072</t>
+          <t>899141139065</t>
         </is>
       </c>
       <c r="G726" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H726" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I726" s="0">
         <v>34.99</v>
       </c>
       <c r="J726" s="0">
-        <v>19</v>
+        <v>38</v>
       </c>
     </row>
     <row r="727" spans="1:10" customHeight="0">
       <c r="A727" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rabatt8m25sj4kncwudhc/thea-141139-f.jpg?rlkey=mat7l3claxwoouhlkiq7e3bk1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B727" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C727" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D727" s="0" t="inlineStr">
         <is>
           <t>141139</t>
         </is>
       </c>
       <c r="E727" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W KY:141139E-2XL</t>
+          <t>BLANK THEA W KY:141139D-XL</t>
         </is>
       </c>
       <c r="F727" s="0" t="inlineStr">
         <is>
-          <t>899141139089</t>
+          <t>899141139072</t>
         </is>
       </c>
       <c r="G727" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H727" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I727" s="0">
         <v>34.99</v>
       </c>
       <c r="J727" s="0">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="728" spans="1:10" customHeight="0">
       <c r="A728" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rabatt8m25sj4kncwudhc/thea-141139-f.jpg?rlkey=mat7l3claxwoouhlkiq7e3bk1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B728" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C728" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D728" s="0" t="inlineStr">
         <is>
           <t>141139</t>
         </is>
       </c>
       <c r="E728" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W KY:141139F-3XL</t>
+          <t>BLANK THEA W KY:141139E-2XL</t>
         </is>
       </c>
       <c r="F728" s="0" t="inlineStr">
         <is>
-          <t>899141139096</t>
+          <t>899141139089</t>
         </is>
       </c>
       <c r="G728" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H728" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I728" s="0">
         <v>34.99</v>
       </c>
       <c r="J728" s="0">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="729" spans="1:10" customHeight="0">
       <c r="A729" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n9hzxtry0t2niw82xjx8q/thea-141437-f.jpg?rlkey=jkmfylf1ikrzlxif0o0ssp860&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rabatt8m25sj4kncwudhc/thea-141139-f.jpg?rlkey=mat7l3claxwoouhlkiq7e3bk1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B729" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C729" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D729" s="0" t="inlineStr">
         <is>
-          <t>141437</t>
+          <t>141139</t>
         </is>
       </c>
       <c r="E729" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W PE:141437A-S</t>
+          <t>BLANK THEA W KY:141139F-3XL</t>
         </is>
       </c>
       <c r="F729" s="0" t="inlineStr">
         <is>
-          <t>899141437048</t>
+          <t>899141139096</t>
         </is>
       </c>
       <c r="G729" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H729" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I729" s="0">
         <v>34.99</v>
       </c>
       <c r="J729" s="0">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="730" spans="1:10" customHeight="0">
       <c r="A730" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n9hzxtry0t2niw82xjx8q/thea-141437-f.jpg?rlkey=jkmfylf1ikrzlxif0o0ssp860&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B730" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C730" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D730" s="0" t="inlineStr">
         <is>
           <t>141437</t>
         </is>
       </c>
       <c r="E730" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W PE:141437B-M</t>
+          <t>BLANK THEA W PE:141437A-S</t>
         </is>
       </c>
       <c r="F730" s="0" t="inlineStr">
         <is>
-          <t>899141437055</t>
+          <t>899141437048</t>
         </is>
       </c>
       <c r="G730" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H730" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I730" s="0">
         <v>34.99</v>
       </c>
       <c r="J730" s="0">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="731" spans="1:10" customHeight="0">
       <c r="A731" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n9hzxtry0t2niw82xjx8q/thea-141437-f.jpg?rlkey=jkmfylf1ikrzlxif0o0ssp860&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B731" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C731" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D731" s="0" t="inlineStr">
         <is>
           <t>141437</t>
         </is>
       </c>
       <c r="E731" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W PE:141437C-L</t>
+          <t>BLANK THEA W PE:141437B-M</t>
         </is>
       </c>
       <c r="F731" s="0" t="inlineStr">
         <is>
-          <t>899141437062</t>
+          <t>899141437055</t>
         </is>
       </c>
       <c r="G731" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H731" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I731" s="0">
         <v>34.99</v>
       </c>
       <c r="J731" s="0">
         <v>22</v>
       </c>
     </row>
     <row r="732" spans="1:10" customHeight="0">
       <c r="A732" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n9hzxtry0t2niw82xjx8q/thea-141437-f.jpg?rlkey=jkmfylf1ikrzlxif0o0ssp860&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B732" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C732" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D732" s="0" t="inlineStr">
         <is>
           <t>141437</t>
         </is>
       </c>
       <c r="E732" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W PE:141437D-XL</t>
+          <t>BLANK THEA W PE:141437C-L</t>
         </is>
       </c>
       <c r="F732" s="0" t="inlineStr">
         <is>
-          <t>899141437079</t>
+          <t>899141437062</t>
         </is>
       </c>
       <c r="G732" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H732" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I732" s="0">
         <v>34.99</v>
       </c>
       <c r="J732" s="0">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="733" spans="1:10" customHeight="0">
       <c r="A733" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n9hzxtry0t2niw82xjx8q/thea-141437-f.jpg?rlkey=jkmfylf1ikrzlxif0o0ssp860&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B733" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C733" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D733" s="0" t="inlineStr">
         <is>
           <t>141437</t>
         </is>
       </c>
       <c r="E733" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W PE:141437E-2XL</t>
+          <t>BLANK THEA W PE:141437D-XL</t>
         </is>
       </c>
       <c r="F733" s="0" t="inlineStr">
         <is>
-          <t>899141437086</t>
+          <t>899141437079</t>
         </is>
       </c>
       <c r="G733" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H733" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I733" s="0">
         <v>34.99</v>
       </c>
       <c r="J733" s="0">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="734" spans="1:10" customHeight="0">
       <c r="A734" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n9hzxtry0t2niw82xjx8q/thea-141437-f.jpg?rlkey=jkmfylf1ikrzlxif0o0ssp860&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B734" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C734" s="0" t="inlineStr">
         <is>
           <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D734" s="0" t="inlineStr">
         <is>
           <t>141437</t>
         </is>
       </c>
       <c r="E734" s="0" t="inlineStr">
         <is>
-          <t>BLANK THEA W PE:141437F-3XL</t>
+          <t>BLANK THEA W PE:141437E-2XL</t>
         </is>
       </c>
       <c r="F734" s="0" t="inlineStr">
         <is>
-          <t>899141437093</t>
+          <t>899141437086</t>
         </is>
       </c>
       <c r="G734" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H734" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I734" s="0">
         <v>34.99</v>
       </c>
       <c r="J734" s="0">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="735" spans="1:10" customHeight="0">
       <c r="A735" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8myck8sn8887g2hqjuurg/109036-f.jpg?rlkey=a189vchx7iq10wm93ctpzb4ls&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n9hzxtry0t2niw82xjx8q/thea-141437-f.jpg?rlkey=jkmfylf1ikrzlxif0o0ssp860&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B735" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/womekdp7dsc28zpo8ghki/womens-size-chartslori.jpg?rlkey=kxmmoo7gd3hc45wszarh0xu1r&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dvodbbg6tef6b1q9q6hbw/womens-hoodie-and-sweatshirt-size-chartsthea-hz.jpg?rlkey=jadcdr1y2csurn0om2i1578ir&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C735" s="0" t="inlineStr">
         <is>
-          <t>Lori Women's Puffer Vest</t>
+          <t>Thea Women's Ultra-Soft Lightweight Hoodie</t>
         </is>
       </c>
       <c r="D735" s="0" t="inlineStr">
         <is>
-          <t>109036</t>
+          <t>141437</t>
         </is>
       </c>
       <c r="E735" s="0" t="inlineStr">
         <is>
-          <t>BLANK LORI SILVER:109036A – S</t>
+          <t>BLANK THEA W PE:141437F-3XL</t>
+        </is>
+      </c>
+      <c r="F735" s="0" t="inlineStr">
+        <is>
+          <t>899141437093</t>
         </is>
       </c>
       <c r="G735" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H735" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I735" s="0">
         <v>34.99</v>
       </c>
       <c r="J735" s="0">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="736" spans="1:10" customHeight="0">
       <c r="A736" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8myck8sn8887g2hqjuurg/109036-f.jpg?rlkey=a189vchx7iq10wm93ctpzb4ls&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B736" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/womekdp7dsc28zpo8ghki/womens-size-chartslori.jpg?rlkey=kxmmoo7gd3hc45wszarh0xu1r&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C736" s="0" t="inlineStr">
         <is>
           <t>Lori Women's Puffer Vest</t>
         </is>
       </c>
       <c r="D736" s="0" t="inlineStr">
         <is>
           <t>109036</t>
         </is>
       </c>
       <c r="E736" s="0" t="inlineStr">
         <is>
-          <t>BLANK LORI SILVER:109036B – M</t>
+          <t>BLANK LORI SILVER:109036A – S</t>
         </is>
       </c>
       <c r="G736" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H736" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I736" s="0">
         <v>34.99</v>
       </c>
       <c r="J736" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="737" spans="1:10" customHeight="0">
       <c r="A737" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8myck8sn8887g2hqjuurg/109036-f.jpg?rlkey=a189vchx7iq10wm93ctpzb4ls&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B737" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/womekdp7dsc28zpo8ghki/womens-size-chartslori.jpg?rlkey=kxmmoo7gd3hc45wszarh0xu1r&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C737" s="0" t="inlineStr">
         <is>
           <t>Lori Women's Puffer Vest</t>
         </is>
       </c>
       <c r="D737" s="0" t="inlineStr">
         <is>
           <t>109036</t>
         </is>
       </c>
       <c r="E737" s="0" t="inlineStr">
         <is>
-          <t>BLANK LORI SILVER:109036C – L</t>
+          <t>BLANK LORI SILVER:109036B – M</t>
         </is>
       </c>
       <c r="G737" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H737" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I737" s="0">
         <v>34.99</v>
       </c>
       <c r="J737" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="738" spans="1:10" customHeight="0">
       <c r="A738" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8myck8sn8887g2hqjuurg/109036-f.jpg?rlkey=a189vchx7iq10wm93ctpzb4ls&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B738" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/womekdp7dsc28zpo8ghki/womens-size-chartslori.jpg?rlkey=kxmmoo7gd3hc45wszarh0xu1r&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C738" s="0" t="inlineStr">
         <is>
           <t>Lori Women's Puffer Vest</t>
         </is>
       </c>
       <c r="D738" s="0" t="inlineStr">
         <is>
           <t>109036</t>
         </is>
       </c>
       <c r="E738" s="0" t="inlineStr">
         <is>
-          <t>BLANK LORI SILVER:109036D – XL</t>
+          <t>BLANK LORI SILVER:109036C – L</t>
         </is>
       </c>
       <c r="G738" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H738" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I738" s="0">
         <v>34.99</v>
       </c>
       <c r="J738" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="739" spans="1:10" customHeight="0">
       <c r="A739" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8myck8sn8887g2hqjuurg/109036-f.jpg?rlkey=a189vchx7iq10wm93ctpzb4ls&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B739" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/womekdp7dsc28zpo8ghki/womens-size-chartslori.jpg?rlkey=kxmmoo7gd3hc45wszarh0xu1r&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C739" s="0" t="inlineStr">
         <is>
           <t>Lori Women's Puffer Vest</t>
         </is>
       </c>
       <c r="D739" s="0" t="inlineStr">
         <is>
           <t>109036</t>
         </is>
       </c>
       <c r="E739" s="0" t="inlineStr">
         <is>
-          <t>BLANK LORI SILVER:109036E - 2XL</t>
+          <t>BLANK LORI SILVER:109036D – XL</t>
         </is>
       </c>
       <c r="G739" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H739" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I739" s="0">
         <v>34.99</v>
       </c>
       <c r="J739" s="0">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="740" spans="1:10" customHeight="0">
       <c r="A740" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8myck8sn8887g2hqjuurg/109036-f.jpg?rlkey=a189vchx7iq10wm93ctpzb4ls&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B740" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/womekdp7dsc28zpo8ghki/womens-size-chartslori.jpg?rlkey=kxmmoo7gd3hc45wszarh0xu1r&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C740" s="0" t="inlineStr">
         <is>
           <t>Lori Women's Puffer Vest</t>
         </is>
       </c>
       <c r="D740" s="0" t="inlineStr">
         <is>
           <t>109036</t>
         </is>
       </c>
       <c r="E740" s="0" t="inlineStr">
         <is>
-          <t>BLANK LORI SILVER:109036F - 3XL</t>
+          <t>BLANK LORI SILVER:109036E - 2XL</t>
         </is>
       </c>
       <c r="G740" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H740" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I740" s="0">
         <v>34.99</v>
       </c>
       <c r="J740" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="741" spans="1:10" customHeight="0">
       <c r="A741" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8rcz7jd022qtkl6cncrfp/109037-f.jpg?rlkey=t8iql1gvrce8ph276zdkzwo7o&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8myck8sn8887g2hqjuurg/109036-f.jpg?rlkey=a189vchx7iq10wm93ctpzb4ls&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B741" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/womekdp7dsc28zpo8ghki/womens-size-chartslori.jpg?rlkey=kxmmoo7gd3hc45wszarh0xu1r&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C741" s="0" t="inlineStr">
         <is>
           <t>Lori Women's Puffer Vest</t>
         </is>
       </c>
       <c r="D741" s="0" t="inlineStr">
         <is>
-          <t>109037</t>
+          <t>109036</t>
         </is>
       </c>
       <c r="E741" s="0" t="inlineStr">
         <is>
-          <t>BLANK LORI WHITE:109037A - S</t>
+          <t>BLANK LORI SILVER:109036F - 3XL</t>
         </is>
       </c>
       <c r="G741" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H741" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I741" s="0">
         <v>34.99</v>
       </c>
       <c r="J741" s="0">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="742" spans="1:10" customHeight="0">
       <c r="A742" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8rcz7jd022qtkl6cncrfp/109037-f.jpg?rlkey=t8iql1gvrce8ph276zdkzwo7o&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B742" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/womekdp7dsc28zpo8ghki/womens-size-chartslori.jpg?rlkey=kxmmoo7gd3hc45wszarh0xu1r&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C742" s="0" t="inlineStr">
         <is>
           <t>Lori Women's Puffer Vest</t>
         </is>
       </c>
       <c r="D742" s="0" t="inlineStr">
         <is>
           <t>109037</t>
         </is>
       </c>
       <c r="E742" s="0" t="inlineStr">
         <is>
-          <t>BLANK LORI WHITE:109037B - M</t>
+          <t>BLANK LORI WHITE:109037A - S</t>
         </is>
       </c>
       <c r="G742" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H742" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I742" s="0">
         <v>34.99</v>
       </c>
       <c r="J742" s="0">
-        <v>24</v>
+        <v>5</v>
       </c>
     </row>
     <row r="743" spans="1:10" customHeight="0">
       <c r="A743" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8rcz7jd022qtkl6cncrfp/109037-f.jpg?rlkey=t8iql1gvrce8ph276zdkzwo7o&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B743" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/womekdp7dsc28zpo8ghki/womens-size-chartslori.jpg?rlkey=kxmmoo7gd3hc45wszarh0xu1r&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C743" s="0" t="inlineStr">
         <is>
           <t>Lori Women's Puffer Vest</t>
         </is>
       </c>
       <c r="D743" s="0" t="inlineStr">
         <is>
           <t>109037</t>
         </is>
       </c>
       <c r="E743" s="0" t="inlineStr">
         <is>
-          <t>BLANK LORI WHITE:109037C - L</t>
+          <t>BLANK LORI WHITE:109037B - M</t>
         </is>
       </c>
       <c r="G743" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H743" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I743" s="0">
         <v>34.99</v>
       </c>
       <c r="J743" s="0">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="744" spans="1:10" customHeight="0">
       <c r="A744" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8rcz7jd022qtkl6cncrfp/109037-f.jpg?rlkey=t8iql1gvrce8ph276zdkzwo7o&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B744" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/womekdp7dsc28zpo8ghki/womens-size-chartslori.jpg?rlkey=kxmmoo7gd3hc45wszarh0xu1r&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C744" s="0" t="inlineStr">
         <is>
           <t>Lori Women's Puffer Vest</t>
         </is>
       </c>
       <c r="D744" s="0" t="inlineStr">
         <is>
           <t>109037</t>
         </is>
       </c>
       <c r="E744" s="0" t="inlineStr">
         <is>
-          <t>BLANK LORI WHITE:109037D - XL</t>
+          <t>BLANK LORI WHITE:109037C - L</t>
         </is>
       </c>
       <c r="G744" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H744" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I744" s="0">
         <v>34.99</v>
       </c>
       <c r="J744" s="0">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="745" spans="1:10" customHeight="0">
       <c r="A745" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8rcz7jd022qtkl6cncrfp/109037-f.jpg?rlkey=t8iql1gvrce8ph276zdkzwo7o&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B745" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/womekdp7dsc28zpo8ghki/womens-size-chartslori.jpg?rlkey=kxmmoo7gd3hc45wszarh0xu1r&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C745" s="0" t="inlineStr">
         <is>
           <t>Lori Women's Puffer Vest</t>
         </is>
       </c>
       <c r="D745" s="0" t="inlineStr">
         <is>
           <t>109037</t>
         </is>
       </c>
       <c r="E745" s="0" t="inlineStr">
         <is>
-          <t>BLANK LORI WHITE:109037E - 2XL</t>
+          <t>BLANK LORI WHITE:109037D - XL</t>
         </is>
       </c>
       <c r="G745" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H745" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I745" s="0">
         <v>34.99</v>
       </c>
       <c r="J745" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="746" spans="1:10" customHeight="0">
       <c r="A746" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8rcz7jd022qtkl6cncrfp/109037-f.jpg?rlkey=t8iql1gvrce8ph276zdkzwo7o&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B746" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/womekdp7dsc28zpo8ghki/womens-size-chartslori.jpg?rlkey=kxmmoo7gd3hc45wszarh0xu1r&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C746" s="0" t="inlineStr">
         <is>
           <t>Lori Women's Puffer Vest</t>
         </is>
       </c>
       <c r="D746" s="0" t="inlineStr">
         <is>
           <t>109037</t>
         </is>
       </c>
       <c r="E746" s="0" t="inlineStr">
         <is>
-          <t>BLANK LORI WHITE:109037F - 3XL</t>
+          <t>BLANK LORI WHITE:109037E - 2XL</t>
         </is>
       </c>
       <c r="G746" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H746" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I746" s="0">
         <v>34.99</v>
       </c>
       <c r="J746" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="747" spans="1:10" customHeight="0">
       <c r="A747" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0dge3jb96vj2beacj03o3/editdsc3641.jpg?rlkey=ya6f84dpsajhg08af2ttf6ok1&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8rcz7jd022qtkl6cncrfp/109037-f.jpg?rlkey=t8iql1gvrce8ph276zdkzwo7o&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B747" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rmenzhppy48k23dsl3r36/womens-size-chartsdixie.jpg?rlkey=73kaymid068c3l5clqcwh4cuz&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/womekdp7dsc28zpo8ghki/womens-size-chartslori.jpg?rlkey=kxmmoo7gd3hc45wszarh0xu1r&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C747" s="0" t="inlineStr">
         <is>
-          <t>Dixie Women's Reversible Vest</t>
+          <t>Lori Women's Puffer Vest</t>
         </is>
       </c>
       <c r="D747" s="0" t="inlineStr">
         <is>
-          <t>114574</t>
+          <t>109037</t>
         </is>
       </c>
       <c r="E747" s="0" t="inlineStr">
         <is>
-          <t>BLANK DIXIE W BLACK:114574A - S</t>
+          <t>BLANK LORI WHITE:109037F - 3XL</t>
         </is>
       </c>
       <c r="G747" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H747" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I747" s="0">
-        <v>39.99</v>
+        <v>34.99</v>
       </c>
       <c r="J747" s="0">
-        <v>11</v>
+        <v>0</v>
       </c>
     </row>
     <row r="748" spans="1:10" customHeight="0">
       <c r="A748" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0dge3jb96vj2beacj03o3/editdsc3641.jpg?rlkey=ya6f84dpsajhg08af2ttf6ok1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B748" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rmenzhppy48k23dsl3r36/womens-size-chartsdixie.jpg?rlkey=73kaymid068c3l5clqcwh4cuz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C748" s="0" t="inlineStr">
         <is>
           <t>Dixie Women's Reversible Vest</t>
         </is>
       </c>
       <c r="D748" s="0" t="inlineStr">
         <is>
           <t>114574</t>
         </is>
       </c>
       <c r="E748" s="0" t="inlineStr">
         <is>
-          <t>BLANK DIXIE W BLACK:114574B - M</t>
+          <t>BLANK DIXIE W BLACK:114574A - S</t>
         </is>
       </c>
       <c r="G748" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H748" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I748" s="0">
         <v>39.99</v>
       </c>
       <c r="J748" s="0">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="749" spans="1:10" customHeight="0">
       <c r="A749" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0dge3jb96vj2beacj03o3/editdsc3641.jpg?rlkey=ya6f84dpsajhg08af2ttf6ok1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B749" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rmenzhppy48k23dsl3r36/womens-size-chartsdixie.jpg?rlkey=73kaymid068c3l5clqcwh4cuz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C749" s="0" t="inlineStr">
         <is>
           <t>Dixie Women's Reversible Vest</t>
         </is>
       </c>
       <c r="D749" s="0" t="inlineStr">
         <is>
           <t>114574</t>
         </is>
       </c>
       <c r="E749" s="0" t="inlineStr">
         <is>
-          <t>BLANK DIXIE W BLACK:114574C - L</t>
+          <t>BLANK DIXIE W BLACK:114574B - M</t>
         </is>
       </c>
       <c r="G749" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H749" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I749" s="0">
         <v>39.99</v>
       </c>
       <c r="J749" s="0">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="750" spans="1:10" customHeight="0">
       <c r="A750" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0dge3jb96vj2beacj03o3/editdsc3641.jpg?rlkey=ya6f84dpsajhg08af2ttf6ok1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B750" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rmenzhppy48k23dsl3r36/womens-size-chartsdixie.jpg?rlkey=73kaymid068c3l5clqcwh4cuz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C750" s="0" t="inlineStr">
         <is>
           <t>Dixie Women's Reversible Vest</t>
         </is>
       </c>
       <c r="D750" s="0" t="inlineStr">
         <is>
           <t>114574</t>
         </is>
       </c>
       <c r="E750" s="0" t="inlineStr">
         <is>
-          <t>BLANK DIXIE W BLACK:114574D - XL</t>
+          <t>BLANK DIXIE W BLACK:114574C - L</t>
         </is>
       </c>
       <c r="G750" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H750" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I750" s="0">
         <v>39.99</v>
       </c>
       <c r="J750" s="0">
-        <v>0</v>
+        <v>22</v>
       </c>
     </row>
     <row r="751" spans="1:10" customHeight="0">
       <c r="A751" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0dge3jb96vj2beacj03o3/editdsc3641.jpg?rlkey=ya6f84dpsajhg08af2ttf6ok1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B751" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rmenzhppy48k23dsl3r36/womens-size-chartsdixie.jpg?rlkey=73kaymid068c3l5clqcwh4cuz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C751" s="0" t="inlineStr">
         <is>
           <t>Dixie Women's Reversible Vest</t>
         </is>
       </c>
       <c r="D751" s="0" t="inlineStr">
         <is>
           <t>114574</t>
         </is>
       </c>
       <c r="E751" s="0" t="inlineStr">
         <is>
-          <t>BLANK DIXIE W BLACK:114574E - 2XL</t>
+          <t>BLANK DIXIE W BLACK:114574D - XL</t>
         </is>
       </c>
       <c r="G751" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H751" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I751" s="0">
-        <v>41.99</v>
+        <v>39.99</v>
       </c>
       <c r="J751" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="752" spans="1:10" customHeight="0">
       <c r="A752" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0dge3jb96vj2beacj03o3/editdsc3641.jpg?rlkey=ya6f84dpsajhg08af2ttf6ok1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B752" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rmenzhppy48k23dsl3r36/womens-size-chartsdixie.jpg?rlkey=73kaymid068c3l5clqcwh4cuz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C752" s="0" t="inlineStr">
         <is>
           <t>Dixie Women's Reversible Vest</t>
         </is>
       </c>
       <c r="D752" s="0" t="inlineStr">
         <is>
           <t>114574</t>
         </is>
       </c>
       <c r="E752" s="0" t="inlineStr">
         <is>
-          <t>BLANK DIXIE W BLACK:114574F - 3XL</t>
+          <t>BLANK DIXIE W BLACK:114574E - 2XL</t>
         </is>
       </c>
       <c r="G752" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H752" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I752" s="0">
         <v>41.99</v>
       </c>
       <c r="J752" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="753" spans="1:10" customHeight="0">
       <c r="A753" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kpmiyljzl49gb2n6h6xnn/dixie114570af11104.jpg?rlkey=zxrv89fzxdavxxiur3c1qsjoq&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0dge3jb96vj2beacj03o3/editdsc3641.jpg?rlkey=ya6f84dpsajhg08af2ttf6ok1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B753" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rmenzhppy48k23dsl3r36/womens-size-chartsdixie.jpg?rlkey=73kaymid068c3l5clqcwh4cuz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C753" s="0" t="inlineStr">
         <is>
           <t>Dixie Women's Reversible Vest</t>
         </is>
       </c>
       <c r="D753" s="0" t="inlineStr">
         <is>
-          <t>114573</t>
+          <t>114574</t>
         </is>
       </c>
       <c r="E753" s="0" t="inlineStr">
         <is>
-          <t>BLANK DIXIE W CARDINAL:114573A - S</t>
+          <t>BLANK DIXIE W BLACK:114574F - 3XL</t>
         </is>
       </c>
       <c r="G753" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H753" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I753" s="0">
-        <v>39.99</v>
+        <v>41.99</v>
       </c>
       <c r="J753" s="0">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="754" spans="1:10" customHeight="0">
       <c r="A754" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kpmiyljzl49gb2n6h6xnn/dixie114570af11104.jpg?rlkey=zxrv89fzxdavxxiur3c1qsjoq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B754" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rmenzhppy48k23dsl3r36/womens-size-chartsdixie.jpg?rlkey=73kaymid068c3l5clqcwh4cuz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C754" s="0" t="inlineStr">
         <is>
           <t>Dixie Women's Reversible Vest</t>
         </is>
       </c>
       <c r="D754" s="0" t="inlineStr">
         <is>
           <t>114573</t>
         </is>
       </c>
       <c r="E754" s="0" t="inlineStr">
         <is>
-          <t>BLANK DIXIE W CARDINAL:114573B - M</t>
+          <t>BLANK DIXIE W CARDINAL:114573A - S</t>
         </is>
       </c>
       <c r="G754" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H754" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I754" s="0">
         <v>39.99</v>
       </c>
       <c r="J754" s="0">
-        <v>43</v>
+        <v>18</v>
       </c>
     </row>
     <row r="755" spans="1:10" customHeight="0">
       <c r="A755" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kpmiyljzl49gb2n6h6xnn/dixie114570af11104.jpg?rlkey=zxrv89fzxdavxxiur3c1qsjoq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B755" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rmenzhppy48k23dsl3r36/womens-size-chartsdixie.jpg?rlkey=73kaymid068c3l5clqcwh4cuz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C755" s="0" t="inlineStr">
         <is>
           <t>Dixie Women's Reversible Vest</t>
         </is>
       </c>
       <c r="D755" s="0" t="inlineStr">
         <is>
           <t>114573</t>
         </is>
       </c>
       <c r="E755" s="0" t="inlineStr">
         <is>
-          <t>BLANK DIXIE W CARDINAL:114573C - L</t>
+          <t>BLANK DIXIE W CARDINAL:114573B - M</t>
         </is>
       </c>
       <c r="G755" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H755" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I755" s="0">
         <v>39.99</v>
       </c>
       <c r="J755" s="0">
-        <v>38</v>
+        <v>43</v>
       </c>
     </row>
     <row r="756" spans="1:10" customHeight="0">
       <c r="A756" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kpmiyljzl49gb2n6h6xnn/dixie114570af11104.jpg?rlkey=zxrv89fzxdavxxiur3c1qsjoq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B756" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rmenzhppy48k23dsl3r36/womens-size-chartsdixie.jpg?rlkey=73kaymid068c3l5clqcwh4cuz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C756" s="0" t="inlineStr">
         <is>
           <t>Dixie Women's Reversible Vest</t>
         </is>
       </c>
       <c r="D756" s="0" t="inlineStr">
         <is>
           <t>114573</t>
         </is>
       </c>
       <c r="E756" s="0" t="inlineStr">
         <is>
-          <t>BLANK DIXIE W CARDINAL:114573D - XL</t>
+          <t>BLANK DIXIE W CARDINAL:114573C - L</t>
         </is>
       </c>
       <c r="G756" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H756" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I756" s="0">
         <v>39.99</v>
       </c>
       <c r="J756" s="0">
-        <v>15</v>
+        <v>38</v>
       </c>
     </row>
     <row r="757" spans="1:10" customHeight="0">
       <c r="A757" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kpmiyljzl49gb2n6h6xnn/dixie114570af11104.jpg?rlkey=zxrv89fzxdavxxiur3c1qsjoq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B757" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rmenzhppy48k23dsl3r36/womens-size-chartsdixie.jpg?rlkey=73kaymid068c3l5clqcwh4cuz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C757" s="0" t="inlineStr">
         <is>
           <t>Dixie Women's Reversible Vest</t>
         </is>
       </c>
       <c r="D757" s="0" t="inlineStr">
         <is>
           <t>114573</t>
         </is>
       </c>
       <c r="E757" s="0" t="inlineStr">
         <is>
-          <t>BLANK DIXIE W CARDINAL:114573E - 2XL</t>
+          <t>BLANK DIXIE W CARDINAL:114573D - XL</t>
         </is>
       </c>
       <c r="G757" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H757" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I757" s="0">
-        <v>41.99</v>
+        <v>39.99</v>
       </c>
       <c r="J757" s="0">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="758" spans="1:10" customHeight="0">
       <c r="A758" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kpmiyljzl49gb2n6h6xnn/dixie114570af11104.jpg?rlkey=zxrv89fzxdavxxiur3c1qsjoq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B758" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rmenzhppy48k23dsl3r36/womens-size-chartsdixie.jpg?rlkey=73kaymid068c3l5clqcwh4cuz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C758" s="0" t="inlineStr">
         <is>
           <t>Dixie Women's Reversible Vest</t>
         </is>
       </c>
       <c r="D758" s="0" t="inlineStr">
         <is>
           <t>114573</t>
         </is>
       </c>
       <c r="E758" s="0" t="inlineStr">
         <is>
-          <t>BLANK DIXIE W CARDINAL:114573F - 3XL</t>
+          <t>BLANK DIXIE W CARDINAL:114573E - 2XL</t>
         </is>
       </c>
       <c r="G758" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H758" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I758" s="0">
         <v>41.99</v>
       </c>
       <c r="J758" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="759" spans="1:10" customHeight="0">
       <c r="A759" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/quvugbskdv3twxn1qpsz0/114572-af1.jpg?rlkey=2s7lz52uaeobt3m9txmcjvvx4&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kpmiyljzl49gb2n6h6xnn/dixie114570af11104.jpg?rlkey=zxrv89fzxdavxxiur3c1qsjoq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B759" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rmenzhppy48k23dsl3r36/womens-size-chartsdixie.jpg?rlkey=73kaymid068c3l5clqcwh4cuz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C759" s="0" t="inlineStr">
         <is>
           <t>Dixie Women's Reversible Vest</t>
         </is>
       </c>
       <c r="D759" s="0" t="inlineStr">
         <is>
-          <t>114572</t>
+          <t>114573</t>
         </is>
       </c>
       <c r="E759" s="0" t="inlineStr">
         <is>
-          <t>BLANK DIXIE W GOLD:114572A - S</t>
+          <t>BLANK DIXIE W CARDINAL:114573F - 3XL</t>
         </is>
       </c>
       <c r="G759" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H759" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I759" s="0">
-        <v>39.99</v>
+        <v>41.99</v>
       </c>
       <c r="J759" s="0">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="760" spans="1:10" customHeight="0">
       <c r="A760" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/quvugbskdv3twxn1qpsz0/114572-af1.jpg?rlkey=2s7lz52uaeobt3m9txmcjvvx4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B760" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rmenzhppy48k23dsl3r36/womens-size-chartsdixie.jpg?rlkey=73kaymid068c3l5clqcwh4cuz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C760" s="0" t="inlineStr">
         <is>
           <t>Dixie Women's Reversible Vest</t>
         </is>
       </c>
       <c r="D760" s="0" t="inlineStr">
         <is>
           <t>114572</t>
         </is>
       </c>
       <c r="E760" s="0" t="inlineStr">
         <is>
-          <t>BLANK DIXIE W GOLD:114572B - M</t>
+          <t>BLANK DIXIE W GOLD:114572A - S</t>
         </is>
       </c>
       <c r="G760" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H760" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I760" s="0">
         <v>39.99</v>
       </c>
       <c r="J760" s="0">
-        <v>63</v>
+        <v>30</v>
       </c>
     </row>
     <row r="761" spans="1:10" customHeight="0">
       <c r="A761" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/quvugbskdv3twxn1qpsz0/114572-af1.jpg?rlkey=2s7lz52uaeobt3m9txmcjvvx4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B761" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rmenzhppy48k23dsl3r36/womens-size-chartsdixie.jpg?rlkey=73kaymid068c3l5clqcwh4cuz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C761" s="0" t="inlineStr">
         <is>
           <t>Dixie Women's Reversible Vest</t>
         </is>
       </c>
       <c r="D761" s="0" t="inlineStr">
         <is>
           <t>114572</t>
         </is>
       </c>
       <c r="E761" s="0" t="inlineStr">
         <is>
-          <t>BLANK DIXIE W GOLD:114572C - L</t>
+          <t>BLANK DIXIE W GOLD:114572B - M</t>
         </is>
       </c>
       <c r="G761" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H761" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I761" s="0">
         <v>39.99</v>
       </c>
       <c r="J761" s="0">
-        <v>53</v>
+        <v>63</v>
       </c>
     </row>
     <row r="762" spans="1:10" customHeight="0">
       <c r="A762" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/quvugbskdv3twxn1qpsz0/114572-af1.jpg?rlkey=2s7lz52uaeobt3m9txmcjvvx4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B762" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rmenzhppy48k23dsl3r36/womens-size-chartsdixie.jpg?rlkey=73kaymid068c3l5clqcwh4cuz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C762" s="0" t="inlineStr">
         <is>
           <t>Dixie Women's Reversible Vest</t>
         </is>
       </c>
       <c r="D762" s="0" t="inlineStr">
         <is>
           <t>114572</t>
         </is>
       </c>
       <c r="E762" s="0" t="inlineStr">
         <is>
-          <t>BLANK DIXIE W GOLD:114572D - XL</t>
+          <t>BLANK DIXIE W GOLD:114572C - L</t>
         </is>
       </c>
       <c r="G762" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H762" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I762" s="0">
         <v>39.99</v>
       </c>
       <c r="J762" s="0">
-        <v>6</v>
+        <v>53</v>
       </c>
     </row>
     <row r="763" spans="1:10" customHeight="0">
       <c r="A763" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/quvugbskdv3twxn1qpsz0/114572-af1.jpg?rlkey=2s7lz52uaeobt3m9txmcjvvx4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B763" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rmenzhppy48k23dsl3r36/womens-size-chartsdixie.jpg?rlkey=73kaymid068c3l5clqcwh4cuz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C763" s="0" t="inlineStr">
         <is>
           <t>Dixie Women's Reversible Vest</t>
         </is>
       </c>
       <c r="D763" s="0" t="inlineStr">
         <is>
           <t>114572</t>
         </is>
       </c>
       <c r="E763" s="0" t="inlineStr">
         <is>
-          <t>BLANK DIXIE W GOLD:114572E - 2XL</t>
+          <t>BLANK DIXIE W GOLD:114572D - XL</t>
         </is>
       </c>
       <c r="G763" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H763" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I763" s="0">
-        <v>41.99</v>
+        <v>39.99</v>
       </c>
       <c r="J763" s="0">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="764" spans="1:10" customHeight="0">
       <c r="A764" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/quvugbskdv3twxn1qpsz0/114572-af1.jpg?rlkey=2s7lz52uaeobt3m9txmcjvvx4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B764" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rmenzhppy48k23dsl3r36/womens-size-chartsdixie.jpg?rlkey=73kaymid068c3l5clqcwh4cuz&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C764" s="0" t="inlineStr">
         <is>
           <t>Dixie Women's Reversible Vest</t>
         </is>
       </c>
       <c r="D764" s="0" t="inlineStr">
         <is>
           <t>114572</t>
         </is>
       </c>
       <c r="E764" s="0" t="inlineStr">
         <is>
-          <t>BLANK DIXIE W GOLD:114572F - 3XL</t>
+          <t>BLANK DIXIE W GOLD:114572E - 2XL</t>
         </is>
       </c>
       <c r="G764" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H764" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I764" s="0">
         <v>41.99</v>
       </c>
       <c r="J764" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="765" spans="1:10" customHeight="0">
+      <c r="A765" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/quvugbskdv3twxn1qpsz0/114572-af1.jpg?rlkey=2s7lz52uaeobt3m9txmcjvvx4&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B765" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rmenzhppy48k23dsl3r36/womens-size-chartsdixie.jpg?rlkey=73kaymid068c3l5clqcwh4cuz&amp;dl=0","Click to download SizeChart")</f>
+      </c>
+      <c r="C765" s="0" t="inlineStr">
+        <is>
+          <t>Dixie Women's Reversible Vest</t>
+        </is>
+      </c>
+      <c r="D765" s="0" t="inlineStr">
+        <is>
+          <t>114572</t>
+        </is>
+      </c>
+      <c r="E765" s="0" t="inlineStr">
+        <is>
+          <t>BLANK DIXIE W GOLD:114572F - 3XL</t>
+        </is>
+      </c>
+      <c r="G765" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H765" s="0" t="inlineStr">
+        <is>
+          <t>3XL</t>
+        </is>
+      </c>
+      <c r="I765" s="0">
+        <v>41.99</v>
+      </c>
+      <c r="J765" s="0">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language/>