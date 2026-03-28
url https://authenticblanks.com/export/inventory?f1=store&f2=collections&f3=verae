--- v0 (2026-02-07)
+++ v1 (2026-03-28)
@@ -72,51 +72,51 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J384"/>
+  <dimension ref="A1:J106"/>
   <sheetData>
     <row r="1" spans="1:10" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>ImageURL</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>SizeChart</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Product Name</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Model</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>SKU</t>
@@ -164,16700 +164,4543 @@
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>BLANK CASS A BK:126218</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>799126218016</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I2" s="0">
         <v>38</v>
       </c>
       <c r="J2" s="0">
-        <v>446</v>
+        <v>444</v>
       </c>
     </row>
     <row r="3" spans="1:10" customHeight="0">
       <c r="A3" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f1xxu2dhmwoe9iz92aumk/dsc0679fg92289.jpg?rlkey=tem44mbq0rfrvoncfu5xzbkvs&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dw0yvyn86knbhqotzoh5u/9184greyfg75907.jpg?rlkey=kxn0e9jlykyb2ktb19l1mza2q&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>Cass Women's Laser Cut Cap</t>
+          <t>Leandra Women's Jockey Cap</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
-          <t>126319</t>
+          <t>126287</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>BLANK CASS A BC:126319</t>
+          <t>BLANK LEANDR DG:126287</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
-          <t>799126319010</t>
+          <t>799126287012</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
-      <c r="H3" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I3" s="0">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="J3" s="0">
-        <v>484</v>
+        <v>497</v>
       </c>
     </row>
     <row r="4" spans="1:10" customHeight="0">
       <c r="A4" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gsdx1ags9nawe7qegvm5t/8896fg21432.jpg?rlkey=g79zg5spsqqjbx5zcv2e56xiv&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6oy6tnuzseadwopzlzn6k/screenshot-2024-07-01-at-8.19.51pm.png?rlkey=hneusodkc35iz73aa9siqwsnt&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>Cass Women's Laser Cut Cap</t>
+          <t>Nala Poly Twill Fanny Pack</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
-          <t>126220</t>
+          <t>126513</t>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>BLANK CASS A PE:126220</t>
+          <t>BLANK NALA BK:126513</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
-          <t>799126220019</t>
-[...9 lines deleted...]
-          <t>WOMENS</t>
+          <t>999126513016</t>
         </is>
       </c>
       <c r="I4" s="0">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="J4" s="0">
-        <v>492</v>
+        <v>372</v>
       </c>
     </row>
     <row r="5" spans="1:10" customHeight="0">
       <c r="A5" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b5g38ho0oahl5hl3ac640/a7340-2fg66827.jpg?rlkey=pk92aip2wr9wiogmqpb1xko1s&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ktje7wsngcq6d1020k1a1/screenshot-2024-07-01-at-8.33.06pm.png?rlkey=o8i6ik4kfwu9bzfki69gkqkvh&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>Cass Women's Laser Cut Cap</t>
+          <t>Maeve PU Leather Crossbody</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
-          <t>126219</t>
+          <t>126623</t>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>BLANK CASS A CO:126219</t>
+          <t>BLANK MAEVE WE:126623</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
-          <t>799126219013</t>
-[...4 lines deleted...]
-          <t>WOMENS</t>
+          <t>999126623012</t>
         </is>
       </c>
       <c r="I5" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="J5" s="0">
-        <v>440</v>
+        <v>257</v>
       </c>
     </row>
     <row r="6" spans="1:10" customHeight="0">
       <c r="A6" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dw0yvyn86knbhqotzoh5u/9184greyfg75907.jpg?rlkey=kxn0e9jlykyb2ktb19l1mza2q&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4siv3nvzdng5l0v9s7kxb/screenshot-2024-07-01-at-8.44.37pm.png?rlkey=zsmvwhtuslo4dvwuoa65tph41&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B6" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0arncyw2vhwmwipoazy82/verae-size-charts-priah.jpg?rlkey=90mfxaoki3v4ermdeaqj0zrpk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>Leandra Women's Jockey Cap</t>
+          <t>Priah Women's Scuba Dress</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
-          <t>126287</t>
+          <t>125382</t>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>BLANK LEANDR DG:126287</t>
+          <t>BLANK PRIAH W BK:125382AA-XS</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
-          <t>799126287012</t>
+          <t>899125382036</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
+      <c r="H6" s="0" t="inlineStr">
+        <is>
+          <t>XS</t>
+        </is>
+      </c>
       <c r="I6" s="0">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="J6" s="0">
-        <v>497</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:10" customHeight="0">
       <c r="A7" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/6oy6tnuzseadwopzlzn6k/screenshot-2024-07-01-at-8.19.51pm.png?rlkey=hneusodkc35iz73aa9siqwsnt&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4siv3nvzdng5l0v9s7kxb/screenshot-2024-07-01-at-8.44.37pm.png?rlkey=zsmvwhtuslo4dvwuoa65tph41&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B7" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0arncyw2vhwmwipoazy82/verae-size-charts-priah.jpg?rlkey=90mfxaoki3v4ermdeaqj0zrpk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>Nala Poly Twill Fanny Pack</t>
+          <t>Priah Women's Scuba Dress</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
-          <t>126513</t>
+          <t>125382</t>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>BLANK NALA BK:126513</t>
+          <t>BLANK PRIAH W BK:125382A-S</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
-          <t>999126513016</t>
+          <t>899125382043</t>
+        </is>
+      </c>
+      <c r="G7" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H7" s="0" t="inlineStr">
+        <is>
+          <t>S</t>
         </is>
       </c>
       <c r="I7" s="0">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="J7" s="0">
-        <v>372</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="0">
       <c r="A8" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ifkl2715kw64ae92k9a95/screenshot-2024-07-01-at-8.20.03pm.png?rlkey=pmmxlkaybwc6afb0zb6kd57up&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4siv3nvzdng5l0v9s7kxb/screenshot-2024-07-01-at-8.44.37pm.png?rlkey=zsmvwhtuslo4dvwuoa65tph41&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B8" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0arncyw2vhwmwipoazy82/verae-size-charts-priah.jpg?rlkey=90mfxaoki3v4ermdeaqj0zrpk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>Nala Poly Twill Fanny Pack</t>
+          <t>Priah Women's Scuba Dress</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
-          <t>126514</t>
+          <t>125382</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>BLANK NALA LG:126514</t>
+          <t>BLANK PRIAH W BK:125382B-M</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
-          <t>999126514013</t>
+          <t>899125382050</t>
+        </is>
+      </c>
+      <c r="G8" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H8" s="0" t="inlineStr">
+        <is>
+          <t>M</t>
         </is>
       </c>
       <c r="I8" s="0">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="J8" s="0">
-        <v>325</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:10" customHeight="0">
       <c r="A9" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/uay7u5fkuh4m0knw81lo7/screenshot-2024-07-01-at-8.20.14pm.png?rlkey=xbvuddlc0tretgau74lhlq4zj&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4siv3nvzdng5l0v9s7kxb/screenshot-2024-07-01-at-8.44.37pm.png?rlkey=zsmvwhtuslo4dvwuoa65tph41&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B9" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0arncyw2vhwmwipoazy82/verae-size-charts-priah.jpg?rlkey=90mfxaoki3v4ermdeaqj0zrpk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>Nala Poly Twill Fanny Pack</t>
+          <t>Priah Women's Scuba Dress</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
-          <t>126229</t>
+          <t>125382</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>BLANK NALA PE:126229</t>
+          <t>BLANK PRIAH W BK:125382C-L</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
-          <t>999126229016</t>
+          <t>899125382067</t>
+        </is>
+      </c>
+      <c r="G9" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H9" s="0" t="inlineStr">
+        <is>
+          <t>L</t>
         </is>
       </c>
       <c r="I9" s="0">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="J9" s="0">
-        <v>346</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="0">
       <c r="A10" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ktje7wsngcq6d1020k1a1/screenshot-2024-07-01-at-8.33.06pm.png?rlkey=o8i6ik4kfwu9bzfki69gkqkvh&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4siv3nvzdng5l0v9s7kxb/screenshot-2024-07-01-at-8.44.37pm.png?rlkey=zsmvwhtuslo4dvwuoa65tph41&amp;dl=0","Click to download Image")</f>
+      </c>
+      <c r="B10" s="0">
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0arncyw2vhwmwipoazy82/verae-size-charts-priah.jpg?rlkey=90mfxaoki3v4ermdeaqj0zrpk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>Maeve PU Leather Crossbody</t>
+          <t>Priah Women's Scuba Dress</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
-          <t>126623</t>
+          <t>125382</t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>BLANK MAEVE WE:126623</t>
+          <t>BLANK PRIAH W BK:125382D-XL</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
-          <t>999126623012</t>
+          <t>899125382074</t>
+        </is>
+      </c>
+      <c r="G10" s="0" t="inlineStr">
+        <is>
+          <t>WOMENS</t>
+        </is>
+      </c>
+      <c r="H10" s="0" t="inlineStr">
+        <is>
+          <t>XL</t>
         </is>
       </c>
       <c r="I10" s="0">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="J10" s="0">
-        <v>257</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="0">
       <c r="A11" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4siv3nvzdng5l0v9s7kxb/screenshot-2024-07-01-at-8.44.37pm.png?rlkey=zsmvwhtuslo4dvwuoa65tph41&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B11" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0arncyw2vhwmwipoazy82/verae-size-charts-priah.jpg?rlkey=90mfxaoki3v4ermdeaqj0zrpk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>Priah Women's Scuba Dress</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t>125382</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIAH W BK:125382AA-XS</t>
+          <t>BLANK PRIAH W BK:125382E-2XL</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
-          <t>899125382036</t>
+          <t>899125382081</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t>XS</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I11" s="0">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="J11" s="0">
-        <v>14</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="0">
       <c r="A12" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4siv3nvzdng5l0v9s7kxb/screenshot-2024-07-01-at-8.44.37pm.png?rlkey=zsmvwhtuslo4dvwuoa65tph41&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B12" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0arncyw2vhwmwipoazy82/verae-size-charts-priah.jpg?rlkey=90mfxaoki3v4ermdeaqj0zrpk&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>Priah Women's Scuba Dress</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t>125382</t>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIAH W BK:125382A-S</t>
+          <t>BLANK PRIAH W BK:125382F-3XL</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
-          <t>899125382043</t>
+          <t>899125382098</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I12" s="0">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="J12" s="0">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="0">
       <c r="A13" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4siv3nvzdng5l0v9s7kxb/screenshot-2024-07-01-at-8.44.37pm.png?rlkey=zsmvwhtuslo4dvwuoa65tph41&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zqebj4g8sg50p5wf7o2t3/screenshot-2024-07-01-at-8.52.19pm.png?rlkey=060110p2zzsrttnaoujfn9stu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B13" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0arncyw2vhwmwipoazy82/verae-size-charts-priah.jpg?rlkey=90mfxaoki3v4ermdeaqj0zrpk&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4ut1ggmlacis4zfowk9wq/verae-size-charts-rylee.jpg?rlkey=e4qgmks7gdggnzev09nfouxrx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>Priah Women's Scuba Dress</t>
+          <t>Rylee Women's Jumpsuit</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
-          <t>125382</t>
+          <t>125400</t>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIAH W BK:125382B-M</t>
+          <t>BLANK RYLEE W BK:125400AA-XS</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
-          <t>899125382050</t>
+          <t>899125400037</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>XS</t>
         </is>
       </c>
       <c r="I13" s="0">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="J13" s="0">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="0">
       <c r="A14" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4siv3nvzdng5l0v9s7kxb/screenshot-2024-07-01-at-8.44.37pm.png?rlkey=zsmvwhtuslo4dvwuoa65tph41&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zqebj4g8sg50p5wf7o2t3/screenshot-2024-07-01-at-8.52.19pm.png?rlkey=060110p2zzsrttnaoujfn9stu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B14" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0arncyw2vhwmwipoazy82/verae-size-charts-priah.jpg?rlkey=90mfxaoki3v4ermdeaqj0zrpk&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4ut1ggmlacis4zfowk9wq/verae-size-charts-rylee.jpg?rlkey=e4qgmks7gdggnzev09nfouxrx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>Priah Women's Scuba Dress</t>
+          <t>Rylee Women's Jumpsuit</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
-          <t>125382</t>
+          <t>125400</t>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIAH W BK:125382C-L</t>
+          <t>BLANK RYLEE W BK:125400A-S</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>899125382067</t>
+          <t>899125400044</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I14" s="0">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="J14" s="0">
-        <v>40</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="0">
       <c r="A15" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4siv3nvzdng5l0v9s7kxb/screenshot-2024-07-01-at-8.44.37pm.png?rlkey=zsmvwhtuslo4dvwuoa65tph41&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zqebj4g8sg50p5wf7o2t3/screenshot-2024-07-01-at-8.52.19pm.png?rlkey=060110p2zzsrttnaoujfn9stu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B15" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0arncyw2vhwmwipoazy82/verae-size-charts-priah.jpg?rlkey=90mfxaoki3v4ermdeaqj0zrpk&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4ut1ggmlacis4zfowk9wq/verae-size-charts-rylee.jpg?rlkey=e4qgmks7gdggnzev09nfouxrx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>Priah Women's Scuba Dress</t>
+          <t>Rylee Women's Jumpsuit</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
-          <t>125382</t>
+          <t>125400</t>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIAH W BK:125382D-XL</t>
+          <t>BLANK RYLEE W BK:125400B-M</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
-          <t>899125382074</t>
+          <t>899125400051</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I15" s="0">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="J15" s="0">
-        <v>45</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="0">
       <c r="A16" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4siv3nvzdng5l0v9s7kxb/screenshot-2024-07-01-at-8.44.37pm.png?rlkey=zsmvwhtuslo4dvwuoa65tph41&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zqebj4g8sg50p5wf7o2t3/screenshot-2024-07-01-at-8.52.19pm.png?rlkey=060110p2zzsrttnaoujfn9stu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B16" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0arncyw2vhwmwipoazy82/verae-size-charts-priah.jpg?rlkey=90mfxaoki3v4ermdeaqj0zrpk&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4ut1ggmlacis4zfowk9wq/verae-size-charts-rylee.jpg?rlkey=e4qgmks7gdggnzev09nfouxrx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>Priah Women's Scuba Dress</t>
+          <t>Rylee Women's Jumpsuit</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
-          <t>125382</t>
+          <t>125400</t>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIAH W BK:125382E-2XL</t>
+          <t>BLANK RYLEE W BK:125400C-L</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
-          <t>899125382081</t>
+          <t>899125400068</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I16" s="0">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="J16" s="0">
-        <v>26</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="0">
       <c r="A17" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4siv3nvzdng5l0v9s7kxb/screenshot-2024-07-01-at-8.44.37pm.png?rlkey=zsmvwhtuslo4dvwuoa65tph41&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zqebj4g8sg50p5wf7o2t3/screenshot-2024-07-01-at-8.52.19pm.png?rlkey=060110p2zzsrttnaoujfn9stu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B17" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0arncyw2vhwmwipoazy82/verae-size-charts-priah.jpg?rlkey=90mfxaoki3v4ermdeaqj0zrpk&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4ut1ggmlacis4zfowk9wq/verae-size-charts-rylee.jpg?rlkey=e4qgmks7gdggnzev09nfouxrx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>Priah Women's Scuba Dress</t>
+          <t>Rylee Women's Jumpsuit</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
-          <t>125382</t>
+          <t>125400</t>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>BLANK PRIAH W BK:125382F-3XL</t>
+          <t>BLANK RYLEE W BK:125400D-XL</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
-          <t>899125382098</t>
+          <t>899125400075</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I17" s="0">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="J17" s="0">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="0">
       <c r="A18" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zqebj4g8sg50p5wf7o2t3/screenshot-2024-07-01-at-8.52.19pm.png?rlkey=060110p2zzsrttnaoujfn9stu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B18" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4ut1ggmlacis4zfowk9wq/verae-size-charts-rylee.jpg?rlkey=e4qgmks7gdggnzev09nfouxrx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>Rylee Women's Jumpsuit</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t>125400</t>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>BLANK RYLEE W BK:125400AA-XS</t>
+          <t>BLANK RYLEE W BK:125400E-2XL</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
-          <t>899125400037</t>
+          <t>899125400082</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
-          <t>XS</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I18" s="0">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="J18" s="0">
-        <v>14</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="0">
       <c r="A19" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zqebj4g8sg50p5wf7o2t3/screenshot-2024-07-01-at-8.52.19pm.png?rlkey=060110p2zzsrttnaoujfn9stu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B19" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4ut1ggmlacis4zfowk9wq/verae-size-charts-rylee.jpg?rlkey=e4qgmks7gdggnzev09nfouxrx&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>Rylee Women's Jumpsuit</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t>125400</t>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>BLANK RYLEE W BK:125400A-S</t>
+          <t>BLANK RYLEE W BK:125400F-3XL</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
-          <t>899125400044</t>
+          <t>899125400099</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I19" s="0">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="J19" s="0">
-        <v>0</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="0">
       <c r="A20" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zqebj4g8sg50p5wf7o2t3/screenshot-2024-07-01-at-8.52.19pm.png?rlkey=060110p2zzsrttnaoujfn9stu&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c139s3hb7u8ts2hooieit/chesney-04.jpg?rlkey=wvvfx8hdcjlld7z9nk2be5cdy&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B20" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4ut1ggmlacis4zfowk9wq/verae-size-charts-rylee.jpg?rlkey=e4qgmks7gdggnzev09nfouxrx&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>Rylee Women's Jumpsuit</t>
+          <t>Chesney Women's Bamboo Tank Top</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
-          <t>125400</t>
+          <t>125383</t>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>BLANK RYLEE W BK:125400B-M</t>
+          <t>BLANK CHESNEY W BK:125383AA-XS</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
-          <t>899125400051</t>
+          <t>899125383033</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>XS</t>
         </is>
       </c>
       <c r="I20" s="0">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="J20" s="0">
-        <v>0</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="0">
       <c r="A21" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zqebj4g8sg50p5wf7o2t3/screenshot-2024-07-01-at-8.52.19pm.png?rlkey=060110p2zzsrttnaoujfn9stu&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c139s3hb7u8ts2hooieit/chesney-04.jpg?rlkey=wvvfx8hdcjlld7z9nk2be5cdy&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B21" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4ut1ggmlacis4zfowk9wq/verae-size-charts-rylee.jpg?rlkey=e4qgmks7gdggnzev09nfouxrx&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>Rylee Women's Jumpsuit</t>
+          <t>Chesney Women's Bamboo Tank Top</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
-          <t>125400</t>
+          <t>125383</t>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>BLANK RYLEE W BK:125400C-L</t>
+          <t>BLANK CHESNEY W BK:125383A-S</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>899125400068</t>
+          <t>899125383040</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I21" s="0">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="J21" s="0">
-        <v>0</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="0">
       <c r="A22" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zqebj4g8sg50p5wf7o2t3/screenshot-2024-07-01-at-8.52.19pm.png?rlkey=060110p2zzsrttnaoujfn9stu&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c139s3hb7u8ts2hooieit/chesney-04.jpg?rlkey=wvvfx8hdcjlld7z9nk2be5cdy&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B22" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4ut1ggmlacis4zfowk9wq/verae-size-charts-rylee.jpg?rlkey=e4qgmks7gdggnzev09nfouxrx&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>Rylee Women's Jumpsuit</t>
+          <t>Chesney Women's Bamboo Tank Top</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
-          <t>125400</t>
+          <t>125383</t>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>BLANK RYLEE W BK:125400D-XL</t>
+          <t>BLANK CHESNEY W BK:125383B-M</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
-          <t>899125400075</t>
+          <t>899125383057</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I22" s="0">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="J22" s="0">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="0">
       <c r="A23" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zqebj4g8sg50p5wf7o2t3/screenshot-2024-07-01-at-8.52.19pm.png?rlkey=060110p2zzsrttnaoujfn9stu&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c139s3hb7u8ts2hooieit/chesney-04.jpg?rlkey=wvvfx8hdcjlld7z9nk2be5cdy&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B23" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4ut1ggmlacis4zfowk9wq/verae-size-charts-rylee.jpg?rlkey=e4qgmks7gdggnzev09nfouxrx&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>Rylee Women's Jumpsuit</t>
+          <t>Chesney Women's Bamboo Tank Top</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
-          <t>125400</t>
+          <t>125383</t>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>BLANK RYLEE W BK:125400E-2XL</t>
+          <t>BLANK CHESNEY W BK:125383C-L</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>899125400082</t>
+          <t>899125383064</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I23" s="0">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="J23" s="0">
-        <v>0</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="0">
       <c r="A24" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/zqebj4g8sg50p5wf7o2t3/screenshot-2024-07-01-at-8.52.19pm.png?rlkey=060110p2zzsrttnaoujfn9stu&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c139s3hb7u8ts2hooieit/chesney-04.jpg?rlkey=wvvfx8hdcjlld7z9nk2be5cdy&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B24" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4ut1ggmlacis4zfowk9wq/verae-size-charts-rylee.jpg?rlkey=e4qgmks7gdggnzev09nfouxrx&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>Rylee Women's Jumpsuit</t>
+          <t>Chesney Women's Bamboo Tank Top</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
-          <t>125400</t>
+          <t>125383</t>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>BLANK RYLEE W BK:125400F-3XL</t>
+          <t>BLANK CHESNEY W BK:125383D-XL</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>899125400099</t>
+          <t>899125383071</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I24" s="0">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="J24" s="0">
-        <v>18</v>
+        <v>33</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="0">
       <c r="A25" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c139s3hb7u8ts2hooieit/chesney-04.jpg?rlkey=wvvfx8hdcjlld7z9nk2be5cdy&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B25" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>Chesney Women's Bamboo Tank Top</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t>125383</t>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W BK:125383AA-XS</t>
+          <t>BLANK CHESNEY W BK:125383E-2XL</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
-          <t>899125383033</t>
+          <t>899125383088</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
-          <t>XS</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I25" s="0">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="J25" s="0">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="0">
       <c r="A26" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c139s3hb7u8ts2hooieit/chesney-04.jpg?rlkey=wvvfx8hdcjlld7z9nk2be5cdy&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B26" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>Chesney Women's Bamboo Tank Top</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t>125383</t>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W BK:125383A-S</t>
+          <t>BLANK CHESNEY W BK:125383F-3XL</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
-          <t>899125383040</t>
+          <t>899125383095</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I26" s="0">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="J26" s="0">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="0">
       <c r="A27" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c139s3hb7u8ts2hooieit/chesney-04.jpg?rlkey=wvvfx8hdcjlld7z9nk2be5cdy&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wgeh8db2x2xssy512jnqq/8986fg237044.jpg?rlkey=x1s1o02drrum9yg8e4m9by8d5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B27" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Paxton Women's Viscose Long Sleeve</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
-          <t>125383</t>
+          <t>125426</t>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W BK:125383B-M</t>
+          <t>BLANK PAXTON W BK:125426AA-XS</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>899125383057</t>
+          <t>899125426037</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>XS</t>
         </is>
       </c>
       <c r="I27" s="0">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="J27" s="0">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="0">
       <c r="A28" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c139s3hb7u8ts2hooieit/chesney-04.jpg?rlkey=wvvfx8hdcjlld7z9nk2be5cdy&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wgeh8db2x2xssy512jnqq/8986fg237044.jpg?rlkey=x1s1o02drrum9yg8e4m9by8d5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B28" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Paxton Women's Viscose Long Sleeve</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
-          <t>125383</t>
+          <t>125426</t>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W BK:125383C-L</t>
+          <t>BLANK PAXTON W BK:125426A-S</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>899125383064</t>
+          <t>899125426044</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I28" s="0">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="J28" s="0">
-        <v>23</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="0">
       <c r="A29" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c139s3hb7u8ts2hooieit/chesney-04.jpg?rlkey=wvvfx8hdcjlld7z9nk2be5cdy&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wgeh8db2x2xssy512jnqq/8986fg237044.jpg?rlkey=x1s1o02drrum9yg8e4m9by8d5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B29" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Paxton Women's Viscose Long Sleeve</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
-          <t>125383</t>
+          <t>125426</t>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W BK:125383D-XL</t>
+          <t>BLANK PAXTON W BK:125426B-M</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>899125383071</t>
+          <t>899125426051</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I29" s="0">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="J29" s="0">
-        <v>33</v>
+        <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="0">
       <c r="A30" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c139s3hb7u8ts2hooieit/chesney-04.jpg?rlkey=wvvfx8hdcjlld7z9nk2be5cdy&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wgeh8db2x2xssy512jnqq/8986fg237044.jpg?rlkey=x1s1o02drrum9yg8e4m9by8d5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B30" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Paxton Women's Viscose Long Sleeve</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
-          <t>125383</t>
+          <t>125426</t>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W BK:125383E-2XL</t>
+          <t>BLANK PAXTON W BK:125426C-L</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>899125383088</t>
+          <t>899125426068</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I30" s="0">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="J30" s="0">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="0">
       <c r="A31" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c139s3hb7u8ts2hooieit/chesney-04.jpg?rlkey=wvvfx8hdcjlld7z9nk2be5cdy&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wgeh8db2x2xssy512jnqq/8986fg237044.jpg?rlkey=x1s1o02drrum9yg8e4m9by8d5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B31" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Paxton Women's Viscose Long Sleeve</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
-          <t>125383</t>
+          <t>125426</t>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W BK:125383F-3XL</t>
+          <t>BLANK PAXTON W BK:125426D-XL</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>899125383095</t>
+          <t>899125426075</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I31" s="0">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="J31" s="0">
-        <v>18</v>
+        <v>43</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="0">
       <c r="A32" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/df7pwt9r12syjm59omzxi/chesney-06.jpg?rlkey=w5b0qihjcsolv1ppcbnflwytq&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wgeh8db2x2xssy512jnqq/8986fg237044.jpg?rlkey=x1s1o02drrum9yg8e4m9by8d5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B32" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Paxton Women's Viscose Long Sleeve</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
-          <t>126477</t>
+          <t>125426</t>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W ND:126477AA-XS</t>
+          <t>BLANK PAXTON W BK:125426E-2XL</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>899126477038</t>
+          <t>899125426082</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
-          <t>XS</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I32" s="0">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="J32" s="0">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="0">
       <c r="A33" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/df7pwt9r12syjm59omzxi/chesney-06.jpg?rlkey=w5b0qihjcsolv1ppcbnflwytq&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wgeh8db2x2xssy512jnqq/8986fg237044.jpg?rlkey=x1s1o02drrum9yg8e4m9by8d5&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B33" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Paxton Women's Viscose Long Sleeve</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
-          <t>126477</t>
+          <t>125426</t>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W ND:126477A-S</t>
+          <t>BLANK PAXTON W BK:125426F-3XL</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
-          <t>899126477045</t>
+          <t>899125426099</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I33" s="0">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="J33" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="0">
       <c r="A34" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/df7pwt9r12syjm59omzxi/chesney-06.jpg?rlkey=w5b0qihjcsolv1ppcbnflwytq&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ohtomgg4bb52y27xjkylp/a7248-21blackfg96281.jpg?rlkey=wxnk7pymi2v6bc2i75wb4u5ot&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B34" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pt42yvd8zozyzjkjoo53u/verae-size-chartsavie.jpg?rlkey=fbujyh9oombyty4w58gzokpxb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Avie Women's Scuba Sweatshirt</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
-          <t>126477</t>
+          <t>124308</t>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W ND:126477B-M</t>
+          <t>BLANK AVIE W BK:124308AA-XS</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
-          <t>899125383057</t>
+          <t>899124308037</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>XS</t>
         </is>
       </c>
       <c r="I34" s="0">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="J34" s="0">
-        <v>42</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="0">
       <c r="A35" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/df7pwt9r12syjm59omzxi/chesney-06.jpg?rlkey=w5b0qihjcsolv1ppcbnflwytq&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ohtomgg4bb52y27xjkylp/a7248-21blackfg96281.jpg?rlkey=wxnk7pymi2v6bc2i75wb4u5ot&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B35" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pt42yvd8zozyzjkjoo53u/verae-size-chartsavie.jpg?rlkey=fbujyh9oombyty4w58gzokpxb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Avie Women's Scuba Sweatshirt</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
-          <t>126477</t>
+          <t>124308</t>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W ND:126477C-L</t>
+          <t>BLANK AVIE W BK:124308A-S</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
-          <t>899126477069</t>
+          <t>899124308044</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I35" s="0">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="J35" s="0">
-        <v>43</v>
+        <v>27</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="0">
       <c r="A36" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/df7pwt9r12syjm59omzxi/chesney-06.jpg?rlkey=w5b0qihjcsolv1ppcbnflwytq&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ohtomgg4bb52y27xjkylp/a7248-21blackfg96281.jpg?rlkey=wxnk7pymi2v6bc2i75wb4u5ot&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B36" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pt42yvd8zozyzjkjoo53u/verae-size-chartsavie.jpg?rlkey=fbujyh9oombyty4w58gzokpxb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Avie Women's Scuba Sweatshirt</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
-          <t>126477</t>
+          <t>124308</t>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W ND:126477D-XL</t>
+          <t>BLANK AVIE W BK:124308B-M</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
-          <t>899126477076</t>
+          <t>899124308051</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I36" s="0">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="J36" s="0">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="0">
       <c r="A37" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/df7pwt9r12syjm59omzxi/chesney-06.jpg?rlkey=w5b0qihjcsolv1ppcbnflwytq&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ohtomgg4bb52y27xjkylp/a7248-21blackfg96281.jpg?rlkey=wxnk7pymi2v6bc2i75wb4u5ot&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B37" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pt42yvd8zozyzjkjoo53u/verae-size-chartsavie.jpg?rlkey=fbujyh9oombyty4w58gzokpxb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Avie Women's Scuba Sweatshirt</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
-          <t>126477</t>
+          <t>124308</t>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W ND:126477E-2XL</t>
+          <t>BLANK AVIE W BK:124308C-L</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>899126477083</t>
+          <t>899124308068</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I37" s="0">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="J37" s="0">
-        <v>26</v>
+        <v>47</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="0">
       <c r="A38" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/df7pwt9r12syjm59omzxi/chesney-06.jpg?rlkey=w5b0qihjcsolv1ppcbnflwytq&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ohtomgg4bb52y27xjkylp/a7248-21blackfg96281.jpg?rlkey=wxnk7pymi2v6bc2i75wb4u5ot&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B38" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pt42yvd8zozyzjkjoo53u/verae-size-chartsavie.jpg?rlkey=fbujyh9oombyty4w58gzokpxb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Avie Women's Scuba Sweatshirt</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
-          <t>126477</t>
+          <t>124308</t>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W ND:126477F-3XL</t>
+          <t>BLANK AVIE W BK:124308D-XL</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
-          <t>899126477090</t>
+          <t>899124308075</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I38" s="0">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="J38" s="0">
-        <v>17</v>
+        <v>47</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="0">
       <c r="A39" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mqaj7bt9n2hqunf3djtn5/chesney-05.jpg?rlkey=xwvi5ogr27wpm78fn1tpo7j6k&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ohtomgg4bb52y27xjkylp/a7248-21blackfg96281.jpg?rlkey=wxnk7pymi2v6bc2i75wb4u5ot&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B39" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pt42yvd8zozyzjkjoo53u/verae-size-chartsavie.jpg?rlkey=fbujyh9oombyty4w58gzokpxb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Avie Women's Scuba Sweatshirt</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
-          <t>126474</t>
+          <t>124308</t>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W DG:126474AA-XS</t>
+          <t>BLANK AVIE W BK:124308E-2XL</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t>899126474037</t>
+          <t>899124308082</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>XS</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I39" s="0">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="J39" s="0">
-        <v>17</v>
+        <v>29</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="0">
       <c r="A40" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mqaj7bt9n2hqunf3djtn5/chesney-05.jpg?rlkey=xwvi5ogr27wpm78fn1tpo7j6k&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ohtomgg4bb52y27xjkylp/a7248-21blackfg96281.jpg?rlkey=wxnk7pymi2v6bc2i75wb4u5ot&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B40" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pt42yvd8zozyzjkjoo53u/verae-size-chartsavie.jpg?rlkey=fbujyh9oombyty4w58gzokpxb&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Avie Women's Scuba Sweatshirt</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
-          <t>126474</t>
+          <t>124308</t>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W DG:126474A-S</t>
+          <t>BLANK AVIE W BK:124308F-3XL</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>899126474044</t>
+          <t>899124308099</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I40" s="0">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="J40" s="0">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="0">
       <c r="A41" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mqaj7bt9n2hqunf3djtn5/chesney-05.jpg?rlkey=xwvi5ogr27wpm78fn1tpo7j6k&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e9v5auqeld8wcnlgazynl/a7171-blackfg52199.jpg?rlkey=fm4wfkdldw1q2vhca9n2cu6sp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B41" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/43tegde0ha18ge15u5zgi/verae-size-charts-bianca.jpg?rlkey=qgg6al9hc3l17adezo6uoj84x&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Bianca Women's Quad Blend Sweatshirt</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
-          <t>126474</t>
+          <t>126492</t>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W DG:126474B-M</t>
+          <t>BLANK BIANCA W BK:126492AA-XS</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>899126474051</t>
+          <t>899126492031</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
-      <c r="H41" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I41" s="0">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="J41" s="0">
-        <v>37</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="0">
       <c r="A42" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mqaj7bt9n2hqunf3djtn5/chesney-05.jpg?rlkey=xwvi5ogr27wpm78fn1tpo7j6k&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e9v5auqeld8wcnlgazynl/a7171-blackfg52199.jpg?rlkey=fm4wfkdldw1q2vhca9n2cu6sp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B42" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/43tegde0ha18ge15u5zgi/verae-size-charts-bianca.jpg?rlkey=qgg6al9hc3l17adezo6uoj84x&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Bianca Women's Quad Blend Sweatshirt</t>
         </is>
       </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
-          <t>126474</t>
+          <t>126492</t>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W DG:126474C-L</t>
+          <t>BLANK BIANCA W BK:126492A-S</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
-          <t>899126474068</t>
+          <t>899126492048</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
-      <c r="H42" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I42" s="0">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="J42" s="0">
-        <v>39</v>
+        <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="0">
       <c r="A43" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mqaj7bt9n2hqunf3djtn5/chesney-05.jpg?rlkey=xwvi5ogr27wpm78fn1tpo7j6k&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e9v5auqeld8wcnlgazynl/a7171-blackfg52199.jpg?rlkey=fm4wfkdldw1q2vhca9n2cu6sp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B43" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/43tegde0ha18ge15u5zgi/verae-size-charts-bianca.jpg?rlkey=qgg6al9hc3l17adezo6uoj84x&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Bianca Women's Quad Blend Sweatshirt</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
-          <t>126474</t>
+          <t>126492</t>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W DG:126474D-XL</t>
+          <t>BLANK BIANCA W BK:126492B-M</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t>899126474075</t>
+          <t>899126492055</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
-      <c r="H43" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I43" s="0">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="J43" s="0">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="0">
       <c r="A44" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mqaj7bt9n2hqunf3djtn5/chesney-05.jpg?rlkey=xwvi5ogr27wpm78fn1tpo7j6k&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e9v5auqeld8wcnlgazynl/a7171-blackfg52199.jpg?rlkey=fm4wfkdldw1q2vhca9n2cu6sp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B44" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/43tegde0ha18ge15u5zgi/verae-size-charts-bianca.jpg?rlkey=qgg6al9hc3l17adezo6uoj84x&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Bianca Women's Quad Blend Sweatshirt</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
-          <t>126474</t>
+          <t>126492</t>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W DG:126474E-2XL</t>
+          <t>BLANK BIANCA W BK:126492C-L</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
-          <t>899126474082</t>
+          <t>899126492062</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
-      <c r="H44" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I44" s="0">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="J44" s="0">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="0">
       <c r="A45" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/mqaj7bt9n2hqunf3djtn5/chesney-05.jpg?rlkey=xwvi5ogr27wpm78fn1tpo7j6k&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e9v5auqeld8wcnlgazynl/a7171-blackfg52199.jpg?rlkey=fm4wfkdldw1q2vhca9n2cu6sp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B45" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/43tegde0ha18ge15u5zgi/verae-size-charts-bianca.jpg?rlkey=qgg6al9hc3l17adezo6uoj84x&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Bianca Women's Quad Blend Sweatshirt</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
-          <t>126474</t>
+          <t>126492</t>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W DG:126474F-3XL</t>
+          <t>BLANK BIANCA W BK:126492D-XL</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t>899126474099</t>
+          <t>899126492079</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
-      <c r="H45" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I45" s="0">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="J45" s="0">
-        <v>20</v>
+        <v>45</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="0">
       <c r="A46" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7i78juurojssf3aav207l/chesney-01.jpg?rlkey=9u9ubzshro6f191wtcbfbhez8&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e9v5auqeld8wcnlgazynl/a7171-blackfg52199.jpg?rlkey=fm4wfkdldw1q2vhca9n2cu6sp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B46" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/43tegde0ha18ge15u5zgi/verae-size-charts-bianca.jpg?rlkey=qgg6al9hc3l17adezo6uoj84x&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Bianca Women's Quad Blend Sweatshirt</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
-          <t>126476</t>
+          <t>126492</t>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W GN:126476AA-XS</t>
+          <t>BLANK BIANCA W BK:126492E-2XL</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
-          <t>899126476031</t>
+          <t>899126492086</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
-      <c r="H46" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I46" s="0">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="J46" s="0">
-        <v>13</v>
+        <v>27</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="0">
       <c r="A47" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7i78juurojssf3aav207l/chesney-01.jpg?rlkey=9u9ubzshro6f191wtcbfbhez8&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e9v5auqeld8wcnlgazynl/a7171-blackfg52199.jpg?rlkey=fm4wfkdldw1q2vhca9n2cu6sp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B47" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/43tegde0ha18ge15u5zgi/verae-size-charts-bianca.jpg?rlkey=qgg6al9hc3l17adezo6uoj84x&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Bianca Women's Quad Blend Sweatshirt</t>
         </is>
       </c>
       <c r="D47" s="0" t="inlineStr">
         <is>
-          <t>126476</t>
+          <t>126492</t>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W GN:126476A-S</t>
+          <t>BLANK BIANCA W BK:126492F-3XL</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
-          <t>899126476048</t>
+          <t>899126492093</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
-      <c r="H47" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="I47" s="0">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="J47" s="0">
-        <v>11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="0">
       <c r="A48" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7i78juurojssf3aav207l/chesney-01.jpg?rlkey=9u9ubzshro6f191wtcbfbhez8&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/h60wak72nuqonqvw007u3/9426fg31857.jpg?rlkey=rwi72bkbv1fc0zkahf8kjuvb7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B48" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4dnn9uei6hgj49kpa2e18/verae-size-chartschristine.jpg?rlkey=bsufw66vom3l7midhg8sls7p1&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Christine Women's Jacket</t>
         </is>
       </c>
       <c r="D48" s="0" t="inlineStr">
         <is>
-          <t>126476</t>
+          <t>126291</t>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W GN:126476B-M</t>
+          <t>BLANK CHRIST W GY:126291AA-XS</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
-          <t>899126476055</t>
+          <t>899126291030</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>XS</t>
         </is>
       </c>
       <c r="I48" s="0">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="J48" s="0">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="0">
       <c r="A49" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7i78juurojssf3aav207l/chesney-01.jpg?rlkey=9u9ubzshro6f191wtcbfbhez8&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/h60wak72nuqonqvw007u3/9426fg31857.jpg?rlkey=rwi72bkbv1fc0zkahf8kjuvb7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B49" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4dnn9uei6hgj49kpa2e18/verae-size-chartschristine.jpg?rlkey=bsufw66vom3l7midhg8sls7p1&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Christine Women's Jacket</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
-          <t>126476</t>
+          <t>126291</t>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W GN:126476C-L</t>
+          <t>BLANK CHRIST W GY:126291A-S</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
-          <t>899126476062</t>
+          <t>899126291047</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I49" s="0">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="J49" s="0">
-        <v>36</v>
+        <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="0">
       <c r="A50" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7i78juurojssf3aav207l/chesney-01.jpg?rlkey=9u9ubzshro6f191wtcbfbhez8&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/h60wak72nuqonqvw007u3/9426fg31857.jpg?rlkey=rwi72bkbv1fc0zkahf8kjuvb7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B50" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4dnn9uei6hgj49kpa2e18/verae-size-chartschristine.jpg?rlkey=bsufw66vom3l7midhg8sls7p1&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Christine Women's Jacket</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
-          <t>126476</t>
+          <t>126291</t>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W GN:126476D-XL</t>
+          <t>BLANK CHRIST W GY:126291B-M</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
-          <t>899126476079</t>
+          <t>899126291054</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I50" s="0">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="J50" s="0">
-        <v>40</v>
+        <v>44</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="0">
       <c r="A51" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7i78juurojssf3aav207l/chesney-01.jpg?rlkey=9u9ubzshro6f191wtcbfbhez8&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/h60wak72nuqonqvw007u3/9426fg31857.jpg?rlkey=rwi72bkbv1fc0zkahf8kjuvb7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B51" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4dnn9uei6hgj49kpa2e18/verae-size-chartschristine.jpg?rlkey=bsufw66vom3l7midhg8sls7p1&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Christine Women's Jacket</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
-          <t>126476</t>
+          <t>126291</t>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W GN:126476E-2XL</t>
+          <t>BLANK CHRIST W GY:126291C-L</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>899126476086</t>
+          <t>899126291061</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I51" s="0">
-        <v>44</v>
+        <v>89</v>
       </c>
       <c r="J51" s="0">
-        <v>26</v>
+        <v>43</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="0">
       <c r="A52" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7i78juurojssf3aav207l/chesney-01.jpg?rlkey=9u9ubzshro6f191wtcbfbhez8&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/h60wak72nuqonqvw007u3/9426fg31857.jpg?rlkey=rwi72bkbv1fc0zkahf8kjuvb7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B52" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4dnn9uei6hgj49kpa2e18/verae-size-chartschristine.jpg?rlkey=bsufw66vom3l7midhg8sls7p1&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Christine Women's Jacket</t>
         </is>
       </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
-          <t>126476</t>
+          <t>126291</t>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W GN:126476F-3XL</t>
+          <t>BLANK CHRIST W GY:126291D-XL</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
-          <t>899126476093</t>
+          <t>899126291078</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I52" s="0">
+        <v>89</v>
+      </c>
+      <c r="J52" s="0">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="0">
       <c r="A53" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/19krz542cjalxhshxas0n/chesney-02.jpg?rlkey=z67zwrr3n2vgdlzzohl6w8qib&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/h60wak72nuqonqvw007u3/9426fg31857.jpg?rlkey=rwi72bkbv1fc0zkahf8kjuvb7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B53" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4dnn9uei6hgj49kpa2e18/verae-size-chartschristine.jpg?rlkey=bsufw66vom3l7midhg8sls7p1&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Christine Women's Jacket</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
-          <t>126479</t>
+          <t>126291</t>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W LG:126479AA-XS</t>
+          <t>BLANK CHRIST W GY:126291E-2XL</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>899126479032</t>
+          <t>899126291085</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
-          <t>XS</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I53" s="0">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="J53" s="0">
-        <v>5</v>
+        <v>26</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="0">
       <c r="A54" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/19krz542cjalxhshxas0n/chesney-02.jpg?rlkey=z67zwrr3n2vgdlzzohl6w8qib&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/h60wak72nuqonqvw007u3/9426fg31857.jpg?rlkey=rwi72bkbv1fc0zkahf8kjuvb7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B54" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4dnn9uei6hgj49kpa2e18/verae-size-chartschristine.jpg?rlkey=bsufw66vom3l7midhg8sls7p1&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Christine Women's Jacket</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
-          <t>126479</t>
+          <t>126291</t>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W LG:126479A-S</t>
+          <t>BLANK CHRIST W GY:126291F-3XL</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
-          <t>899126479049</t>
+          <t>899126291092</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I54" s="0">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="J54" s="0">
-        <v>7</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="0">
       <c r="A55" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/19krz542cjalxhshxas0n/chesney-02.jpg?rlkey=z67zwrr3n2vgdlzzohl6w8qib&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/psovgjqfmmx6vhaf1laj4/dsc5527edit26517.jpg?rlkey=89fla0h56dyslqadatgatponx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B55" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b0eva4igj32dy3ayzmqgq/verae-size-charts-sofia.jpg?rlkey=v2gw2bx6p0iu21c9w6gvhixkh&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Sofia Women's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D55" s="0" t="inlineStr">
         <is>
-          <t>126479</t>
+          <t>126330</t>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W LG:126479B-M</t>
+          <t>BLANK SOFIA W BC:126330AA-XS</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
-          <t>899126479056</t>
+          <t>899126330036</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>XS</t>
         </is>
       </c>
       <c r="I55" s="0">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="J55" s="0">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="0">
       <c r="A56" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/19krz542cjalxhshxas0n/chesney-02.jpg?rlkey=z67zwrr3n2vgdlzzohl6w8qib&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/psovgjqfmmx6vhaf1laj4/dsc5527edit26517.jpg?rlkey=89fla0h56dyslqadatgatponx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B56" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b0eva4igj32dy3ayzmqgq/verae-size-charts-sofia.jpg?rlkey=v2gw2bx6p0iu21c9w6gvhixkh&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Sofia Women's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D56" s="0" t="inlineStr">
         <is>
-          <t>126479</t>
+          <t>126330</t>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W LG:126479C-L</t>
+          <t>BLANK SOFIA W BC:126330A-S</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
-          <t>899126479063</t>
+          <t>899126330043</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I56" s="0">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="J56" s="0">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="0">
       <c r="A57" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/19krz542cjalxhshxas0n/chesney-02.jpg?rlkey=z67zwrr3n2vgdlzzohl6w8qib&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/psovgjqfmmx6vhaf1laj4/dsc5527edit26517.jpg?rlkey=89fla0h56dyslqadatgatponx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B57" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b0eva4igj32dy3ayzmqgq/verae-size-charts-sofia.jpg?rlkey=v2gw2bx6p0iu21c9w6gvhixkh&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Sofia Women's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D57" s="0" t="inlineStr">
         <is>
-          <t>126479</t>
+          <t>126330</t>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W LG:126479D-XL</t>
+          <t>BLANK SOFIA W BC:126330B-M</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>899126479070</t>
+          <t>899126330050</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I57" s="0">
+        <v>58</v>
+      </c>
+      <c r="J57" s="0">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="0">
       <c r="A58" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/19krz542cjalxhshxas0n/chesney-02.jpg?rlkey=z67zwrr3n2vgdlzzohl6w8qib&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/psovgjqfmmx6vhaf1laj4/dsc5527edit26517.jpg?rlkey=89fla0h56dyslqadatgatponx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B58" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b0eva4igj32dy3ayzmqgq/verae-size-charts-sofia.jpg?rlkey=v2gw2bx6p0iu21c9w6gvhixkh&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Sofia Women's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
-          <t>126479</t>
+          <t>126330</t>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W LG:126479E-2XL</t>
+          <t>BLANK SOFIA W BC:126330C-L</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
-          <t>899126479087</t>
+          <t>899126330067</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I58" s="0">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="J58" s="0">
-        <v>12</v>
+        <v>43</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="0">
       <c r="A59" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/19krz542cjalxhshxas0n/chesney-02.jpg?rlkey=z67zwrr3n2vgdlzzohl6w8qib&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/psovgjqfmmx6vhaf1laj4/dsc5527edit26517.jpg?rlkey=89fla0h56dyslqadatgatponx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B59" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b0eva4igj32dy3ayzmqgq/verae-size-charts-sofia.jpg?rlkey=v2gw2bx6p0iu21c9w6gvhixkh&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Sofia Women's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
-          <t>126479</t>
+          <t>126330</t>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W LG:126479F-3XL</t>
+          <t>BLANK SOFIA W BC:126330D-XL</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>899126479094</t>
+          <t>899126330074</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I59" s="0">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="J59" s="0">
-        <v>5</v>
+        <v>47</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="0">
       <c r="A60" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pkvgacce2fjni342wcltp/chesney-07.jpg?rlkey=0nslh31vc4dlgwmhfkcpf3j94&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/psovgjqfmmx6vhaf1laj4/dsc5527edit26517.jpg?rlkey=89fla0h56dyslqadatgatponx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B60" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b0eva4igj32dy3ayzmqgq/verae-size-charts-sofia.jpg?rlkey=v2gw2bx6p0iu21c9w6gvhixkh&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Sofia Women's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
-          <t>126478</t>
+          <t>126330</t>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W WE:126478AA-XS</t>
+          <t>BLANK SOFIA W BC:126330E-2XL</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
-          <t>899126478035</t>
+          <t>899126330081</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
-          <t>XS</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I60" s="0">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="J60" s="0">
-        <v>14</v>
+        <v>29</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="0">
       <c r="A61" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pkvgacce2fjni342wcltp/chesney-07.jpg?rlkey=0nslh31vc4dlgwmhfkcpf3j94&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/psovgjqfmmx6vhaf1laj4/dsc5527edit26517.jpg?rlkey=89fla0h56dyslqadatgatponx&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B61" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/b0eva4igj32dy3ayzmqgq/verae-size-charts-sofia.jpg?rlkey=v2gw2bx6p0iu21c9w6gvhixkh&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Sofia Women's Scuba Hoodie</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
-          <t>126478</t>
+          <t>126330</t>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W WE:126478A-S</t>
+          <t>BLANK SOFIA W BC:126330F-3XL</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>899126478042</t>
+          <t>899126330098</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I61" s="0">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="J61" s="0">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="0">
       <c r="A62" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pkvgacce2fjni342wcltp/chesney-07.jpg?rlkey=0nslh31vc4dlgwmhfkcpf3j94&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4q62qtsbxlht2t0l8s0tl/a7295-21blackfg277440.jpg?rlkey=g2y34tlxn7fe8x9m3g889kfjz&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B62" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3qro1uevb1m1q7t8ghuo4/verae-size-charts-sia.jpg?rlkey=u8d2nvvv1r3fu9l3o4uaaiz69&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Sia Women's Scuba Sweatshirt</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
-          <t>126478</t>
+          <t>124307</t>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W WE:126478B-M</t>
+          <t>BLANK SIA W BK:124307AA-XS</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
-          <t>899126478059</t>
+          <t>899124307030</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>XS</t>
         </is>
       </c>
       <c r="I62" s="0">
-        <v>42</v>
+        <v>55.99</v>
       </c>
       <c r="J62" s="0">
-        <v>31</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="0">
       <c r="A63" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pkvgacce2fjni342wcltp/chesney-07.jpg?rlkey=0nslh31vc4dlgwmhfkcpf3j94&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4q62qtsbxlht2t0l8s0tl/a7295-21blackfg277440.jpg?rlkey=g2y34tlxn7fe8x9m3g889kfjz&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B63" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3qro1uevb1m1q7t8ghuo4/verae-size-charts-sia.jpg?rlkey=u8d2nvvv1r3fu9l3o4uaaiz69&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Sia Women's Scuba Sweatshirt</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
-          <t>126478</t>
+          <t>124307</t>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W WE:126478C-L</t>
+          <t>BLANK SIA W BK:124307A-S</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
-          <t>899126478066</t>
+          <t>899124307047</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I63" s="0">
-        <v>42</v>
+        <v>55.99</v>
       </c>
       <c r="J63" s="0">
-        <v>32</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="0">
       <c r="A64" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pkvgacce2fjni342wcltp/chesney-07.jpg?rlkey=0nslh31vc4dlgwmhfkcpf3j94&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4q62qtsbxlht2t0l8s0tl/a7295-21blackfg277440.jpg?rlkey=g2y34tlxn7fe8x9m3g889kfjz&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B64" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3qro1uevb1m1q7t8ghuo4/verae-size-charts-sia.jpg?rlkey=u8d2nvvv1r3fu9l3o4uaaiz69&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Sia Women's Scuba Sweatshirt</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
-          <t>126478</t>
+          <t>124307</t>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W WE:126478D-XL</t>
+          <t>BLANK SIA W BK:124307B-M</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>899126478073</t>
+          <t>899124307054</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I64" s="0">
-        <v>42</v>
+        <v>55.99</v>
       </c>
       <c r="J64" s="0">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="0">
       <c r="A65" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pkvgacce2fjni342wcltp/chesney-07.jpg?rlkey=0nslh31vc4dlgwmhfkcpf3j94&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4q62qtsbxlht2t0l8s0tl/a7295-21blackfg277440.jpg?rlkey=g2y34tlxn7fe8x9m3g889kfjz&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B65" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3qro1uevb1m1q7t8ghuo4/verae-size-charts-sia.jpg?rlkey=u8d2nvvv1r3fu9l3o4uaaiz69&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Sia Women's Scuba Sweatshirt</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
-          <t>126478</t>
+          <t>124307</t>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W WE:126478E-2XL</t>
+          <t>BLANK SIA W BK:124307C-L</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
-          <t>899126478080</t>
+          <t>899124307061</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I65" s="0">
-        <v>44</v>
+        <v>55.99</v>
       </c>
       <c r="J65" s="0">
-        <v>22</v>
+        <v>41</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="0">
       <c r="A66" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/pkvgacce2fjni342wcltp/chesney-07.jpg?rlkey=0nslh31vc4dlgwmhfkcpf3j94&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4q62qtsbxlht2t0l8s0tl/a7295-21blackfg277440.jpg?rlkey=g2y34tlxn7fe8x9m3g889kfjz&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B66" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3qro1uevb1m1q7t8ghuo4/verae-size-charts-sia.jpg?rlkey=u8d2nvvv1r3fu9l3o4uaaiz69&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Sia Women's Scuba Sweatshirt</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
-          <t>126478</t>
+          <t>124307</t>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W WE:126478F-3XL</t>
+          <t>BLANK SIA W BK:124307D-XL</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>899126478097</t>
+          <t>899124307078</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I66" s="0">
-        <v>44</v>
+        <v>55.99</v>
       </c>
       <c r="J66" s="0">
-        <v>16</v>
+        <v>43</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="0">
       <c r="A67" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f1zwz0pl3y82enn73d4b8/chesney-03.jpg?rlkey=s0z5kmbslddkumm1g9chu5dbo&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4q62qtsbxlht2t0l8s0tl/a7295-21blackfg277440.jpg?rlkey=g2y34tlxn7fe8x9m3g889kfjz&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B67" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3qro1uevb1m1q7t8ghuo4/verae-size-charts-sia.jpg?rlkey=u8d2nvvv1r3fu9l3o4uaaiz69&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Sia Women's Scuba Sweatshirt</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
-          <t>126480</t>
+          <t>124307</t>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W BC:126480AA-XS</t>
+          <t>BLANK SIA W BK:124307E-2XL</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
-          <t>899126480038</t>
+          <t>899124307085</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>XS</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I67" s="0">
-        <v>42</v>
+        <v>57.99</v>
       </c>
       <c r="J67" s="0">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="0">
       <c r="A68" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f1zwz0pl3y82enn73d4b8/chesney-03.jpg?rlkey=s0z5kmbslddkumm1g9chu5dbo&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4q62qtsbxlht2t0l8s0tl/a7295-21blackfg277440.jpg?rlkey=g2y34tlxn7fe8x9m3g889kfjz&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B68" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3qro1uevb1m1q7t8ghuo4/verae-size-charts-sia.jpg?rlkey=u8d2nvvv1r3fu9l3o4uaaiz69&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Sia Women's Scuba Sweatshirt</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
-          <t>126480</t>
+          <t>124307</t>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W BC:126480A-S</t>
+          <t>BLANK SIA W BK:124307F-3XL</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>899126480045</t>
+          <t>899124307092</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I68" s="0">
-        <v>42</v>
+        <v>57.99</v>
       </c>
       <c r="J68" s="0">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="0">
       <c r="A69" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f1zwz0pl3y82enn73d4b8/chesney-03.jpg?rlkey=s0z5kmbslddkumm1g9chu5dbo&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qk3u9sgmwe9jmxioo5mze/8814-2fg59626.jpg?rlkey=np2djy23ln9cm8rsk84h4qzmc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B69" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/snjbf3ujq7lv5vdajmia0/womens-size-chartsvivienne.jpg?rlkey=rotaprxr5crkrt130t8cpcm6s&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Vivienne Women's Leggings</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
-          <t>126480</t>
+          <t>125653</t>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W BC:126480B-M</t>
+          <t>BLANK VIVIEN W BK:125653AA-XS</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
-          <t>899126480052</t>
+          <t>899125653006</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>XS</t>
         </is>
       </c>
       <c r="I69" s="0">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="J69" s="0">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="0">
       <c r="A70" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f1zwz0pl3y82enn73d4b8/chesney-03.jpg?rlkey=s0z5kmbslddkumm1g9chu5dbo&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qk3u9sgmwe9jmxioo5mze/8814-2fg59626.jpg?rlkey=np2djy23ln9cm8rsk84h4qzmc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B70" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/snjbf3ujq7lv5vdajmia0/womens-size-chartsvivienne.jpg?rlkey=rotaprxr5crkrt130t8cpcm6s&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Vivienne Women's Leggings</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
-          <t>126480</t>
+          <t>125653</t>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W BC:126480C-L</t>
+          <t>BLANK VIVIEN W BK:125653A-S</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
-          <t>899126480069</t>
+          <t>899125653013</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I70" s="0">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="J70" s="0">
-        <v>43</v>
+        <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="0">
       <c r="A71" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f1zwz0pl3y82enn73d4b8/chesney-03.jpg?rlkey=s0z5kmbslddkumm1g9chu5dbo&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qk3u9sgmwe9jmxioo5mze/8814-2fg59626.jpg?rlkey=np2djy23ln9cm8rsk84h4qzmc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B71" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/snjbf3ujq7lv5vdajmia0/womens-size-chartsvivienne.jpg?rlkey=rotaprxr5crkrt130t8cpcm6s&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Vivienne Women's Leggings</t>
         </is>
       </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
-          <t>126480</t>
+          <t>125653</t>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W BC:126480D-XL</t>
+          <t>BLANK VIVIEN W BK:125653B-M</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
-          <t>899126480076</t>
+          <t>899125653020</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I71" s="0">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="J71" s="0">
-        <v>47</v>
+        <v>37</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="0">
       <c r="A72" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f1zwz0pl3y82enn73d4b8/chesney-03.jpg?rlkey=s0z5kmbslddkumm1g9chu5dbo&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qk3u9sgmwe9jmxioo5mze/8814-2fg59626.jpg?rlkey=np2djy23ln9cm8rsk84h4qzmc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B72" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/snjbf3ujq7lv5vdajmia0/womens-size-chartsvivienne.jpg?rlkey=rotaprxr5crkrt130t8cpcm6s&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Vivienne Women's Leggings</t>
         </is>
       </c>
       <c r="D72" s="0" t="inlineStr">
         <is>
-          <t>126480</t>
+          <t>125653</t>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W BC:126480E-2XL</t>
+          <t>BLANK VIVIEN W BK:125653C-L</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
-          <t>899126480083</t>
+          <t>899125653037</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I72" s="0">
-        <v>44</v>
+        <v>68</v>
       </c>
       <c r="J72" s="0">
-        <v>29</v>
+        <v>41</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="0">
       <c r="A73" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f1zwz0pl3y82enn73d4b8/chesney-03.jpg?rlkey=s0z5kmbslddkumm1g9chu5dbo&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qk3u9sgmwe9jmxioo5mze/8814-2fg59626.jpg?rlkey=np2djy23ln9cm8rsk84h4qzmc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B73" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/kp1i349m2fbcgpysmxwp0/verae-size-charts-chesney.jpg?rlkey=n8pv2iz80es4ae0xdfvxfswgb&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/snjbf3ujq7lv5vdajmia0/womens-size-chartsvivienne.jpg?rlkey=rotaprxr5crkrt130t8cpcm6s&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
-          <t>Chesney Women's Bamboo Tank Top</t>
+          <t>Vivienne Women's Leggings</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
-          <t>126480</t>
+          <t>125653</t>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>BLANK CHESNEY W BC:126480F-3XL</t>
+          <t>BLANK VIVIEN W BK:125653D-XL</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
-          <t>899126480090</t>
+          <t>899125653044</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I73" s="0">
-        <v>44</v>
+        <v>68</v>
       </c>
       <c r="J73" s="0">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="0">
       <c r="A74" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wgeh8db2x2xssy512jnqq/8986fg237044.jpg?rlkey=x1s1o02drrum9yg8e4m9by8d5&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qk3u9sgmwe9jmxioo5mze/8814-2fg59626.jpg?rlkey=np2djy23ln9cm8rsk84h4qzmc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B74" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/snjbf3ujq7lv5vdajmia0/womens-size-chartsvivienne.jpg?rlkey=rotaprxr5crkrt130t8cpcm6s&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Vivienne Women's Leggings</t>
         </is>
       </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
-          <t>125426</t>
+          <t>125653</t>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W BK:125426AA-XS</t>
+          <t>BLANK VIVIEN W BK:125653E-2XL</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
-          <t>899125426037</t>
+          <t>899125653051</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
-          <t>XS</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I74" s="0">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="J74" s="0">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="0">
       <c r="A75" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wgeh8db2x2xssy512jnqq/8986fg237044.jpg?rlkey=x1s1o02drrum9yg8e4m9by8d5&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qk3u9sgmwe9jmxioo5mze/8814-2fg59626.jpg?rlkey=np2djy23ln9cm8rsk84h4qzmc&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B75" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/snjbf3ujq7lv5vdajmia0/womens-size-chartsvivienne.jpg?rlkey=rotaprxr5crkrt130t8cpcm6s&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Vivienne Women's Leggings</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
-          <t>125426</t>
+          <t>125653</t>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W BK:125426A-S</t>
+          <t>BLANK VIVIEN W BK:125653F-3XL</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>899125426044</t>
+          <t>899125653068</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I75" s="0">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="J75" s="0">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="0">
       <c r="A76" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wgeh8db2x2xssy512jnqq/8986fg237044.jpg?rlkey=x1s1o02drrum9yg8e4m9by8d5&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5i7ev86hcq6t6cjwwvp1m/rei.jpg?rlkey=to72rkpclobsag67ctnjyma8n&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B76" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z0oagjy0tuful4iyz3zo8/womens-size-chartsrei.jpg?rlkey=7ctgcdsc6sllxgoo9hxxbhxp1&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Rei Women's Ribbed Cardigan</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
-          <t>125426</t>
+          <t>125688</t>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W BK:125426B-M</t>
-[...4 lines deleted...]
-          <t>899125426051</t>
+          <t>BLANK REI W BK:125688S/M</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>S/M</t>
         </is>
       </c>
       <c r="I76" s="0">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="J76" s="0">
-        <v>26</v>
+        <v>162</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="0">
       <c r="A77" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wgeh8db2x2xssy512jnqq/8986fg237044.jpg?rlkey=x1s1o02drrum9yg8e4m9by8d5&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5i7ev86hcq6t6cjwwvp1m/rei.jpg?rlkey=to72rkpclobsag67ctnjyma8n&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B77" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z0oagjy0tuful4iyz3zo8/womens-size-chartsrei.jpg?rlkey=7ctgcdsc6sllxgoo9hxxbhxp1&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Rei Women's Ribbed Cardigan</t>
         </is>
       </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
-          <t>125426</t>
+          <t>125688</t>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W BK:125426C-L</t>
-[...4 lines deleted...]
-          <t>899125426068</t>
+          <t>BLANK REI W BK:125688L/XL</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>M/L</t>
         </is>
       </c>
       <c r="I77" s="0">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="J77" s="0">
-        <v>35</v>
+        <v>165</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="0">
       <c r="A78" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wgeh8db2x2xssy512jnqq/8986fg237044.jpg?rlkey=x1s1o02drrum9yg8e4m9by8d5&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5i7ev86hcq6t6cjwwvp1m/rei.jpg?rlkey=to72rkpclobsag67ctnjyma8n&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B78" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/z0oagjy0tuful4iyz3zo8/womens-size-chartsrei.jpg?rlkey=7ctgcdsc6sllxgoo9hxxbhxp1&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Rei Women's Ribbed Cardigan</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
-          <t>125426</t>
+          <t>125688</t>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W BK:125426D-XL</t>
-[...4 lines deleted...]
-          <t>899125426075</t>
+          <t>BLANK REI W BK:1256882XL/3XL</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>XL/2XL</t>
         </is>
       </c>
       <c r="I78" s="0">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="J78" s="0">
-        <v>43</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="0">
       <c r="A79" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wgeh8db2x2xssy512jnqq/8986fg237044.jpg?rlkey=x1s1o02drrum9yg8e4m9by8d5&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sndebh597dw2tfb1naal2/a7501-2blackfg43602.jpg?rlkey=2m3x3wg7j20d8zusz2n95f1xn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B79" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n3eecbdj03l8vnf9cd2o0/verae-size-charts-cardi.jpg?rlkey=pd1of1ut74k60ylzjnpo07hy9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Cardi Women's Cut Out Hoodie</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
-          <t>125426</t>
+          <t>124918</t>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W BK:125426E-2XL</t>
+          <t>BLANK CARDI W BK:124918AA-XS</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
-          <t>899125426082</t>
+          <t>899124918038</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XS</t>
         </is>
       </c>
       <c r="I79" s="0">
         <v>54</v>
       </c>
       <c r="J79" s="0">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="0">
       <c r="A80" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wgeh8db2x2xssy512jnqq/8986fg237044.jpg?rlkey=x1s1o02drrum9yg8e4m9by8d5&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sndebh597dw2tfb1naal2/a7501-2blackfg43602.jpg?rlkey=2m3x3wg7j20d8zusz2n95f1xn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B80" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n3eecbdj03l8vnf9cd2o0/verae-size-charts-cardi.jpg?rlkey=pd1of1ut74k60ylzjnpo07hy9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Cardi Women's Cut Out Hoodie</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
-          <t>125426</t>
+          <t>124918</t>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W BK:125426F-3XL</t>
+          <t>BLANK CARDI W BK:124918A-S</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
-          <t>899125426099</t>
+          <t>899124918045</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I80" s="0">
         <v>54</v>
       </c>
       <c r="J80" s="0">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="0">
       <c r="A81" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/y2z0p6hhlcbnorq50pjv0/8959greenfg92908.jpg?rlkey=enfrg2p147i1e6bgwmo0us3e4&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sndebh597dw2tfb1naal2/a7501-2blackfg43602.jpg?rlkey=2m3x3wg7j20d8zusz2n95f1xn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B81" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n3eecbdj03l8vnf9cd2o0/verae-size-charts-cardi.jpg?rlkey=pd1of1ut74k60ylzjnpo07hy9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Cardi Women's Cut Out Hoodie</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
-          <t>126487</t>
+          <t>124918</t>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W GN:126487AA-XS</t>
+          <t>BLANK CARDI W BK:124918B-M</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
-          <t>899126487037</t>
+          <t>899124918052</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
-          <t>XS</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I81" s="0">
         <v>54</v>
       </c>
       <c r="J81" s="0">
-        <v>16</v>
+        <v>40</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="0">
       <c r="A82" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/y2z0p6hhlcbnorq50pjv0/8959greenfg92908.jpg?rlkey=enfrg2p147i1e6bgwmo0us3e4&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sndebh597dw2tfb1naal2/a7501-2blackfg43602.jpg?rlkey=2m3x3wg7j20d8zusz2n95f1xn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B82" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n3eecbdj03l8vnf9cd2o0/verae-size-charts-cardi.jpg?rlkey=pd1of1ut74k60ylzjnpo07hy9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Cardi Women's Cut Out Hoodie</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
-          <t>126487</t>
+          <t>124918</t>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W GN:126487A-S</t>
+          <t>BLANK CARDI W BK:124918C-L</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
-          <t>899126487044</t>
+          <t>899124918069</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I82" s="0">
         <v>54</v>
       </c>
       <c r="J82" s="0">
-        <v>20</v>
+        <v>47</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="0">
       <c r="A83" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/y2z0p6hhlcbnorq50pjv0/8959greenfg92908.jpg?rlkey=enfrg2p147i1e6bgwmo0us3e4&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sndebh597dw2tfb1naal2/a7501-2blackfg43602.jpg?rlkey=2m3x3wg7j20d8zusz2n95f1xn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B83" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n3eecbdj03l8vnf9cd2o0/verae-size-charts-cardi.jpg?rlkey=pd1of1ut74k60ylzjnpo07hy9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Cardi Women's Cut Out Hoodie</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
-          <t>126487</t>
+          <t>124918</t>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W GN:126487B-M</t>
+          <t>BLANK CARDI W BK:124918D-XL</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>899126487051</t>
+          <t>899124918076</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I83" s="0">
         <v>54</v>
       </c>
       <c r="J83" s="0">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="0">
       <c r="A84" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/y2z0p6hhlcbnorq50pjv0/8959greenfg92908.jpg?rlkey=enfrg2p147i1e6bgwmo0us3e4&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sndebh597dw2tfb1naal2/a7501-2blackfg43602.jpg?rlkey=2m3x3wg7j20d8zusz2n95f1xn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B84" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n3eecbdj03l8vnf9cd2o0/verae-size-charts-cardi.jpg?rlkey=pd1of1ut74k60ylzjnpo07hy9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Cardi Women's Cut Out Hoodie</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
-          <t>126487</t>
+          <t>124918</t>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W GN:126487C-L</t>
+          <t>BLANK CARDI W BK:124918E-2XL</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
-          <t>899126487068</t>
+          <t>899124918083</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I84" s="0">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="J84" s="0">
-        <v>42</v>
+        <v>27</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="0">
       <c r="A85" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/y2z0p6hhlcbnorq50pjv0/8959greenfg92908.jpg?rlkey=enfrg2p147i1e6bgwmo0us3e4&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sndebh597dw2tfb1naal2/a7501-2blackfg43602.jpg?rlkey=2m3x3wg7j20d8zusz2n95f1xn&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B85" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/n3eecbdj03l8vnf9cd2o0/verae-size-charts-cardi.jpg?rlkey=pd1of1ut74k60ylzjnpo07hy9&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Cardi Women's Cut Out Hoodie</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
-          <t>126487</t>
+          <t>124918</t>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W GN:126487D-XL</t>
+          <t>BLANK CARDI W BK:124918F-3XL</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>899126487075</t>
+          <t>899124918090</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I85" s="0">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="J85" s="0">
-        <v>46</v>
+        <v>17</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="0">
       <c r="A86" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/y2z0p6hhlcbnorq50pjv0/8959greenfg92908.jpg?rlkey=enfrg2p147i1e6bgwmo0us3e4&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/145an047pgmd6haii6zp0/a7229-31blackfg70340.jpg?rlkey=7po12eloq1pb4ywfnp60n4v9t&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B86" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5pt3yntu1y19dfa6dux31/verae-size-charts-reva.jpg?rlkey=ekl7kofvlfu02umr1hnnmt26l&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Reva Women's Drop Shoulder Sweatshirt</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
-          <t>126487</t>
+          <t>126296</t>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W GN:126487E-2XL</t>
+          <t>BLANK REVA W BK:126296AA-XS</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
-          <t>899126487082</t>
+          <t>899126296035</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XS</t>
         </is>
       </c>
       <c r="I86" s="0">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="J86" s="0">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="0">
       <c r="A87" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/y2z0p6hhlcbnorq50pjv0/8959greenfg92908.jpg?rlkey=enfrg2p147i1e6bgwmo0us3e4&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/145an047pgmd6haii6zp0/a7229-31blackfg70340.jpg?rlkey=7po12eloq1pb4ywfnp60n4v9t&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B87" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5pt3yntu1y19dfa6dux31/verae-size-charts-reva.jpg?rlkey=ekl7kofvlfu02umr1hnnmt26l&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Reva Women's Drop Shoulder Sweatshirt</t>
         </is>
       </c>
       <c r="D87" s="0" t="inlineStr">
         <is>
-          <t>126487</t>
+          <t>126296</t>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W GN:126487F-3XL</t>
+          <t>BLANK REVA W BK:126296A-S</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
-          <t>899126487099</t>
+          <t>899126296042</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I87" s="0">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="J87" s="0">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="0">
       <c r="A88" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gflhdho0payuzyqb8vhl3/8975greyfg232237.jpg?rlkey=6y3pk84l0dj24udhdn7qei2r7&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/145an047pgmd6haii6zp0/a7229-31blackfg70340.jpg?rlkey=7po12eloq1pb4ywfnp60n4v9t&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B88" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5pt3yntu1y19dfa6dux31/verae-size-charts-reva.jpg?rlkey=ekl7kofvlfu02umr1hnnmt26l&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Reva Women's Drop Shoulder Sweatshirt</t>
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
-          <t>126486</t>
+          <t>126296</t>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W DG:126486AA-XS</t>
+          <t>BLANK REVA W BK:126296B-M</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
-          <t>899126486030</t>
+          <t>899126296059</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>XS</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I88" s="0">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="J88" s="0">
-        <v>19</v>
+        <v>34</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="0">
       <c r="A89" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gflhdho0payuzyqb8vhl3/8975greyfg232237.jpg?rlkey=6y3pk84l0dj24udhdn7qei2r7&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/145an047pgmd6haii6zp0/a7229-31blackfg70340.jpg?rlkey=7po12eloq1pb4ywfnp60n4v9t&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B89" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5pt3yntu1y19dfa6dux31/verae-size-charts-reva.jpg?rlkey=ekl7kofvlfu02umr1hnnmt26l&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Reva Women's Drop Shoulder Sweatshirt</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
-          <t>126486</t>
+          <t>126296</t>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W DG:126486A-S</t>
+          <t>BLANK REVA W BK:126296C-L</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
-          <t>899126486047</t>
+          <t>899126296066</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I89" s="0">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="J89" s="0">
-        <v>27</v>
+        <v>37</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="0">
       <c r="A90" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gflhdho0payuzyqb8vhl3/8975greyfg232237.jpg?rlkey=6y3pk84l0dj24udhdn7qei2r7&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/145an047pgmd6haii6zp0/a7229-31blackfg70340.jpg?rlkey=7po12eloq1pb4ywfnp60n4v9t&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B90" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5pt3yntu1y19dfa6dux31/verae-size-charts-reva.jpg?rlkey=ekl7kofvlfu02umr1hnnmt26l&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Reva Women's Drop Shoulder Sweatshirt</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
-          <t>126486</t>
+          <t>126296</t>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W DG:126486B-M</t>
+          <t>BLANK REVA W BK:126296D-XL</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
-          <t>899126486054</t>
+          <t>899126296073</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I90" s="0">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="J90" s="0">
-        <v>43</v>
+        <v>38</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="0">
       <c r="A91" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gflhdho0payuzyqb8vhl3/8975greyfg232237.jpg?rlkey=6y3pk84l0dj24udhdn7qei2r7&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/145an047pgmd6haii6zp0/a7229-31blackfg70340.jpg?rlkey=7po12eloq1pb4ywfnp60n4v9t&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B91" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5pt3yntu1y19dfa6dux31/verae-size-charts-reva.jpg?rlkey=ekl7kofvlfu02umr1hnnmt26l&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Reva Women's Drop Shoulder Sweatshirt</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
-          <t>126486</t>
+          <t>126296</t>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W DG:126486C-L</t>
+          <t>BLANK REVA W BK:126296E-2XL</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>899126486061</t>
+          <t>899126296080</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I91" s="0">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="J91" s="0">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="0">
       <c r="A92" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gflhdho0payuzyqb8vhl3/8975greyfg232237.jpg?rlkey=6y3pk84l0dj24udhdn7qei2r7&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/145an047pgmd6haii6zp0/a7229-31blackfg70340.jpg?rlkey=7po12eloq1pb4ywfnp60n4v9t&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B92" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/5pt3yntu1y19dfa6dux31/verae-size-charts-reva.jpg?rlkey=ekl7kofvlfu02umr1hnnmt26l&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Reva Women's Drop Shoulder Sweatshirt</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
-          <t>126486</t>
+          <t>126296</t>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W DG:126486D-XL</t>
+          <t>BLANK REVA W BK:126296F-3XL</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
-          <t>899126486078</t>
+          <t>899126296097</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I92" s="0">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="J92" s="0">
-        <v>48</v>
+        <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="0">
       <c r="A93" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gflhdho0payuzyqb8vhl3/8975greyfg232237.jpg?rlkey=6y3pk84l0dj24udhdn7qei2r7&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tdgc7rdts0vykd586kxt4/9492fg68466.jpg?rlkey=jgxltau2705slnbfawt7nyr0y&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B93" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rrt964wed0q4xq0a19vou/verae-size-charts-francesca.jpg?rlkey=r91yfs3hvr3vh9u22eynbvd9k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Francesca Women's French Terry Joggers</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
-          <t>126486</t>
+          <t>125326</t>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W DG:126486E-2XL</t>
+          <t>BLANK FRANCE W LG:125326AA-XS</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
-          <t>899126486085</t>
+          <t>899125326009</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XS</t>
         </is>
       </c>
       <c r="I93" s="0">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="J93" s="0">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="0">
       <c r="A94" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gflhdho0payuzyqb8vhl3/8975greyfg232237.jpg?rlkey=6y3pk84l0dj24udhdn7qei2r7&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tdgc7rdts0vykd586kxt4/9492fg68466.jpg?rlkey=jgxltau2705slnbfawt7nyr0y&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B94" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rrt964wed0q4xq0a19vou/verae-size-charts-francesca.jpg?rlkey=r91yfs3hvr3vh9u22eynbvd9k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Francesca Women's French Terry Joggers</t>
         </is>
       </c>
       <c r="D94" s="0" t="inlineStr">
         <is>
-          <t>126486</t>
+          <t>125326</t>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W DG:126486F-3XL</t>
+          <t>BLANK FRANCE W LG:125326A-S</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
-          <t>899126486092</t>
+          <t>899125326016</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I94" s="0">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="J94" s="0">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="0">
       <c r="A95" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ffak1ax1uscf9kulfz77e/editdsc3520.jpg?rlkey=hju0u4e4wpsralvc3pcfzj5zs&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tdgc7rdts0vykd586kxt4/9492fg68466.jpg?rlkey=jgxltau2705slnbfawt7nyr0y&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B95" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rrt964wed0q4xq0a19vou/verae-size-charts-francesca.jpg?rlkey=r91yfs3hvr3vh9u22eynbvd9k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Francesca Women's French Terry Joggers</t>
         </is>
       </c>
       <c r="D95" s="0" t="inlineStr">
         <is>
-          <t>126489</t>
+          <t>125326</t>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W LG:126489AA-XS</t>
+          <t>BLANK FRANCE W LG:125326B-M</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
-          <t>899126489031</t>
+          <t>899125326023</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
-          <t>XS</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I95" s="0">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="J95" s="0">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="0">
       <c r="A96" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ffak1ax1uscf9kulfz77e/editdsc3520.jpg?rlkey=hju0u4e4wpsralvc3pcfzj5zs&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tdgc7rdts0vykd586kxt4/9492fg68466.jpg?rlkey=jgxltau2705slnbfawt7nyr0y&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B96" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rrt964wed0q4xq0a19vou/verae-size-charts-francesca.jpg?rlkey=r91yfs3hvr3vh9u22eynbvd9k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Francesca Women's French Terry Joggers</t>
         </is>
       </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
-          <t>126489</t>
+          <t>125326</t>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W LG:126489A-S</t>
+          <t>BLANK FRANCE W LG:125326C-L</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
-          <t>899126489048</t>
+          <t>899125326030</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I96" s="0">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="J96" s="0">
-        <v>26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="0">
       <c r="A97" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ffak1ax1uscf9kulfz77e/editdsc3520.jpg?rlkey=hju0u4e4wpsralvc3pcfzj5zs&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tdgc7rdts0vykd586kxt4/9492fg68466.jpg?rlkey=jgxltau2705slnbfawt7nyr0y&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B97" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rrt964wed0q4xq0a19vou/verae-size-charts-francesca.jpg?rlkey=r91yfs3hvr3vh9u22eynbvd9k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Francesca Women's French Terry Joggers</t>
         </is>
       </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
-          <t>126489</t>
+          <t>125326</t>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W LG:126489B-M</t>
+          <t>BLANK FRANCE W LG:125326D-XL</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
-          <t>899126489055</t>
+          <t>899125326047</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I97" s="0">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="J97" s="0">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="0">
       <c r="A98" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ffak1ax1uscf9kulfz77e/editdsc3520.jpg?rlkey=hju0u4e4wpsralvc3pcfzj5zs&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tdgc7rdts0vykd586kxt4/9492fg68466.jpg?rlkey=jgxltau2705slnbfawt7nyr0y&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B98" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rrt964wed0q4xq0a19vou/verae-size-charts-francesca.jpg?rlkey=r91yfs3hvr3vh9u22eynbvd9k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Francesca Women's French Terry Joggers</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
-          <t>126489</t>
+          <t>125326</t>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W LG:126489C-L</t>
+          <t>BLANK FRANCE W LG:125326E-2XL</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
-          <t>899126489062</t>
+          <t>899125326054</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I98" s="0">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="J98" s="0">
-        <v>45</v>
+        <v>26</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="0">
       <c r="A99" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ffak1ax1uscf9kulfz77e/editdsc3520.jpg?rlkey=hju0u4e4wpsralvc3pcfzj5zs&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tdgc7rdts0vykd586kxt4/9492fg68466.jpg?rlkey=jgxltau2705slnbfawt7nyr0y&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B99" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rrt964wed0q4xq0a19vou/verae-size-charts-francesca.jpg?rlkey=r91yfs3hvr3vh9u22eynbvd9k&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Francesca Women's French Terry Joggers</t>
         </is>
       </c>
       <c r="D99" s="0" t="inlineStr">
         <is>
-          <t>126489</t>
+          <t>125326</t>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W LG:126489D-XL</t>
+          <t>BLANK FRANCE W LG:125326F-3XL</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
-          <t>899126489079</t>
+          <t>899125326061</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I99" s="0">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="J99" s="0">
-        <v>46</v>
+        <v>20</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="0">
       <c r="A100" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ffak1ax1uscf9kulfz77e/editdsc3520.jpg?rlkey=hju0u4e4wpsralvc3pcfzj5zs&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j0725r3bfubyutufz3yxj/a7530-2greenfg38024.jpg?rlkey=jydg75srgx8b1ycvcm3q0kleq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B100" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/swvqx1lj0l7f2e7yj3shd/verae-size-charts-element.jpg?rlkey=ekai0qkka0be7xczpkbz5wwrt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Element Women's Scuba Joggers</t>
         </is>
       </c>
       <c r="D100" s="0" t="inlineStr">
         <is>
-          <t>126489</t>
+          <t>124837</t>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W LG:126489E-2XL</t>
+          <t>BLANK ELEMEN W GN:124837AA-XS</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>899126489086</t>
+          <t>899124837001</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>2XL</t>
+          <t>XS</t>
         </is>
       </c>
       <c r="I100" s="0">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="J100" s="0">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="0">
       <c r="A101" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ffak1ax1uscf9kulfz77e/editdsc3520.jpg?rlkey=hju0u4e4wpsralvc3pcfzj5zs&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j0725r3bfubyutufz3yxj/a7530-2greenfg38024.jpg?rlkey=jydg75srgx8b1ycvcm3q0kleq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B101" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/swvqx1lj0l7f2e7yj3shd/verae-size-charts-element.jpg?rlkey=ekai0qkka0be7xczpkbz5wwrt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Element Women's Scuba Joggers</t>
         </is>
       </c>
       <c r="D101" s="0" t="inlineStr">
         <is>
-          <t>126489</t>
+          <t>124837</t>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W LG:126489F-3XL</t>
+          <t>BLANK ELEMEN W GN:124837A-S</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
-          <t>899126489093</t>
+          <t>899124837018</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>3XL</t>
+          <t>S</t>
         </is>
       </c>
       <c r="I101" s="0">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="J101" s="0">
-        <v>20</v>
+        <v>38</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="0">
       <c r="A102" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tfqlrytwnc93qpiej712k/126488f266562.jpg?rlkey=ifomow9pz2jetdxiu20az2pib&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j0725r3bfubyutufz3yxj/a7530-2greenfg38024.jpg?rlkey=jydg75srgx8b1ycvcm3q0kleq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B102" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/swvqx1lj0l7f2e7yj3shd/verae-size-charts-element.jpg?rlkey=ekai0qkka0be7xczpkbz5wwrt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Element Women's Scuba Joggers</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
-          <t>126488</t>
+          <t>124837</t>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W BC:126488AA-XS</t>
+          <t>BLANK ELEMEN W GN:124837B-M</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>899126488034</t>
+          <t>899124837025</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
-          <t>XS</t>
+          <t>M</t>
         </is>
       </c>
       <c r="I102" s="0">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="J102" s="0">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="0">
       <c r="A103" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tfqlrytwnc93qpiej712k/126488f266562.jpg?rlkey=ifomow9pz2jetdxiu20az2pib&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j0725r3bfubyutufz3yxj/a7530-2greenfg38024.jpg?rlkey=jydg75srgx8b1ycvcm3q0kleq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B103" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/swvqx1lj0l7f2e7yj3shd/verae-size-charts-element.jpg?rlkey=ekai0qkka0be7xczpkbz5wwrt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Element Women's Scuba Joggers</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
-          <t>126488</t>
+          <t>124837</t>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W BC:126488A-S</t>
+          <t>BLANK ELEMEN W GN:124837C-L</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
-          <t>899126488041</t>
+          <t>899124837032</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t>S</t>
+          <t>L</t>
         </is>
       </c>
       <c r="I103" s="0">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="J103" s="0">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="0">
       <c r="A104" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tfqlrytwnc93qpiej712k/126488f266562.jpg?rlkey=ifomow9pz2jetdxiu20az2pib&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j0725r3bfubyutufz3yxj/a7530-2greenfg38024.jpg?rlkey=jydg75srgx8b1ycvcm3q0kleq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B104" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/swvqx1lj0l7f2e7yj3shd/verae-size-charts-element.jpg?rlkey=ekai0qkka0be7xczpkbz5wwrt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Element Women's Scuba Joggers</t>
         </is>
       </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
-          <t>126488</t>
+          <t>124837</t>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W BC:126488B-M</t>
+          <t>BLANK ELEMEN W GN:124837D-XL</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>899126488058</t>
+          <t>899124837049</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>XL</t>
         </is>
       </c>
       <c r="I104" s="0">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="J104" s="0">
-        <v>49</v>
+        <v>30</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="0">
       <c r="A105" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tfqlrytwnc93qpiej712k/126488f266562.jpg?rlkey=ifomow9pz2jetdxiu20az2pib&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j0725r3bfubyutufz3yxj/a7530-2greenfg38024.jpg?rlkey=jydg75srgx8b1ycvcm3q0kleq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B105" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/swvqx1lj0l7f2e7yj3shd/verae-size-charts-element.jpg?rlkey=ekai0qkka0be7xczpkbz5wwrt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Element Women's Scuba Joggers</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
-          <t>126488</t>
+          <t>124837</t>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W BC:126488C-L</t>
+          <t>BLANK ELEMEN W GN:124837E-2XL</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>899126488065</t>
+          <t>899124837056</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>L</t>
+          <t>2XL</t>
         </is>
       </c>
       <c r="I105" s="0">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="J105" s="0">
-        <v>49</v>
+        <v>3</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="0">
       <c r="A106" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tfqlrytwnc93qpiej712k/126488f266562.jpg?rlkey=ifomow9pz2jetdxiu20az2pib&amp;dl=0","Click to download Image")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/j0725r3bfubyutufz3yxj/a7530-2greenfg38024.jpg?rlkey=jydg75srgx8b1ycvcm3q0kleq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="B106" s="0">
-        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t4yyqid2wb2la2n575foi/verae-size-charts-paxton.jpg?rlkey=dku0rl7dmwei9ihn2x9hy83rq&amp;dl=0","Click to download SizeChart")</f>
+        <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/swvqx1lj0l7f2e7yj3shd/verae-size-charts-element.jpg?rlkey=ekai0qkka0be7xczpkbz5wwrt&amp;dl=0","Click to download SizeChart")</f>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
-          <t>Paxton Women's Viscose Long Sleeve</t>
+          <t>Element Women's Scuba Joggers</t>
         </is>
       </c>
       <c r="D106" s="0" t="inlineStr">
         <is>
-          <t>126488</t>
+          <t>124837</t>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>BLANK PAXTON W BC:126488D-XL</t>
+          <t>BLANK ELEMEN W GN:124837F-3XL</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>899126488072</t>
+          <t>899124837063</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>XL</t>
+          <t>3XL</t>
         </is>
       </c>
       <c r="I106" s="0">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="J106" s="0">
-        <v>49</v>
-[...8537 lines deleted...]
-      <c r="J302" s="0">
         <v>10</v>
-      </c>
-[...3606 lines deleted...]
-        <v>17</v>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>