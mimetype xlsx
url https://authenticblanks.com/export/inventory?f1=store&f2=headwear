--- v0 (2026-01-30)
+++ v1 (2026-03-21)
@@ -164,51 +164,51 @@
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>BLANK CASS A BK:126218</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>799126218016</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I2" s="0">
         <v>38</v>
       </c>
       <c r="J2" s="0">
-        <v>446</v>
+        <v>444</v>
       </c>
     </row>
     <row r="3" spans="1:10" customHeight="0">
       <c r="A3" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/f1xxu2dhmwoe9iz92aumk/dsc0679fg92289.jpg?rlkey=tem44mbq0rfrvoncfu5xzbkvs&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>Cass Women's Laser Cut Cap</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t>126319</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
           <t>BLANK CASS A BC:126319</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>799126319010</t>
         </is>
@@ -1970,51 +1970,51 @@
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
           <t>BLANK RAELYN A WE:122036</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
           <t>799122036010</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I48" s="0">
         <v>19.99</v>
       </c>
       <c r="J48" s="0">
-        <v>214</v>
+        <v>212</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="0">
       <c r="A49" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/c84359cimr6qmgoqlk7br/alana.jpg?rlkey=8l5y2zx8pxbznr9judplwq7nb&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
           <t>Alana Women's Microfiber Camo Cap</t>
         </is>
       </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t>122023</t>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
           <t>BLANK ALANA A BK:122023</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
           <t>799122023010</t>
         </is>
@@ -3687,128 +3687,128 @@
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
           <t>BLANK DOVE W WE:142114</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
           <t>799142114019</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I90" s="0">
         <v>24.99</v>
       </c>
       <c r="J90" s="0">
-        <v>88</v>
+        <v>64</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="0">
       <c r="A91" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/if6xjged61uzs6ro4kver/dove-153775-f.jpg?rlkey=hrxui2tfhivmknm9ltnz4ifqh&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
           <t>Dove Women's Cable Knit Beanie</t>
         </is>
       </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t>153775</t>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
           <t>BLANK DOVE W BK:153775</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I91" s="0">
         <v>24.99</v>
       </c>
       <c r="J91" s="0">
-        <v>128</v>
+        <v>127</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="0">
       <c r="A92" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/ey7lo9wsy0ajfr0hcz5y4/andreat.jpg?rlkey=hcu1527zoed20alc3xv83zelb&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
           <t>Andrea Women's Laser Cut Cap</t>
         </is>
       </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t>141368</t>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
           <t>BLANK ANDREA A BK:141368</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
           <t>799141368017</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I92" s="0">
         <v>24.99</v>
       </c>
       <c r="J92" s="0">
-        <v>257</v>
+        <v>249</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="0">
       <c r="A93" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9rj46rpqkeg0vo1fyaq7e/123520af.jpg?rlkey=3v5ga3b9w8bd6ph2bu2tho6vd&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
           <t>Kelsi Sherpa Women's Headband</t>
         </is>
       </c>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t>123520</t>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
           <t>BLANK KELSI:123520</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
@@ -4128,51 +4128,51 @@
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
           <t>BLANK LIZA W RL:140263</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
           <t>799140263016</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I101" s="0">
         <v>24.99</v>
       </c>
       <c r="J101" s="0">
-        <v>531</v>
+        <v>516</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="0">
       <c r="A102" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/97wl250pex6xl3zyihr9l/liza-140252-tn.jpg?rlkey=qnzsd0pvndra8i1niqfnrmkn3&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
           <t>Liza Women's Criss-Cross Ponytail Cap</t>
         </is>
       </c>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t>140252</t>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
           <t>BLANK LIZA W PK:140252</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
           <t>799140252010</t>
         </is>
@@ -4251,51 +4251,51 @@
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
           <t>BLANK LIZA W WE:140255</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
           <t>799140255011</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I104" s="0">
         <v>24.99</v>
       </c>
       <c r="J104" s="0">
-        <v>548</v>
+        <v>544</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="0">
       <c r="A105" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/4kafe8n6qmbeklea1p6ss/liza-140254-tn.jpg?rlkey=w2bs7rkk1dpribo6oij4y2r3p&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
           <t>Liza Women's Criss-Cross Ponytail Cap</t>
         </is>
       </c>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t>140254</t>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
           <t>BLANK LIZA W RD:140254</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
           <t>799140254014</t>
         </is>
@@ -4415,51 +4415,51 @@
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
           <t>BLANK LIZA W BN:140256</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
           <t>799140256018</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
           <t>WOMENS</t>
         </is>
       </c>
       <c r="I108" s="0">
         <v>24.99</v>
       </c>
       <c r="J108" s="0">
-        <v>569</v>
+        <v>566</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="0">
       <c r="A109" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/9eywzkczfq5xhdjzn2fyo/liza.jpg?rlkey=t5ds0w30gelx7sjpcauwstijh&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>Liza Women's Criss-Cross Ponytail Cap</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t>140253</t>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
           <t>BLANK LIZA W GN:140253</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
           <t>799140253017</t>
         </is>
@@ -5179,51 +5179,51 @@
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
           <t>BLANK RIDGE A BK:152888</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
           <t>799152888016</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I127" s="0">
         <v>24.99</v>
       </c>
       <c r="J127" s="0">
-        <v>68</v>
+        <v>285</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="0">
       <c r="A128" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/15roufv25y2hdhr7gp5a5/windsor-151234-tn.jpg?rlkey=z1yoep6fju1n3ljfihd22rhtz&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
           <t>Windsor Women's Plaid Beanie</t>
         </is>
       </c>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t>151234</t>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
           <t>BLANK WINDSO A BN:151234</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
           <t>799151234012</t>
         </is>
@@ -5302,51 +5302,51 @@
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
           <t>BLANK VOS M BK:142117</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
           <t>799142117010</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I130" s="0">
         <v>17.99</v>
       </c>
       <c r="J130" s="0">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="131" spans="1:10" customHeight="0">
       <c r="A131" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/rc1rahqaaytndeswuxzz6/vos-159323-f.jpg?rlkey=qkz50pjoglksvfletgy7c99kd&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
           <t>Vos Men's Ribbed Beanie</t>
         </is>
       </c>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t>159323</t>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
           <t>BLANK VOS A OE:159323</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
           <t>799159323015</t>
         </is>
@@ -5384,51 +5384,51 @@
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
           <t>BLANK AUSTIN A BK:141372</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
           <t>799141372007</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I132" s="0">
         <v>24.99</v>
       </c>
       <c r="J132" s="0">
-        <v>262</v>
+        <v>260</v>
       </c>
     </row>
     <row r="133" spans="1:10" customHeight="0">
       <c r="A133" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/tq5nllrogc6fz3zxht9h9/adam-141367-tn.jpg?rlkey=i188o9r9fkmb7pjymvtqxvvmj&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
           <t>Adam Men's Realtree Dad Cap</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
           <t>141367</t>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
           <t>BLANK ADAM A CO:141367</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
           <t>799141367003</t>
         </is>
@@ -5579,51 +5579,51 @@
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
           <t>BLANK REYES A BK:128974</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
           <t>799128974002</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I137" s="0">
         <v>24.99</v>
       </c>
       <c r="J137" s="0">
-        <v>178</v>
+        <v>176</v>
       </c>
     </row>
     <row r="138" spans="1:10" customHeight="0">
       <c r="A138" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/dqlmpa3kmn651gsiseggm/128962t.jpg?rlkey=tv2pq4nhsmf95cid4b0smjksy&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
           <t>Worth Men's Stone Wash Cap</t>
         </is>
       </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
           <t>128962</t>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
           <t>BLANK WORTH A OE:128962</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
           <t>799128962009</t>
         </is>
@@ -5738,51 +5738,51 @@
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t>127792</t>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
           <t>BLANK CUFFED CREME:127792</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I141" s="0">
         <v>19.99</v>
       </c>
       <c r="J141" s="0">
-        <v>196</v>
+        <v>194</v>
       </c>
     </row>
     <row r="142" spans="1:10" customHeight="0">
       <c r="A142" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7skbaddsne20zbp6jmlwu/ridge.jpg?rlkey=16erdeoydvf5iwjofv528ifmu&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
           <t>Ridge Men's Tall Cuff Beanie</t>
         </is>
       </c>
       <c r="D142" s="0" t="inlineStr">
         <is>
           <t>132753</t>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
           <t>BLANK RIDGE GY:132753</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
           <t>799132753013</t>
         </is>
@@ -6246,51 +6246,51 @@
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
           <t>BLANK KYLE A BK:139657</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
           <t>799139657017</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I154" s="0">
         <v>17.99</v>
       </c>
       <c r="J154" s="0">
-        <v>21</v>
+        <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:10" customHeight="0">
       <c r="A155" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/op5kwsqiq6iebj4ynqd4n/lance-141136-tn.jpg?rlkey=lpwpepmxp9jwei0p75eyzzwpk&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
           <t>Lance Men's Low Pro Cap</t>
         </is>
       </c>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t>141136</t>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
           <t>BLANK LANCE A KY:141136</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
           <t>799141136005</t>
         </is>
@@ -6441,51 +6441,51 @@
       </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t>110543</t>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
           <t>MADDOX DK GREY BLACK:110543STANDARD-58CM</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I159" s="0">
         <v>19.99</v>
       </c>
       <c r="J159" s="0">
-        <v>1134</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="160" spans="1:10" customHeight="0">
       <c r="A160" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/e5spq0cjd23r6of87fw8n/110544-af.jpg?rlkey=m1ztgj8rakkiwpdb83f6bj80k&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
           <t>Maddox Men's Cotton Twill Cap</t>
         </is>
       </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t>110544</t>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
           <t>MADDOX DK GREY ROYAL:110544STANDARD-58CM</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
@@ -6657,51 +6657,51 @@
       </c>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t>110550</t>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
           <t>MADDOX DK GREY N ORANGE:110550STANDARD-58CM</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I165" s="0">
         <v>19.99</v>
       </c>
       <c r="J165" s="0">
-        <v>206</v>
+        <v>204</v>
       </c>
     </row>
     <row r="166" spans="1:10" customHeight="0">
       <c r="A166" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7676w84y3s7k7annpl1d9/110551-af.jpg?rlkey=6orqcdxozbzijce2sdyv74rzp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
           <t>Maddox Men's Cotton Twill Cap</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t>110551</t>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
           <t>MADDOX DK GREY N GREEN:110551STANDARD-58CM</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
@@ -6909,51 +6909,51 @@
       </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t>110560</t>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
           <t>MADDOX BLACK MED GREY:110560STANDARD-58CM</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I172" s="0">
         <v>19.99</v>
       </c>
       <c r="J172" s="0">
-        <v>875</v>
+        <v>863</v>
       </c>
     </row>
     <row r="173" spans="1:10" customHeight="0">
       <c r="A173" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/sa4fsjdkn2sdjfv9kz9d8/110561-af.jpg?rlkey=l5mzuiy4ugnk88d5qqxp1oby2&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
           <t>Maddox Men's Cotton Twill Cap</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t>110561</t>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
           <t>MADDOX BLACK N YELLOW:110561STANDARD-58CM</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
@@ -7125,123 +7125,123 @@
       </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t>110567</t>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
           <t>MADDOX BLACK ATH GOLD:110567STANDARD-58CM</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I178" s="0">
         <v>19.99</v>
       </c>
       <c r="J178" s="0">
-        <v>318</v>
+        <v>317</v>
       </c>
     </row>
     <row r="179" spans="1:10" customHeight="0">
       <c r="A179" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wc37mgnkf5d2y1vay3ws8/110531-af.jpg?rlkey=wizi42hznpjph5gkesoqj9yl1&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
           <t>Maddox Men's Cotton Twill Cap</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t>110531</t>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
           <t>MADDOX OD GREEN BLACK:110531STANDARD-58CM</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I179" s="0">
         <v>19.99</v>
       </c>
       <c r="J179" s="0">
-        <v>1103</v>
+        <v>971</v>
       </c>
     </row>
     <row r="180" spans="1:10" customHeight="0">
       <c r="A180" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/xvhtrrjkgzctpfh08760j/110573-af.jpg?rlkey=s8nw7h4grsw01mcekrkp4skx4&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
           <t>Maddox Men's Cotton Twill Cap</t>
         </is>
       </c>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t>110573</t>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
           <t>MADDOX OD GREEN KHAKI:110573STANDARD-58CM</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I180" s="0">
         <v>19.99</v>
       </c>
       <c r="J180" s="0">
-        <v>472</v>
+        <v>436</v>
       </c>
     </row>
     <row r="181" spans="1:10" customHeight="0">
       <c r="A181" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0a0kcwdnobvc90tuyxsjt/110574-af.jpg?rlkey=42ambxkmcnai1v33q25kjusow&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
           <t>Maddox Men's Cotton Twill Cap</t>
         </is>
       </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t>110574</t>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
           <t>MADDOX RED WHITE:110574STANDARD-58CM</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
@@ -7305,51 +7305,51 @@
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t>110576</t>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
           <t>MADDOX RED BLACK:110576STANDARD-58CM</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I183" s="0">
         <v>19.99</v>
       </c>
       <c r="J183" s="0">
-        <v>1954</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="184" spans="1:10" customHeight="0">
       <c r="A184" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qsc8n5ydqlw7k3limi35e/110577-af.png?rlkey=ul5oi18ohw9bfv0gqoxlnjm5g&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
           <t>Maddox Men's Cotton Twill Cap</t>
         </is>
       </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t>110577</t>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
           <t>MADDOX ROYAL WHITE:110577STANDARD-58CM</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
@@ -7377,51 +7377,51 @@
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t>110578</t>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
           <t>MADDOX ROYAL:110578STANDARD-58CM</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I185" s="0">
         <v>19.99</v>
       </c>
       <c r="J185" s="0">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="186" spans="1:10" customHeight="0">
       <c r="A186" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/3ftwj1vi2reglllb62agu/110579-af.jpg?rlkey=54n0ha0gri76m9nbg5hwpc0lk&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
           <t>Maddox Men's Cotton Twill Cap</t>
         </is>
       </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t>110579</t>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
           <t>MADDOX NAVY WHITE:110579STANDARD-58CM</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
@@ -8019,51 +8019,51 @@
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
           <t>BLANK CERSEI BK:123590</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
           <t>799123590016</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I202" s="0">
         <v>24.99</v>
       </c>
       <c r="J202" s="0">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="203" spans="1:10" customHeight="0">
       <c r="A203" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/lj3gbzmrl3rdsbrhfh1hw/123591-ff.jpg?rlkey=mpj36s3lrk21oczzrm5j3mqc9&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>Cersei Men's Heathered Beanie</t>
         </is>
       </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t>123591</t>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
           <t>BLANK CERSEI CL:123591</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
           <t>799123591013</t>
         </is>
@@ -9644,51 +9644,51 @@
       </c>
       <c r="E242" s="0" t="inlineStr">
         <is>
           <t>BLANK MANNIN A BK:138514</t>
         </is>
       </c>
       <c r="F242" s="0" t="inlineStr">
         <is>
           <t>799138514007</t>
         </is>
       </c>
       <c r="G242" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H242" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I242" s="0">
         <v>19.99</v>
       </c>
       <c r="J242" s="0">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="243" spans="1:10" customHeight="0">
       <c r="A243" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/qsgzg5rzyb9tyj1p0g5j0/manning-138515-tn.jpg?rlkey=684rgv6fjfkn609yipho14zst&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C243" s="0" t="inlineStr">
         <is>
           <t>Manning Men's Dad Cap</t>
         </is>
       </c>
       <c r="D243" s="0" t="inlineStr">
         <is>
           <t>138515</t>
         </is>
       </c>
       <c r="E243" s="0" t="inlineStr">
         <is>
           <t>BLANK MANNIN A CL:138515</t>
         </is>
       </c>
       <c r="F243" s="0" t="inlineStr">
         <is>
           <t>799138515004</t>
         </is>
@@ -9808,51 +9808,51 @@
       </c>
       <c r="E246" s="0" t="inlineStr">
         <is>
           <t>BLANK EARFL OS BK:131414</t>
         </is>
       </c>
       <c r="F246" s="0" t="inlineStr">
         <is>
           <t>799131414021</t>
         </is>
       </c>
       <c r="G246" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H246" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I246" s="0">
         <v>32.99</v>
       </c>
       <c r="J246" s="0">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="247" spans="1:10" customHeight="0">
       <c r="A247" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/76c98e34zdrqt38sn42k8/113635-af2.jpg?rlkey=pfrog5ud4mmy5789oxgozgagl&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C247" s="0" t="inlineStr">
         <is>
           <t>Earflap Men's Pique Fleece Cap</t>
         </is>
       </c>
       <c r="D247" s="0" t="inlineStr">
         <is>
           <t>131414</t>
         </is>
       </c>
       <c r="E247" s="0" t="inlineStr">
         <is>
           <t>BLANK EARFL XL BK:131414</t>
         </is>
       </c>
       <c r="F247" s="0" t="inlineStr">
         <is>
           <t>799131414083</t>
         </is>
@@ -10758,51 +10758,51 @@
       </c>
       <c r="D271" s="0" t="inlineStr">
         <is>
           <t>112981</t>
         </is>
       </c>
       <c r="E271" s="0" t="inlineStr">
         <is>
           <t>FREE AGENT GREEN AND GREY:112981</t>
         </is>
       </c>
       <c r="G271" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H271" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I271" s="0">
         <v>24.99</v>
       </c>
       <c r="J271" s="0">
-        <v>167</v>
+        <v>166</v>
       </c>
     </row>
     <row r="272" spans="1:10" customHeight="0">
       <c r="A272" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/7iknbioojp79cgdnu5ary/112896.jpg?rlkey=lzt3g482igkkftnlrz0a2w1d6&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C272" s="0" t="inlineStr">
         <is>
           <t>Free Agent Men's Poly Cap</t>
         </is>
       </c>
       <c r="D272" s="0" t="inlineStr">
         <is>
           <t>112896</t>
         </is>
       </c>
       <c r="E272" s="0" t="inlineStr">
         <is>
           <t>FREE AGENT BLACK WHITE:112896</t>
         </is>
       </c>
       <c r="G272" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
@@ -12114,92 +12114,92 @@
       </c>
       <c r="E307" s="0" t="inlineStr">
         <is>
           <t>BLANK VOIGH A NY:136786</t>
         </is>
       </c>
       <c r="F307" s="0" t="inlineStr">
         <is>
           <t>799136786000</t>
         </is>
       </c>
       <c r="G307" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H307" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I307" s="0">
         <v>29.99</v>
       </c>
       <c r="J307" s="0">
-        <v>269</v>
+        <v>273</v>
       </c>
     </row>
     <row r="308" spans="1:10" customHeight="0">
       <c r="A308" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/cnhlfzn8k30qey11emvna/voight-136787.jpg?rlkey=i7b06nuhggs8lb2octudx9fs9&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C308" s="0" t="inlineStr">
         <is>
           <t>Voight Men's Marled Cotton Cap</t>
         </is>
       </c>
       <c r="D308" s="0" t="inlineStr">
         <is>
           <t>136787</t>
         </is>
       </c>
       <c r="E308" s="0" t="inlineStr">
         <is>
           <t>BLANK VOIGH A RD:136787</t>
         </is>
       </c>
       <c r="F308" s="0" t="inlineStr">
         <is>
           <t>799136787007</t>
         </is>
       </c>
       <c r="G308" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H308" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I308" s="0">
         <v>29.99</v>
       </c>
       <c r="J308" s="0">
-        <v>266</v>
+        <v>270</v>
       </c>
     </row>
     <row r="309" spans="1:10" customHeight="0">
       <c r="A309" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g0n9fa4b3pu7vw1nnwnnj/voight-136788.jpg?rlkey=imnd1fnte1emz10brshnvtano&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C309" s="0" t="inlineStr">
         <is>
           <t>Voight Men's Marled Cotton Cap</t>
         </is>
       </c>
       <c r="D309" s="0" t="inlineStr">
         <is>
           <t>136788</t>
         </is>
       </c>
       <c r="E309" s="0" t="inlineStr">
         <is>
           <t>BLANK VOIGH A RL:136788</t>
         </is>
       </c>
       <c r="F309" s="0" t="inlineStr">
         <is>
           <t>799136788004</t>
         </is>
@@ -13786,51 +13786,51 @@
       </c>
       <c r="E349" s="0" t="inlineStr">
         <is>
           <t>BLANK ADDISO Y NY:123553</t>
         </is>
       </c>
       <c r="F349" s="0" t="inlineStr">
         <is>
           <t>799123553011</t>
         </is>
       </c>
       <c r="G349" s="0" t="inlineStr">
         <is>
           <t>YOUTH</t>
         </is>
       </c>
       <c r="H349" s="0" t="inlineStr">
         <is>
           <t>YOUTH</t>
         </is>
       </c>
       <c r="I349" s="0">
         <v>21.9</v>
       </c>
       <c r="J349" s="0">
-        <v>358</v>
+        <v>318</v>
       </c>
     </row>
     <row r="350" spans="1:10" customHeight="0">
       <c r="A350" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0n40n04zl64pxq9n4sjtl/addison-123554-b.jpg?rlkey=7s11jwjvwsw857k73mszeayaq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C350" s="0" t="inlineStr">
         <is>
           <t>Addison Youth Beanie</t>
         </is>
       </c>
       <c r="D350" s="0" t="inlineStr">
         <is>
           <t>123554</t>
         </is>
       </c>
       <c r="E350" s="0" t="inlineStr">
         <is>
           <t>BLANK ADDISO Y GD:123554</t>
         </is>
       </c>
       <c r="F350" s="0" t="inlineStr">
         <is>
           <t>799123554018</t>
         </is>
@@ -14396,51 +14396,51 @@
       </c>
       <c r="E364" s="0" t="inlineStr">
         <is>
           <t>MADDOX MARLED BLACK:110528STANDARD-58CM</t>
         </is>
       </c>
       <c r="F364" s="0" t="inlineStr">
         <is>
           <t>700110528011</t>
         </is>
       </c>
       <c r="G364" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H364" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I364" s="0">
         <v>24.99</v>
       </c>
       <c r="J364" s="0">
-        <v>318</v>
+        <v>149</v>
       </c>
     </row>
     <row r="365" spans="1:10" customHeight="0">
       <c r="A365" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wxrov7banafgcquwtoptr/110572-af.jpg?rlkey=vutp6wczh3re1oqs7sk3jk5r7&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C365" s="0" t="inlineStr">
         <is>
           <t>Maddox Men's Marled Cotton Cap</t>
         </is>
       </c>
       <c r="D365" s="0" t="inlineStr">
         <is>
           <t>110572</t>
         </is>
       </c>
       <c r="E365" s="0" t="inlineStr">
         <is>
           <t>MADDOX MARLED HTHR GRY DRK GRY:110572STANDARD-58CM</t>
         </is>
       </c>
       <c r="F365" s="0" t="inlineStr">
         <is>
           <t>700110572014</t>
         </is>
@@ -14560,51 +14560,51 @@
       </c>
       <c r="E368" s="0" t="inlineStr">
         <is>
           <t>MADDOX MARLED HEATHER GRY ROYAL:110569STANDARD-58CM</t>
         </is>
       </c>
       <c r="F368" s="0" t="inlineStr">
         <is>
           <t>700110569014</t>
         </is>
       </c>
       <c r="G368" s="0" t="inlineStr">
         <is>
           <t>MENS</t>
         </is>
       </c>
       <c r="H368" s="0" t="inlineStr">
         <is>
           <t>STANDARD MENS</t>
         </is>
       </c>
       <c r="I368" s="0">
         <v>24.99</v>
       </c>
       <c r="J368" s="0">
-        <v>366</v>
+        <v>332</v>
       </c>
     </row>
     <row r="369" spans="1:10" customHeight="0">
       <c r="A369" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/wngezfh6s0ddxvk67zmit/maddox-camo.jpg?rlkey=ji5w0538o7r9khj2bxtfbi16j&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C369" s="0" t="inlineStr">
         <is>
           <t>Maddox Men's Licensed Camo Cap</t>
         </is>
       </c>
       <c r="D369" s="0" t="inlineStr">
         <is>
           <t>131714</t>
         </is>
       </c>
       <c r="E369" s="0" t="inlineStr">
         <is>
           <t>MADDOX MOB BK:131714</t>
         </is>
       </c>
       <c r="F369" s="0" t="inlineStr">
         <is>
           <t>799131714008</t>
         </is>