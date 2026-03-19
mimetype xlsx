--- v0 (2026-01-30)
+++ v1 (2026-03-19)
@@ -154,51 +154,51 @@
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>Camo Fleece Throw Blanket</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>109026</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>CAMO FLEECE BLANKET:109026</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>800109026013</t>
         </is>
       </c>
       <c r="I2" s="0">
         <v>29.99</v>
       </c>
       <c r="J2" s="0">
-        <v>358</v>
+        <v>106</v>
       </c>
     </row>
     <row r="3" spans="1:10" customHeight="0">
       <c r="A3" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/0f0ffswm3o9jyn3t01a2a/denver-aa.jpg?rlkey=efgtzbgdcgx2cesvqvugthhsf&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>Denver Blanket Large</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t>DENVER:AA 54X84</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
           <t>DENVER:AA 54X84</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
           <t>54X84</t>
         </is>
@@ -433,51 +433,51 @@
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>Denver Blanket Large</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t>DENVER:CH-WE 54X84</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
           <t>DENVER:CH-WE 54X84</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
           <t>54X84</t>
         </is>
       </c>
       <c r="I11" s="0">
         <v>29.99</v>
       </c>
       <c r="J11" s="0">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="0">
       <c r="A12" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/bc0dwooomc85exj3cuht3/denver-cb.jpg?rlkey=rca1ohi480s6u6s6talf05s41&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>Denver Blanket Large</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t>DENVER:CB 54X84</t>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
           <t>DENVER:CB 54X84</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>54X84</t>
         </is>
@@ -1637,51 +1637,51 @@
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
           <t>Denver Blanket Small</t>
         </is>
       </c>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t>DENVER:AA 50X60</t>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
           <t>DENVER:AA 50X60</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
           <t>50X60</t>
         </is>
       </c>
       <c r="I50" s="0">
         <v>29.99</v>
       </c>
       <c r="J50" s="0">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="0">
       <c r="A51" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/g2buqilbqr42suqgka1on/denver-bk.jpg?rlkey=sq1rg47glrdhaoembuzechlvp&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
           <t>Denver Blanket Small</t>
         </is>
       </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t>DENVER:BK 50X60</t>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
           <t>DENVER:BK 50X60</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
           <t>50X60</t>
         </is>
@@ -1730,51 +1730,51 @@
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
           <t>Denver Blanket Small</t>
         </is>
       </c>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t>DENVER:CL 50X60</t>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
           <t>DENVER:CL 50X60</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
           <t>50X60</t>
         </is>
       </c>
       <c r="I53" s="0">
         <v>29.99</v>
       </c>
       <c r="J53" s="0">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="0">
       <c r="A54" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/gia4h5z34aiz7u6w7vbky/denver-ch.jpg?rlkey=89se5ds6cn2ru3qm7gqf55gtq&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
           <t>Denver Blanket Small</t>
         </is>
       </c>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t>DENVER:CH 50X60</t>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
           <t>DENVER:CH 50X60</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
           <t>50X60</t>
         </is>
@@ -1947,51 +1947,51 @@
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
           <t>Denver Blanket Small</t>
         </is>
       </c>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t>DENVER:PK 50X60</t>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
           <t>DENVER:PK 50X60</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
           <t>50X60</t>
         </is>
       </c>
       <c r="I60" s="0">
         <v>29.99</v>
       </c>
       <c r="J60" s="0">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="0">
       <c r="A61" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/8c3ta47tev73cwbmilw3i/denver-pr.jpg?rlkey=g5omnnxkbcls65ewd0rd4l4yv&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
           <t>Denver Blanket Small</t>
         </is>
       </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t>DENVER:PR 50X60</t>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
           <t>DENVER:PR 50X60</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
           <t>50X60</t>
         </is>
@@ -2133,51 +2133,51 @@
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>Denver Blanket Small</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t>DENVER:CT 50X60</t>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
           <t>DENVER:CT 50X60</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
           <t>50X60</t>
         </is>
       </c>
       <c r="I66" s="0">
         <v>29.99</v>
       </c>
       <c r="J66" s="0">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="0">
       <c r="A67" s="0">
         <f>HYPERLINK("https://dl.dropboxusercontent.com/scl/fi/t3hfp0vi6ovlfeyc5cxhy/denver-te.jpg?rlkey=hjcxs4yv9ls76wtmkz2gulvkj&amp;dl=0","Click to download Image")</f>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>Denver Blanket Small</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t>DENVER:TE 50X60</t>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
           <t>DENVER:TE 50X60</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
           <t>50X60</t>
         </is>